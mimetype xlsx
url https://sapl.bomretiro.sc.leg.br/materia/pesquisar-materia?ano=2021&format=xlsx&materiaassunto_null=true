--- v0 (2026-01-25)
+++ v1 (2026-03-12)
@@ -54,2540 +54,2540 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>2021</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Bom Retiro - PMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/165/02.21_-_p._l__emprestimos.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/165/02.21_-_p._l__emprestimos.doc</t>
   </si>
   <si>
     <t>AUTORIZA OS PODERES EXECUTIVO E LEGISLATIVO DO MUNICÍPIO A CELEBRAR CONVÊNIO COM INSTITUIÇÕES BANCÁRIAS PARA OBTENÇÃO DE EMPRÉSTIMOS CONSIGNADOS AOS SERVIDORES MUNICIPAIS, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/166/03.21_-_p._l.__ressarcimento_combustivel.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/166/03.21_-_p._l.__ressarcimento_combustivel.doc</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação do Sistema de Reembolso de Despesas de Veículos colocados a serviço do município mediante quilômetros (KM) rodados e dá outras providências."</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/167/04.21_-_p._l._assinatura_digital.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/167/04.21_-_p._l._assinatura_digital.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre o uso de Certificado Digital na Assinatura de Documentos Públicos na Forma Eletrônica no âmbito do Poder Legislativo e Poder Executivo na Administração Direta e Indireta do Município de Bom Retiro e estabelece outras providências”.</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/168/05.21_-_p._l._meio_eletronico_processos.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/168/05.21_-_p._l._meio_eletronico_processos.doc</t>
   </si>
   <si>
     <t>Autoriza a utilização do meio eletrônico para a gestão dos processos administrativos e de documentos de arquivo no âmbito dos órgãos da Administração Pública Direta, do Poder Executivo e Legislativo do Município de Bom Retiro.</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/169/06.21_-_p._l._obrigatoriedade_pequeno_valor.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/169/06.21_-_p._l._obrigatoriedade_pequeno_valor.doc</t>
   </si>
   <si>
     <t>Fixa o valor para pagamento de Obrigações de Pequeno Valor/RPV, decorrentes de decisões judiciais, nos termos do Art. 100, § 3º e 4º da Constituição Federal.</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/170/07.21_-_p._l_cessao_de_veiculo_apae.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/170/07.21_-_p._l_cessao_de_veiculo_apae.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a firmar Termo de Cessão de Uso de Veículo com a Associação dos Pais e Amigos dos Excepcionais -  APAE.</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/171/08.21_-_p._l._fundeb.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/171/08.21_-_p._l._fundeb.doc</t>
   </si>
   <si>
     <t>“Dispõe sobre a reestruturação do Conselho Municipal de Acompanhamento e Controle Social do Fundo de Manutenção e Desenvolvimento da Educação Básica e de Valorização dos Profissionais da Educação - CACS-FUNDEB, em conformidade com o artigo 212-A da Constituição Federal, regulamentado na forma da Lei Federal nº 14.113, de 25 de dezembro de 2020”.</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/172/09.21_-_pl_comtur.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/172/09.21_-_pl_comtur.doc</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO Art. 2º NA LEI Nº 2354/17, QUE DISPÕE SOBRE A CRIAÇÃO DO CONSELHO MUNICIPAL DE TURISMO – COMTUR, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>173</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/173/10.21_-_pl_credito_especial_fms.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/173/10.21_-_pl_credito_especial_fms.doc</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2021, PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/174/11.21_-_projeto_livros_escola.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/174/11.21_-_projeto_livros_escola.doc</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A FAZER DOAÇÃO DOS LIVROS DO ACERVO DA BIBLIOTECA PÚBLICA MUNICIPAL.</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/175/12.21_-_p._l._obrigatoriedade_pequeno_valor.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/175/12.21_-_p._l._obrigatoriedade_pequeno_valor.doc</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/176/13.21_-_p.__l._ppa_2022.2025.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/176/13.21_-_p.__l._ppa_2022.2025.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO PARA O QUADRIÊNIO 2022/2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/177/14.21_-_p._l._anistia.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/177/14.21_-_p._l._anistia.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CONCESSÃO DE ANISTIA DE MULTA, E MORA DE CRÉDITOS TRIBUTÁRIOS E NÃO TRIBUTÁRIOS, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/178/15.21_-_pl_doacao_cascalho.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/178/15.21_-_pl_doacao_cascalho.doc</t>
   </si>
   <si>
     <t>"Autoriza o Município de Bom Retiro - SC a distribuir cascalho nos acessos internos das propriedades rurais”</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/179/16.21_-_p.__l._ldo.2022.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/179/16.21_-_p.__l._ldo.2022.doc</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2022 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/180/17.21_-_p_lei_plano_municipal_educacao-reformulado.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/180/17.21_-_p_lei_plano_municipal_educacao-reformulado.doc</t>
   </si>
   <si>
     <t>INTRODUZ MODIFICAÇÕES NA LEI Nº 2279/15 QUE TRATA DO PLANO MUNICIPAL DE EDUCAÇÃO – PME, ALTERA O ANEXO ÚNICO DA LEI E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/181/18.21_-_projeto_lei_patrocinio.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/181/18.21_-_projeto_lei_patrocinio.doc</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo a conceder patrocínio institucional aos atletas, artistas equipes desportivas e culturais e dá outras providências.</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/182/19.21_-_p.l.supl._anulacao.fms.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/182/19.21_-_p.l.supl._anulacao.fms.doc</t>
   </si>
   <si>
     <t>SUPLEMENTA RECURSOS ORÇAMENTÁRIOS NO ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2021, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/183/20.21_-_p.l.supl._anulacao.qse.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/183/20.21_-_p.l.supl._anulacao.qse.doc</t>
   </si>
   <si>
     <t>SUPLEMENTA RECURSOS ORÇAMENTÁRIOS NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2021, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DA PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2021, PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_de_lei_23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_de_lei_23.pdf</t>
   </si>
   <si>
     <t>RATIFICA O PROTOCOLO DE INTENÇÕES E AUTORIZA O INGRESSO DO MUNICÍPIO DE BOM RETIRO NO CONSÓRCIO INTERFEDERATIVO SANTA CATARINA - CINCATARIN A E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>233</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Bom Retiro para o Exercício de 2022.</t>
   </si>
   <si>
     <t>232</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>SUPLEMENTA RECURSOS ORÇAMENTÁRIOS NO ORÇAMENTO DO PODER LEGISLATIVO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2021, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>234</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL DE QUE TRATA O ARTIGO 37, X DA CF/88 AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS E PENSIONISTAS,_x000D_
 ESTAGIÁRIOS, E DOS AGENTES POLÍTICOS MUNICIPAIS, REAJUSTA VENCIMENTOS E AUXÍLIO-ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>250</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/250/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/250/projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PAGAMENTO DE BOLSA DE CONTRAPARTIDA AOS MÉDICOS DO PROGRAMA DE FOMENTO À ESPECILAIZAÇÃO PRIMÁRIA À SAÚDE_x000D_
 (APS) DE SANTA CATARINA - PFEPAPS-SC.</t>
   </si>
   <si>
     <t>251</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PAGAMENTO E O PARCELAMENTO DE DÉBITO DO FUNDO DE GARANTIA POR TEMPO DE SERVIÇO - FGTS, REFERENTE AO PERÍODO DE 04/2013 A 09/2017, JUNTO À CAIXA ECONÔMICA FEDERAL, NA FORMA A SEGUIR ESPECÍFICADA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>252</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_2.pdf</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Fernando Keko</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/1/001-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/1/001-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Sr. Prefeito Municipal para solicitar adoção de providências para instalação de iluminação pública na Rua Irineu Bornhausen.</t>
   </si>
   <si>
     <t>Helena</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/2/002-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/2/002-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a urbanização da Praça Constâncio Krumell, proporcionando mais um espaço para lazer da comunidade bonretirense.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/3/003-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/3/003-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a designação da Rua Constâncio Krumell como sentido único de direção para garantir mais segurança aos alunos do Jardim de Infância Beija Flor.</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
     <t>Daniel Sangaletti</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/53/004-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/53/004-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a contratação de um motoboy para realização de serviços à Prefeitura Municipal, como é o caso da entrega de medicamentos aos munícipes.</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
     <t>Cláudio Bombeiro</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/54/005-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/54/005-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para melhorar o escoamento da água pluvial na Rua Auta dos Santos Nunes, no Bairro São José.</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/55/006-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/55/006-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de lombada na Rua Frontino Vieira de Souza, defronte à residência do Sr. Zezinho Peixer.</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/56/007-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/56/007-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para limpeza da caixa coletora de esgoto instalada na Rua São José.</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/57/008-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/57/008-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para construção de estrutura para instalação da caixa de água do Distrito de Canoas.</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/58/009-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/58/009-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para instalação de um bebedouro e ponto de internet Wi-Fi no Centro Poliesportivo Arno Oscar Meyer.</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/59/010-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/59/010-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para revisão do Plano Diretor do município.</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
     <t>Deuchinha</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/60/011-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/60/011-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para recuperação das estradas das localidades de Entrada e Guarda Velha.</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Cláudio Bombeiro, Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/61/012-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/61/012-21.doc</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de faixa de pedestres elevada na Av. 24 de Outubro, defronte ao SICOOB.</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/62/013-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/62/013-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a reabertura da Unidade Básica de Saúde do Distrito de Canoas.</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/63/014-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/63/014-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a criação de programa de castração de cães e gatos, através de parceria público/privada.</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/64/015-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/64/015-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a criação de um programa de proteção das nascentes, visando garantir a conservação dos mananciais, a qualidade da água e recuperação das nascentes degradadas.</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/65/016-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/65/016-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o conserto dos pórticos da Av. Major Generoso e a substituição dos vasos quebrados nesta via.</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/66/017-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/66/017-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o plantio do “Manacá da Serra”, flor símbolo do município de Bom Retiro, nas praças e escolas municipais, assim como a colocação de placas para identificação da espécie.</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/67/018-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/67/018-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da estrada da Cova Funda, entre as localidades de Barbaquá e Rio Frederico.</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/68/019-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/68/019-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal a urbanização do terreno localizada atrás do ginásio de esportes do Bairro São José, dotando o espaço com equipamentos para lazer dos moradores.</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/69/020-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/69/020-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar, através do Programa Águas de Bom Retiro, a orientação aos profissionais da área de construção civil sobre a importância de instalação de fossas sépticas para preservação dos mananciais e para o tratamento primário do esgoto doméstico.</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/70/021-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/70/021-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar, através do Programa Águas de Bom Retiro, a realização de levantamento pelos Agentes de Saúde e Vigilância Sanitária das residências que não possuem fossas sépticas.</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/71/022-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/71/022-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Sr. Prefeito Municipal para solicitar a reativação do Conselho Municipal da Indústria e Comércio.</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/72/023-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/72/023-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar, através do Programa Urbaniza Bom Retiro, a instalação de placas com o nome das ruas nos logradouros que ainda não possuem essa identificação.</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/73/024-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/73/024-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar, através do Programa Águas de Bom Retiro e em parceria com a AMURES, a execução de ação visando a instalação de fossa séptica nas residências que ainda não possuem esse equipamento, auxiliando tecnicamente e disponibilizando máquinas para execução do trabalho.</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
     <t>Landir</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/92/025-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/92/025-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de lombada na Av. Major Generoso, defronte à Igreja do Bairro São José.</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/75/026-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/75/026-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o alargamento da estrada da Serra do Tanque, no trecho que pertence ao Município de Bom Retiro.</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/76/027-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/76/027-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento das vias não pavimentadas do Santuário Diocesano Nossa Senhora Aparecida.</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/77/028-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/77/028-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento e patrolamento da estrada da Vila Nei.</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/78/029-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/78/029-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o corte de uma barranco no Santuário Nossa Senhora Aparecida para possibilitar o acesso de ônibus.</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/79/030-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/79/030-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da estrada de acesso a localidade de Cupim.</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/80/031-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/80/031-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de um abrigo de passageiros na BR 282, nas proximidades da estrada de acesso a localidade de João Paulo.</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/81/032-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/81/032-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências visando definir em uma hectare a metragem mínima para escritura pública de imóveis rurais.</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/82/033-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/82/033-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a limpeza da calha do salão de festa do Parque Municipal de Exposições, assim como a poda de árvore adjacente e ampliação da calha, criando uma saída na extremidade oposta à existente.</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/83/034-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/83/034-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar, através do Programa Águas de Bom Retiro, a coleta de óleo de cozinha usado para incentivar a reciclagem do produto e evitar seu descarte de forma incorreta.</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/84/035-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/84/035-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o DNIT para solicitar a melhoria da sinalização no trevo da BR 282 de acesso a Urubici, sentido Lages / Florianópolis.</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/85/036-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/85/036-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a concessão de anistia de multa e remissão de juros de créditos de natureza tributária, relativos a impostos, taxas, contribuição melhoria, e não tributários, inscritos ou não em dívida ativa, mesmo em cobrança judicial.</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/86/037-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/86/037-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a transferência da academia ao ar livre localizada no Posto de Saúde do Bairro São José para a praça que será urbanizada atrás do ginásio de esportes Vereador Osni Scotti.</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/87/038-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/87/038-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a ampliação do abrigo de passageiros localizado na BR 282, nas proximidades da fábrica de rações da Seara Alimentos.</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/88/039-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/88/039-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a limpeza do terreno do antigo depósito de lixo, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/89/040-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/89/040-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar, através do CRAS, um estudo social no Parque Municipal de Exposições.</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/21/041-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/21/041-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o retorno das atividades de visita dos agentes de saúde.</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/20/042-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/20/042-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a recuperação da via de acesso ao Morro da Cruz.</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/22/043-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/22/043-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a recuperação da Rua Antonio José Coelho, no bairro Bela Vista.</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/23/044-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/23/044-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de uma lombada na Rua Pedro Hugo do Amaral Neto.</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/25/045-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/25/045-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a colocação de um refletor na Capela Mortuária Anjo de Luz.</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/24/046-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/24/046-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento da estrada de acesso as comunidades de Paraiso da Serra e Campo do Novo.</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/90/047-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/90/047-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de muro em L em frente ao ginásio de esportes Vereador Osni Scotti, para evitar o acesso de pessoas dentro do pátio do Núcleo Municipal São José.</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/19/048-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/19/048-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a revitalização da pintura das faixas de pedestre para ofertar mais segurança aos cidadãos durante a travessia nas vias públicas.</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/91/049-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/91/049-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências para nomenclatura das ruas do Loteamento Vista do Sol.</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/12/050-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/12/050-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências para instalação de iluminação pública na Rua Generoso Idelfonso de Oliveira.</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/13/051-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/13/051-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências para recuperação da iluminação da quadra de esportes do Distrito de Canoas.</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/14/052-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/14/052-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da estrada da Guarda Velha e a recuperação da estrada de acesso a hospedaria Caminho das Nuvens.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/15/053-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/15/053-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a melhoria da sinalização que proíbe o tráfego de veículos pesados defronte o Hospital Nossa Senhora das Graças.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/17/054-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/17/054-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de medidas para evidenciar as divisas do Município de Bom Retiro.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/16/055-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/16/055-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a conclusão da canalização do Riacho Rincão.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/18/056-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/18/056-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o calçamento a Rua Auta dos Santos Nunes, no Bairro São José.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/11/057-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/11/057-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a reforma e ampliação da creche Patrícia Deucher, na localidade de Barbaquá.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/10/058-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/10/058-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a transferência do depósito provisório de lixo localizado em frente a Creche Patrícia Deucher para um local mais apropriado.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/9/059-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/9/059-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a regularização da coleta de lixo na localidade de Figueiredo.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/8/060-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/8/060-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a revitalização do pavimento asfáltico da Rua Dr. Faustino.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/7/061-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/7/061-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de rede de proteção na quadra de areia da Praça Dom Daniel.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/6/062-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/6/062-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da estrada da localidade de Cupim.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/5/063-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/5/063-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar reparos no calçamento da Rua Santa Tereza.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/4/064-21.doc</t>
-[...2 lines deleted...]
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/26/065-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/4/064-21.doc</t>
+  </si>
+  <si>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/26/065-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a regulamentação de locais para estacionamento de veículos de carga e descarga.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/27/066-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/27/066-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a desobstrução de bueiro na localidade de Papuã.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/28/067-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/28/067-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, através da Secretaria Municipal de Assistência Social, para solicitar a criação de programa de prevenção à gravidez na adolescência.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/29/068-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/29/068-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal a regularização e a divulgação dos horários da coleta de lixo no centro e nos bairros da cidade.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/30/069-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/30/069-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a aquisição de uma ambulância equipada com UTI móvel.</t>
   </si>
   <si>
     <t>Helena, Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/32/070-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/32/070-21.doc</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, através da presente e na forma regimental REQUEREM, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para corrigir as irregularidades no calçamento da Rua Anita Garibaldi, a instalação de placas de sinalização de “pare” nas esquinas com a Rua Santa Catarina, assim como a colocação de placa com a nomenclatura das vias na esquina com a Rua André Almeida.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/33/071-21_3.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/33/071-21_3.docx</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar através da Secretaria de Educação, Esporte e Cultura, que seja criado o Programa ‘’Oficinas culturais de Bom Retiro’’, onde serão ministradas aulas de dança, como Ballet e Danças Tradicionais, aulas de música, pintura e teatro para as crianças do Município.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/34/072-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/34/072-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar revisão da iluminação pública da cidade.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/35/073-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/35/073-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de refletor na Rua Generoso Idelfonso de Oliveira, até que seja implantada em definitivo a iluminação pública neste logradouro.</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/36/074-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/36/074-21.docx</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a urbanização dos acessos ao viaduto que liga o Centro ao bairro São José.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/37/075-01.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/37/075-01.docx</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos na estrada da comunidade de Três Pontas.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/38/076-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/38/076-21.docx</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de câmeras de vide monitoramento defronte o ginásio de esportes do Bairro São José.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/39/077-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/39/077-21.docx</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de depósito provisório de lixo na localidade de Paraiso da Serra, assim como a instalação de placas indicativas orientando quais materiais podem ser descartados no local.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/40/078-21.doc</t>
-[...5 lines deleted...]
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/42/080-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/40/078-21.doc</t>
+  </si>
+  <si>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/41/079-21.doc</t>
+  </si>
+  <si>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/42/080-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a pintura de sinalização horizontal de regulamentação (Pare) nos acessos ao viaduto que liga o Centro da cidade ao Bairro São José.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/43/081-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/43/081-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a aquisição de uma caixa caçamba, tipo container, para utilização no depósito provisório de lixo.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/44/082-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/44/082-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a revitalização do Centro Poliesportivo Municipal Arno Oscar Meyer.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/45/083-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/45/083-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para o corte de eucalipto em terreno do Município situado na Av. Major Generoso, defronte a propriedade do Sr. Adilson Constantino, no Bairro São José.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/46/084-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/46/084-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para a criação de projeto social para ensinar artes marciais para crianças e jovens do Município.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/47/085-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/47/085-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar, através da Secretaria Municipal de Saúde, a criação do Programa “Práticas Integrativas no SUS: Conhecimentos Tradicionais para a Cura”, incorporando em seus atendimentos os tratamentos como fitoterapia, homeopatia, acupuntura, naturopatia, yoga, reiki, etc.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/48/086-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/48/086-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de depósito provisório de lixo na localidade de Entrada, nas proximidades do cemitério Adventista.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/49/087-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/49/087-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de depósito provisório de lixo na localidade de Gabiroba.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/50/088-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/50/088-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a reforma do parque infantil do Pré-Escolar Capistrano.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/51/089-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/51/089-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento das ruas não pavimentadas do Bairro Capistrano.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/52/090-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/52/090-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a implantação de feira de agroecologia e produtos artesanais, possibilitando aos agricultores e artesões a comercialização dos produtores diretamente aos consumidores.</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/94/091-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/94/091-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da estrada de acesso a localidade de Barbaquá.</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/95/092-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/95/092-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento das estradas das comunidades de Paraiso da Serra e Campo Novo.</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/97/093-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/97/093-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da estrada de acesso a propriedade do Sr. Ivo Correa, na localidade de Sapato.</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/98/095-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/98/095-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a conclusão da canalização de esgoto do Distrito de Canoas, assim como na Rua Constâncio Krumel.</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/99/095-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/99/095-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da estrada da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/100/096-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/100/096-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento da estrada da localidade de Entrada.</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/101/097-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/101/097-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento do acesso a propriedade do Sr. Anoraldo Brogni, na localidade de Costãozinho.</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/102/098-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/102/098-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento da parte não pavimentada da Rua Dorval Ferreira de Macedo.</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/103/099-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/103/099-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a recuperação da canalização da rede de esgoto da Rua Carlos Souza, no Bairro São José, assim como a colocação de mais alguns tubos para ampliação desta rede.</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/104/100-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/104/100-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o calcamento da continuidade da Av. 24 de Outubro, sentido a localidade de Entrada.</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/105/101-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/105/101-21.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de ponte entre a localidade de Gabiroba e Ranchinho, assim como o patrolamento e cascalhamento desta via.</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_102.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_102.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento das Ruas Manoel Cardoso Duarte e Gervásio Basquerotto, no distrito de Canoas.</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_103.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_103.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de câmeras de vigilância e melhorias na iluminação do cemitério municipal, assim como contato com a Polícia Militar para intensificação de rondas nas proximidades.</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_104.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_104.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a reforma, em parceria com o Sindicato Rural, das mangueiras da área utilizada para leilões de animais do Parque Municipal de Exposições.</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_105.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_105.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar reparos na iluminação pública da Rua Carlos Souza, no Bairro São José.</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_107.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_107.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a alteração do trajeto da continuidade da Rua Carlos Wermer que dá acesso a BR 282, criando uma nova via ao lado do riacho ou na área industrial, como forma de garantir mais segurança aos veículos que trafegam pelo local.</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_108.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_108.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reunião visando a formação de uma cooperativa de materiais recicláveis.</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
     <t>Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_109.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_109.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento da estrada Guarda Velha ao Costãozinho.</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_110.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_110.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a colocação de placa “PARE” na Av. Major Generoso, defronte o Banco do Brasil.</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_111.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_111.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de reparos na iluminação pública da rua São José, no Bairro São José.</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_112.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_112.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a colocação de placas “PARE” no entroncamento das Ruas Anita Garibaldi e Santa Catarina.</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_113.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_113.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a elaboração de planejamento e cronograma das ruas que serão pavimentadas no Município, destacando o tipo de revestimento utilizado, assim como a divulgação destes dados para conhecimento da população</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_114.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_114.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para, através do Projeto “Urbaniza Bom Retiro”, a efetiva aplicação da lei municipal que instituiu o Programa Municipal de Pavimentação Solidária, visando execução dos serviços de urbanização de vias públicas, compreendendo pavimentação, obras complementares de infraestrutura urbana e equipamentos urbanos.</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_115.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_115.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de muretas de proteção na ponte localizada nas proximidades da Igreja da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_116.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_116.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar contato com o DNIT visando a pavimentação asfáltica da marginal sul (Bairro São José) do trevo da BR 282 de acesso a Bom Retiro, pois esta via encontra-se precária, gerando transtorno aos usuários e visitantes de nossa cidade.</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_117.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_117.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar, através do Projeto Urbaniza Bom Retiro, a construção de uma praça pública no Bairro Capistrano.</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_118.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_118.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar, através do Projeto Urbaniza Bom Retiro, a realização de projeto de arborização e paisagismo na Av. Henrique Eduardo Boell.</t>
   </si>
   <si>
     <t>226</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_119.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_119.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar, através do Projeto Urbaniza Bom Retiro, o calçamento dos pontos mais críticos da serra de acesso a comunidade de Paraiso da Serra.</t>
   </si>
   <si>
     <t>227</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_120.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_120.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento da estrada da localidade de Barbaquá, assim como a limpeza das sarjetas.</t>
   </si>
   <si>
     <t>228</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_121.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_121.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a limpeza dos terrenos do Posto de Saúde do Bairro São José, Creche Irmã Paula, Pré-Escolar São José e do Núcleo Municipal São José.</t>
   </si>
   <si>
     <t>229</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_122.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_122.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o desentupimento de boca de lobo na Av. Major Generoso, no Bairro São José, defronte a Mercearia Marcelo Santos.</t>
   </si>
   <si>
     <t>239</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_123.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_123.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o alargamento da estrada que dá acesso a hospedaria  Caminho das Nunes, assim como a recuperação da estrada de acesso a propriedade da família Hinckel.</t>
   </si>
   <si>
     <t>240</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_124.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_124.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a criação de uma farmácia de manipulação municipal.</t>
   </si>
   <si>
     <t>242</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_125.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_125.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER , ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar reparo nas sarjetas da estrada da localidade de Irapuá.</t>
   </si>
   <si>
     <t>243</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_126.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_126.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar reparo em bueiro na estrada da localidade de Rio Frederico.</t>
   </si>
   <si>
     <t>244</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_127.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_127.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a recuperação da rede de esgoto da Rua Carlos Souza, assim  como o cascalhamento desta via.</t>
   </si>
   <si>
     <t>245</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_128.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_128.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar providências visando a regularização da coleta de lixo na  Rua Rosalino Caetano da Luz, no Bairro São José.</t>
   </si>
   <si>
     <t>246</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_129.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_129.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a utilização de pedra brita na manutenção das estradas  vicinais.</t>
   </si>
   <si>
     <t>247</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_130.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_130.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento e a construção de dois bueiros no acesso a propriedade do Sr. João da Silva, no Paraiso da Serra.</t>
   </si>
   <si>
     <t>248</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/248/indicacao_131.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/248/indicacao_131.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o patrolamento das ruas do Bairro São José.</t>
   </si>
   <si>
     <t>249</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_132.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_132.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a construção de calçamento no trecho não pavimentado da  rua Dorval Ferreira de Macedo.</t>
   </si>
   <si>
     <t>254</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_133.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_133.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a reforma de ponte e bueiro na localidade de Figueiredo.</t>
   </si>
   <si>
     <t>255</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_134.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_134.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de melhorias na estrada de acesso as localidades de Rio Frederico e Serra dos Lorenzi.</t>
   </si>
   <si>
     <t>257</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/257/indicacao_135.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/257/indicacao_135.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar que seja refeita a lombada da Rua Irineu Bomhausen, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/106/001-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/106/001-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Educação para explanar sobre as ações adotadas pela pasta para o início do ano letivo. Requer, ainda, envio de convite aos diretores das escolas Valmir Omarques Nunes e Alexandre de Gusmão para discorrem sobre a retomada das aulas nestes educandários.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/107/002-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/107/002-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara Municipal requeira ao Poder Executivo cópia do processo licitatório de construção da garagem da Secretaria Municipal de Transportes, Obras e Serviços Urbanos.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/108/003-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/108/003-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação da Secretária Municipal de Saúde para explanar sobre o plano municipal de vacinação contra a COVID-19, ações de combate a COVID-19, distribuição de medicamentos nos postos de saúde, marcação de consultas, exames e cirurgias.</t>
   </si>
   <si>
     <t>Deuchinha, Helena, Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/109/004-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/109/004-21.doc</t>
   </si>
   <si>
     <t>O Vereadores que este subscrevem, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Transportes e Obras para discorrer sobre o mal uso do rolo compactador e da retroescavadeira.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/110/005-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/110/005-21.docx</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a realização de solenidade em alusão ao Dia Internacional da Mulher, homenageando as servidoras da saúde que estão atuado na linha de frente ao combate a pandemia da COVID-19.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/111/006-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/111/006-21.docx</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa Diretora requeira ao Poder Executivo relação dos munícipes inscritos no Programa Lar Legal que já receberam escritura do imóvel, assim como listagem daqueles que ainda não receberam esse título de posse, com a devida exposição de motivos.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/112/007-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/112/007-21.docx</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo relatório, por ano, com a quantidade de calcário recebido do Governo do Estado durante os anos de 2013 à 2020, assim como o valor que os agricultores pagaram ao Município, por ano, para a realização do frete deste material.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/113/008-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/113/008-21.docx</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo cópia do processo licitatório, contrato e aditivos referente a prestação de serviços de coleta, transporte e destinação final dos resíduos sólidos urbanos e rurais gerados pelo munícipio de Bom Retiro/SC.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/114/009-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/114/009-21.docx</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora convide o Comandante do Destacamento da Polícia Militar para discorrer sobre a situação da segurança pública no Município de Bom Retiro, realização de rondas e blitz, efetivo policial e ações de fiscalização às regras contra a propagação da Covid-19.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/115/010-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/115/010-21.docx</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
 1 – Relatório contendo os recursos disponíveis nas contas da Prefeitura Municipal e seus fundos;_x000D_
 2 – Relatório dos empenhos ordinários a pagar, detalhando por Secretaria Municipal e fundos;</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/116/011-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/116/011-21.docx</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Câmara Municipal convide o Comandante do 6º Batalhão de Polícia Militar para comparecer à esta Casa para discorrer sobre a situação da segurança pública no Município de Bom Retiro, realização de rondas e blitz, efetivo policial e ações de fiscalização às regras contra a propagação da Covid-19.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/117/012-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/117/012-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação da Secretária Municipal de Saúde para explanar sobre o repasse de recursos ao Hospital Nossa Senhora das Graças, ações de combate a COVID-19, realização de exames e a distribuição de medicamentos.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/118/013-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/118/013-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo cópia do processo licitatório para construção de pórtico para caixa d’água no Distrito de Canoas, município de Bom Retiro.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/119/014-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/119/014-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa convide representantes do Banco do Brasil, SICOOB e CRESOL para explanarem sobre o Plano Safra de 2021.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/120/015-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/120/015-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria as seguintes informações ao Executivo:_x000D_
 _x000D_
 1.	O município possui Plano de Desenvolvimento Industrial;_x000D_
 _x000D_
 2.	Que medidas a Prefeitura pretende adotar para instalação de infraestrutura na área industrial (água, luz, terraplanagem, etc.) e qual cronograma das fases de execução desta ações._x000D_
 _x000D_
 3.	Quais medidas estão sendo adotadas para captação de recursos visando a implantação de infraestrutura na área industrial.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/121/016-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/121/016-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria as seguintes informações ao Executivo:_x000D_
 _x000D_
 1.	Nome dos Membros do Conselho Municipal dos Direitos da Criança e do Adolescente - CMDCA, as funções e a vigência do mandato.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/122/017-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/122/017-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria as seguintes informações ao Executivo:_x000D_
 _x000D_
 1.	O município recebeu recursos federal ou estadual para pavimentação asfáltica do trecho inicial da Av. Major Generoso, no Bairro São José?_x000D_
 2.	Em caso positivo, informe o seguinte: a) já foi elaborado o projeto de engenharia? b) cronograma de execução da obra; c) data prevista para publicação do processo licitatório para execução da obra; d) prazo para conclusão da pavimentação asfáltica;</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento_18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento_18.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria as seguintes ao Executivo:_x000D_
 _x000D_
 1.	Relatório, individualizado e mensal, contendo a nominata e a quantidade de horas-extras paga aos servidores da Prefeitura Municipal, referente aos anos de 2017 à 2021;_x000D_
 2.	Relatório, individualizado e mensal, contendo a nominata dos servidores municipais que receberam gratificação e a razão da concessão deste benefício, referente aos anos de 2017 à 2021.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/124/019-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/124/019-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Assistência Social e Habitação para explanar sobre o andamento das escrituras públicas do Programa Lar Legal.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/125/020-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/125/020-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Agricultura e Meio Ambiente para explanar sobre o programa de distribuição de calcário, embalagens de agrotóxicos e execução de serviços de tratores agrícolas.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/126/021-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/126/021-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a Mesa da Casa requeira do Poder Executivo o seguinte:_x000D_
 1.	 Existe algum contrato para utilização do depósito de lixo localizado nas proximidades do terreno destinado às área industrial? Em caso afirmativo, encaminhar cópia do referido acordo;_x000D_
 2.	O encaminhamento de informações adicionais sobre o uso do referido depósito.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/127/022-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/127/022-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, o envio de convite ao Diretor do CISAMA, Selênio Sartori, para explanar sobre o andamento das obras do saneamento básico do Bairro Capistrano.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/128/023-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/128/023-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte: _x000D_
 •	Relação dos implementos agrícolas pertencentes a Prefeitura Municipal, evidenciando os que necessitam de manutenção e o respectivo orçamento para reparo, assim como o local em que se encontram armazenados.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/129/024-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/129/024-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte: _x000D_
 •	informações sobre a conta de água de R$ 7.210,37 do Parque Municipal de Exposições, de 10/03/2021, que estava em atraso, explicando o motivo do atraso no pagamento da fatura, o motivo do valor estar fora dos padrões das contas anteriores e quem será o responsável pelo pagamento.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/130/025-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/130/025-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte: _x000D_
 •	Relação dos cargos comissionados existentes no quadro de pessoal da Prefeitura Municipal, evidenciando a quantidade; _x000D_
 •	Relação contendo a nominata dos servidores ocupantes dos cargos de motorista, operador de máquinas e trabalhador braçal.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/131/026-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/131/026-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Assistência Social e Habitação para explanar sobre os projetos sociais da Prefeitura Municipal e os que a municipalidade pretende adotar.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/132/027-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/132/027-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Agricultura para explanar sobre o uso dos tratores agrícolas e a possibilidade de cessão somente dos implementos agrícolas.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/133/028-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/133/028-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1 – Já foi encerrado processo administrativo para apurar a responsabilidade no acidente com o veículo Marca/Modelo: IVECO/TECTOR 240E28, placa QHD 9455, de propriedade da Prefeitura Municipal. Em caso positivo, encaminhar decisão do referido procedimento;_x000D_
 2 – Qual a justificativa da Prefeitura Municipal para retirada de peças do veículo Marca/Modelo: IVECO/TECTOR 240E28, placa QHD 9455.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/134/029-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/134/029-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1 – Qual o prazo para entrega da escavadeira hidráulica citada no Pregão Eletrônico n.º 015/21, o valor da referida aquisição, a empresa vencedora do certame e as características da referida máquina.</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/135/030-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/135/030-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1 – Informações detalhadas sobre o andamento do procedimento para construção do posto de saúde do Bairro Capistrano, evidenciando se a obra já foi licitada, valor, empresa que executará a obra, previsão para início e término da obra, dentre outras informações pertinentes.</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/136/031-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/136/031-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1 – Informações detalhadas sobre os motivos da demolição de parte da estrutura do portal turístico de Bom Retiro, localizado na Av. Major Generoso.</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/137/032-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/137/032-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1 – Quais ações estão sendo adotadas pela Prefeitura Municipal em relação a citação do Diretor Executivo do CISAMA, durante a Sessão Ordinária do dia 26/04/21, sobre a movimentação de terra e compactação necessárias na obra da Estação de Tratamento de Esgoto.</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/138/033-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/138/033-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo e ao CISAMA o seguinte:_x000D_
 1 – Quais ações estão sendo adotadas para acompanhamento das obras de reassentamento e nivelamento das lajotas do calçamento da Rua Carlos Werner, no Bairro Capistrano, retiradas em função das obras do saneamento básico.</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/139/034-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/139/034-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara convide o Delegado de Polícia para explanar sobre os trabalhos da Polícia Civil em Bom Retiro.</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/140/035-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/140/035-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo, através da Secretaria Municipal de Bem Estar Social, o seguinte:_x000D_
 1.	Relatório mensal contendo a quantidade de cestas básicas distribuídas pelo Município no período de janeiro de 2020 a maio de 2021;_x000D_
 2.	 Quantas famílias receberam cestas básicas no período de janeiro de 2020 a maio de 2021, separadas por mês;_x000D_
 3.	Quais são os bairros ou localidades do interior de moradia das famílias que receberam cestas básicas no período de janeiro de 2020 a maio de 2021, evidenciando a quantidade destinada para cada local;_x000D_
 4.	Quais são os critérios adotados para que uma família possa receber a cesta básica;_x000D_
 5.	Quantas cestas básicas foram negadas pelo Município no período de janeiro de 2020 a maio de 2021, separadas por mês;_x000D_
 6.	Quantas famílias receberam mais de uma cesta básica no período de janeiro de 2020 a maio de 2021,</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/141/036-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/141/036-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1.	Cópia do diário de bordo da frota de veículos e máquinas da Secretaria de Transportes e Obras, Secretaria Municipal de Assistência Social e Secretária Municipal de Agricultura, referente ao mês de maio do corrente exercício.</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/142/037-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/142/037-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1.	Cópia do processo administrativo que apurou o sinistro ocorrido no dia 02 de outubro de 2019 com o trator da Secretaria Municipal de Agricultura, na localidade de Gabiroba.</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/143/038-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/143/038-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 _x000D_
 1.	Percentual gasto com pessoal nos exercícios de 2020 e 2021.</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/144/039-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/144/039-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo a convocação do Secretário Municipal de Indústria, Comércio e Turismo para discorrer sobre as ações da referida pasta.</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/145/040-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/145/040-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1 – Informações sobre o andamento do projeto para castração de animais de pequeno porte (cães e gatos) no Município de Bom Retiro e se já houve cadastramento de clínicas veterinárias para realização da ação. _x000D_
 2 – Em que local os interessados em participar do projeto de castração de animais de pequeno porte podem realizar o agendamento prévio e a partir de que data.</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/146/041-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/146/041-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo a convocação do Secretário Municipal de Agricultura e Meio Ambiente para explanar sobre a coleta de lixo nas comunidades do interior e sobre a coleta das embalagens de agrotóxicos.</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
     <t>Fernando Keko, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/147/042-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/147/042-21.doc</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições legais, através do presente Requerem, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao CISAMA o valor destinado ao Município de Bom Retiro para realização do Programa de Castração de Animais de Pequeno Porte (cães e gatos).</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/148/043-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/148/043-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo as seguintes informações: _x000D_
 1 – Se o equipamento -  Pleina Niveladora utilizado para manutenção de estradas já foi consertado;_x000D_
 2 – Em caso negativo, se existe uma previsão para que este equipamento possa ser utilizado nos trabalhos de recuperação das estradas.</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/149/044-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/149/044-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a realização de Audiência Pública para discutir as obras da Estação de Tratamento de Esgoto e esgotamento sanitário do Bairro Capistrano.</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/150/045-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/150/045-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1 – Informações sobre o andamento do projeto para castração de animais de pequeno porte (cães e gatos) no Município de Bom Retiro e se já houve cadastramento de clínicas veterinárias ou da carreta Castra Móvel para realização da ação;_x000D_
 2 – Que data está previsto o início das castrações e quantos animais serão esterilizados gratuitamente?_x000D_
 3- Já houve o cadastramento de animais (cães e gatos) para o projeto de castração social? Em caso positivo, quantos animais foram cadastrados?</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/151/046-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/151/046-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
 1 – Relatório contendo os recursos disponíveis nas contas da Prefeitura Municipal e seus fundos;</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/152/047-21.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/152/047-21.docx</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
 1 – Quais medidas de orientação estão sendo adotadas pela Prefeitura Municipal quanto o uso, por servidores municipais, dos veículos de propriedade do Município para fins particulares. Existe fiscalização periódica da Prefeitura para evitar o uso para fins particulares e quais medidas são adotadas quando comprovado o uso irregular?_x000D_
 2 – Quais veículos de propriedade da municipalidade possuem autorização para pernoitar fora da garagem municipal, especificando placa e modelo.</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/153/048-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/153/048-21.doc</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/154/049-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/154/049-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara convide o Gerente Regional da Celesc para explanar sobre o seguinte: _x000D_
 1 – Funcionamento do posto de atendimento da Celesc em Bom Retiro;_x000D_
 2 – Ações visando a poda na vegetação próxima as redes de energia;_x000D_
 3 – Instalação de energia elétrica no terreno destinado à área industrial do Município, logística, custos e capacidade de carga de energia prevista para o local.</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/155/050-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/155/050-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações sobre quando iniciará a reforma e ampliação do Núcleo Municipal Capistrano, assim como o detalhamento desta obra e prazo para seu término</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/156/051-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/156/051-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo cópia do processo licitatório para aquisição de terreno para ampliação do cemitério municipal, assim como cópia do licenciamento do IMA – Instituto do Meio Ambiente de Santa Catarina que permita viabilidade desta ampliação.</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/157/052-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/157/052-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo cópia do estudo social realizado pela Secretaria Municipal de Assistência Social no Parque Municipal de Exposições.</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/158/053-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/158/053-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vêm através do presente Requerer, ouvido o Digníssimo Plenário, que a Presidência da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1.	Relatório, mensal, contendo as despesas individuais com veículos e equipamentos rodoviários do Município, referente ao exercício de 2021 até a presente data, evidenciando a placa/prefixo, marca/modelo, custo mensal do equipamento/veículo/roçadeiras, gastos com pneus, lavação e lubrificantes, peças e filtros e gasto com mão de obra.</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/159/054-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/159/054-21.doc</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições legais, vêm através do presente Requerer, ouvido o Digníssimo Plenário, que a Presidência da Câmara requeira ao Poder Executivo os seguintes esclarecimentos em relação aos supostos furtos de equipamentos, ocorridos nas dependências da Secretaria de Transportes e Obras:_x000D_
 _x000D_
 1 – Quantas baterias foram furtadas no local do suposto crime?_x000D_
 2 – Quais as datas que teriam ocorrido os supostos furtos?_x000D_
 3 – Possui câmeras de monitoramento na Secretaria Municipal de Transportes e Obras?_x000D_
 4 – Foram realizados Boletins de Ocorrência para apuração dos fatos ocorridos no local? Em caso positivo encaminhar cópias;_x000D_
 5 – A Secretaria de Transportes e Obras possui um vigia para fazer o monitoramento do local supracitado? Em caso positivo, qual o horário de trabalho do vigia?_x000D_
 6 – Quais os tipos de baterias que supostamente foram furtadas no local do suposto crime? Os equipamentos estavam em depósito ou nos veículos?_x000D_
 ...</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
     <t>Deuchinha, Helena</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/160/055-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/160/055-21.doc</t>
   </si>
   <si>
     <t>Os Vereadores que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo a convocação do Secretário Municipal da Assistência Social e Habitação para explanar sobre: _x000D_
 a) a veiculação do vídeo postado no Facebook no dia 15 de setembro de 2021, pelo servidor municipal Gabriel Bonin Schlemper; _x000D_
 b) Distribuição de cestas básicas pela Secretaria de Assistência Social e Habitação; _x000D_
 c) Quais os critérios que são adotados para o fornecimento das cestas básicas e quais as quantidades de cestas básicas distribuídas para a população; _x000D_
 d) Distribuição de materiais de construção e quais são os critérios que estão sendo adotados para que seja realizada a entrega à população.</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/161/056-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/161/056-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte: _x000D_
 a) Cópia do diário de bordo dos veículos da Secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/162/057-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/162/057-21.doc</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte: _x000D_
 a) cópia das notas fiscais dos produtos adquiridos pela Secretaria Municipal de Assistência Social para distribuição de cestas básicas; _x000D_
 b) Cópia dos pareceres dos profissionais da Secretaria Municipal de Assistência Social autorizando a doação das cestas básicas; _x000D_
 c) Qual a origem dos recursos utilizados para aquisição das cestas básicas, evidenciando se são próprios ou proveniente de algum programa dos Governos Estadual ou Federal; _x000D_
 d) Quantidade de cestas básicas distribuídas pela secretaria Municipal de Assistências Social no ano de 2021, por mês, evidenciando o respectivo valor gasto mensalmente.</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/163/058-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/163/058-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo as seguintes informações sobre a caixa de água instalada não Distrito de Canoas: _x000D_
 1 – Porque a base desta caixa de água foi construída em madeira? _x000D_
 2 – O projeto para construção desta caixa de água foi assinado por engenheiro? _x000D_
 3-  Qual foi o custo total da referida obra?</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/164/059-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/164/059-21.doc</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira informações ao CISAMA sobre o andamento das obras do saneamento básico do Bairro Capistrano.</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_60.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_60.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1. Informar, de forma detalhada, o local em que se encontram os implementos agrícolas da Secretaria Municipal de Agricultura;_x000D_
 2 Informar se o Executivo já executou a recuperação ou se pretende restaurar o trator Massey Ferguson, item 36, constante do relatório encaminhando _x000D_
 através do ofício n.° 172/21, detalhando o orçamento/custo destes reparos.</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_61.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_61.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1. Cópia das contas de água e luz da garagem municipal, relativo aos _x000D_
 exercícios de 2020 e 2021;_x000D_
 2. Lista dos veículos, equipamentos e sucatas de propriedade da Prefeitura Municipal armazenados na garagem municipal, detalhando quais estão em _x000D_
 uso;_x000D_
 3. Há algum veículo, equipamento ou sucata que esteja depositado na garagem municipal que não pertença ao patrimônio municipal? Em caso _x000D_
 positivo, informar suas características, a quem pertence e a justificativa para estar sobre a guarda do Município;_x000D_
 4. Quais providências são adotadas pela Prefeitura para limpeza do pátio da garagem municipal e quais medidas estão sendo promovidas para evitar _x000D_
 acúmulo de água, a proliferação de insetos, roedores e animais peçonhentos no local.</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_62.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_62.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações sobre a fase em que se encontra o convênio para pavimentação asfáltica da Av. Major Generoso, no Bairro São José, se há previsão para publicação do processo licitatório e assinatura da ordem de serviço com a empresa vencedora do certame, _x000D_
 bem como do valor para execução da obra.</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
     <t>Helena, Landir, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_63.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_63.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, o envio de convite ao Diretor do CISAMA, Selênio Sartori. para explanar sobre o andamento das obras do saneamento básico do Bairro Capistrano.</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_64.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_64.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, o envio de convite ao Diretor do CISAMA. Selênio Sartori, para explanar sobre o andamento das obras do saneamento básico do Bairro Capistrano.</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_65.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_65.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo cópia dos relatórios de acompanhamento das obras do saneamento básico do Bairro Capistrano pelo setor de engenharia da Prefeitura Municipal, assim como dos demais documentos resultantes destas vistorias.</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_66.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_66.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através _x000D_
 do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder _x000D_
 Executivo o seguinte:_x000D_
 1. O motivo de não constar na resposta ao Requerimento n.º 058/21, os _x000D_
 custos de aquisição de pregos e barras chatas para fixação da estrutura de madeira da caixa de _x000D_
 água do Distrito de Canoas;_x000D_
 2. Cópia das notas fiscais de aquisição de pregos e barras chatas utilizados _x000D_
 para construção da estrutura de madeira da caixa de água do Distrito de Canoas;_x000D_
 3. Cópia da consulta técnica apresentada ao setor de engenharia da _x000D_
 Prefeitura Municipal sobre a construção da estrutura de madeira da caixa de água do Distrito _x000D_
 de Canoas, assim como do documento emitido pelos técnicos em resposta a referida consulta _x000D_
 técnica._x000D_
 4. Com relação a escada de acesso a referida caixa de água. quais critérios _x000D_
 de segurança foram adotados pela Prefeitura Municipal para sua instalação?</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_67.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_67.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa envie convite a CIDASC para explanar sobre o trabalho desenvolvido no Município de Bom Retiro.</t>
   </si>
   <si>
     <t>237</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_68.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_68.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através _x000D_
 do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder _x000D_
 Executivo o seguinte:_x000D_
 1 - Cópia dos requerimentos protocolados no Poder Executivo dos munícipes _x000D_
 interessados em receber os incentivos estabelecidos na Lei Municipal n.° 2.488/21, que _x000D_
 Autoriza o Poder Público Municipal efetuar, dentro do limite de seus recursos, a conservação _x000D_
 nos acessos internos às propriedades rurais, Igrejas, associações, cooperativas e demais _x000D_
 entidades assemelhadas, bem como realizar a conservação e reparos em bueiros, pontes e _x000D_
 pontilhões, retificação, revestimento primário e outros que se fizerem necessário;_x000D_
 2 - Relatório contendo a nominata dos munícipes que receberam os _x000D_
 incentivos estabelecidos na Lei Municipal n.° 2.488/21.</t>
   </si>
   <si>
     <t>238</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_69.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_69.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através_x000D_
 do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder _x000D_
 Executivo o seguinte:_x000D_
 1 - Relatório das providências adotadas pelo Poder Executivo Municipal com _x000D_
 relação a recuperação da SC 110, no trecho entre Bom Retiro e Petrolândia.</t>
   </si>
   <si>
     <t>241</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_70.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_70.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o  seguinte:_x000D_
 1 - Relatório contendo os recursos disponíveis nas contas da Prefeitura _x000D_
 Municipal e seus fundos;</t>
   </si>
   <si>
     <t>256</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_71.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_71.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo os índices dos gastos com pessoal referente aos meses de Dezembro de 2020 e Dezembro de 2021.</t>
   </si>
   <si>
     <t>DLE</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Câmara de Vereadores de Bom Retiro - CMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/93/decreto_001-21.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/93/decreto_001-21.doc</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM RETIRO, RELATIVAS AO EXERCÍCIO DE 2019.</t>
   </si>
   <si>
     <t>198</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_01.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_01.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A UNIFICAÇÃO DOS CARGOS DE MOTORISTA E OPERADOR DE MÁQUINA RODOVIÁRIA E AGRÍCOLA NA ESTRUTURA DO PODER EXECUTIVO MUNICIPAL, E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>199</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de_lei_02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de_lei_02.pdf</t>
   </si>
   <si>
     <t>Institui gratificação extraordinária devida aos ocupantes dos cargos de recepcionista, telefonista, assistente administrativo, profissional de enfermagem, vigilante sanitário, auxiliar de enfermagem, técnico de enfermagem socorrista, agente municipal de defesa e salvamento, agente comunitário de saúde, agente de Serviços gerais, motorista, motorista socorrista, servente, odontólogo, atendente de consultório dentário, farmacêutico, assistente social, psicólogo, fisioterapeuta, fonoaudiólogo e médico, ativos e lotados na Secretaria Municipal da Saúde de Bom Retiro e Funrebom, como retribuição para recompensar ônus decorrentes de trabalhos executados no enfrentamento da pandemia de Covid- 19.</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/200/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/200/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o recebimento, pelo Município de Bom Retiro/SC de projetos de engenharia em doação, sem ônus ou encargos, de pessoa física ou jurídica de direito privado.</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o uso de asfalto adicionado com borracha proveniente da reciclagem de pneus inservíveis na conservação das estradas de competência do Município de Bom Retiro/SC.</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a conscientização dos direitos dos animais domésticos e silvestres nas escolas públicas e privadas de ensino do município de Bom Retiro/SC e adota outras providências.</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Cria o Banco de Material de Construção do município e dá outras providências.</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A CRIAR O PROGRAMA “BICHOS DE ESTIMAÇÃO” NAS UNIDADES DA REDE MUNICIPAL DE ENSINO PÚBLICO E DÁ_x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>Institui a campanha permanente de valorização das mulheres nas Escolas Públicas do Município de Bom Retiro</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>"DISCIPLINA PROCEDIMENTOS DE CONTROLE DA FROTA E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/208/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/208/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>FICA O PODER EXECUTIVO AUTORIZADO A INSTITUIR PROGRAMA °MEDICAMENTO EM CASA” , NO MUNICÍPIO DE BOM RETIRO E DÁ OUTRAS_x000D_
 PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CENSO ANIMAL, VISANDO O CONTROLE POPULACIONAL DE ANIMAIS DOMÉSTICOS (CÃES E GATOS) E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>230</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PRESIDENTE DA MESA DIRETORA DA CÂMARA MUNICIPAL DE VEREADORES DE BOM RETIRO, ESTADO DE SANTA CATARINA, A FILIAR A_x000D_
 CÂMARA MUNICIPAL E ESTA A CONTRIBUIR ANUALMENTE COM A UVESC - UNIÃO DOS VEREADORES DE SANTA CATARINA, COM SEDE NA CAPITAL DO ESTADO DE SANTA CATARINA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>253</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PROGRAMA DE FOMENTO DE STARTUPS NO ÂMBITO DO MUNICÍPIO DE BOM RETIRO - SC.</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_resolucao.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_resolucao.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_resolucao.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>236</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_resolucao_004.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_resolucao_004.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DA PROCURADORIA DA MULHER NO ÂMBITO DA CÂMARA MUNICIPAL DE BOM RETIRO_x000D_
 E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
     <t>CLL - COMISSÃO DE LEGISLAÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/212/proposta_de_emenda.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/212/proposta_de_emenda.pdf</t>
   </si>
   <si>
     <t>ACRESCENTA PARÁGRAFO ÚNICO AO ARTIGO 19 DA LEI ORGÂNICA DO MUNICÍPIO DE BOM RETIRO.</t>
   </si>
   <si>
     <t>235</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/235/proposta_de_emenda.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/235/proposta_de_emenda.pdf</t>
   </si>
   <si>
     <t>FICA ACRESCENTADO NA LEI ORGÂNICA MUNICIPAL O ARTIGO 127-A E ALTERADO O INCISO VI DO ART. 98, PARA TORNAR OBRIGATÓRIA A EXECUÇÃO DA PROGRAMAÇÃO ORÇAMENTÁRIA PROVENIENTE DAS EMENDAS IMPOSITIVAS INDIVIDUAIS E EMENDAS DE BANCADA DE PARLAMENTARES, PREVISTAS NAS EMENDAS CONSTITUCIONAIS N° 86, DE 17 DE MARÇO DE 2015, E N° 100, DE 26 DE JUNHO DE 2019.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -2894,68 +2894,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/165/02.21_-_p._l__emprestimos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/166/03.21_-_p._l.__ressarcimento_combustivel.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/167/04.21_-_p._l._assinatura_digital.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/168/05.21_-_p._l._meio_eletronico_processos.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/169/06.21_-_p._l._obrigatoriedade_pequeno_valor.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/170/07.21_-_p._l_cessao_de_veiculo_apae.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/171/08.21_-_p._l._fundeb.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/172/09.21_-_pl_comtur.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/173/10.21_-_pl_credito_especial_fms.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/174/11.21_-_projeto_livros_escola.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/175/12.21_-_p._l._obrigatoriedade_pequeno_valor.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/176/13.21_-_p.__l._ppa_2022.2025.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/177/14.21_-_p._l._anistia.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/178/15.21_-_pl_doacao_cascalho.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/179/16.21_-_p.__l._ldo.2022.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/180/17.21_-_p_lei_plano_municipal_educacao-reformulado.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/181/18.21_-_projeto_lei_patrocinio.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/182/19.21_-_p.l.supl._anulacao.fms.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/183/20.21_-_p.l.supl._anulacao.qse.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/250/projeto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/1/001-21.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/2/002-21.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/3/003-21.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/53/004-21.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/54/005-21.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/55/006-21.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/56/007-21.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/57/008-21.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/58/009-21.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/59/010-21.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/60/011-21.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/61/012-21.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/62/013-21.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/63/014-21.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/64/015-21.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/65/016-21.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/66/017-21.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/67/018-21.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/68/019-21.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/69/020-21.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/70/021-21.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/71/022-21.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/72/023-21.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/73/024-21.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/92/025-21.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/75/026-21.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/76/027-21.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/77/028-21.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/78/029-21.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/79/030-21.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/80/031-21.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/81/032-21.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/82/033-21.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/83/034-21.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/84/035-21.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/85/036-21.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/86/037-21.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/87/038-21.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/88/039-21.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/89/040-21.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/21/041-21.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/20/042-21.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/22/043-21.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/23/044-21.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/25/045-21.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/24/046-21.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/90/047-21.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/19/048-21.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/91/049-21.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/12/050-21.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/13/051-21.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/14/052-21.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/15/053-21.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/17/054-21.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/16/055-21.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/18/056-21.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/11/057-21.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/10/058-21.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/9/059-21.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/8/060-21.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/7/061-21.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/6/062-21.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/5/063-21.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/4/064-21.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/26/065-21.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/27/066-21.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/28/067-21.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/29/068-21.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/30/069-21.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/32/070-21.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/33/071-21_3.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/34/072-21.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/35/073-21.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/36/074-21.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/37/075-01.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/38/076-21.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/39/077-21.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/40/078-21.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/41/079-21.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/42/080-21.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/43/081-21.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/44/082-21.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/45/083-21.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/46/084-21.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/47/085-21.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/48/086-21.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/49/087-21.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/50/088-21.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/51/089-21.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/52/090-21.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/94/091-21.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/95/092-21.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/97/093-21.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/98/095-21.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/99/095-21.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/100/096-21.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/101/097-21.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/102/098-21.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/103/099-21.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/104/100-21.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/105/101-21.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/248/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/257/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/106/001-21.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/107/002-21.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/108/003-21.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/109/004-21.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/110/005-21.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/111/006-21.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/112/007-21.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/113/008-21.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/114/009-21.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/115/010-21.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/116/011-21.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/117/012-21.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/118/013-21.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/119/014-21.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/120/015-21.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/121/016-21.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/122/017-21.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/124/019-21.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/125/020-21.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/126/021-21.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/127/022-21.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/128/023-21.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/129/024-21.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/130/025-21.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/131/026-21.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/132/027-21.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/133/028-21.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/134/029-21.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/135/030-21.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/136/031-21.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/137/032-21.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/138/033-21.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/139/034-21.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/140/035-21.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/141/036-21.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/142/037-21.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/143/038-21.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/144/039-21.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/145/040-21.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/146/041-21.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/147/042-21.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/148/043-21.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/149/044-21.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/150/045-21.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/151/046-21.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/152/047-21.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/153/048-21.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/154/049-21.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/155/050-21.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/156/051-21.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/157/052-21.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/158/053-21.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/159/054-21.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/160/055-21.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/161/056-21.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/162/057-21.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/163/058-21.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/164/059-21.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/93/decreto_001-21.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/200/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/208/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_2.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_resolucao.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/212/proposta_de_emenda.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/235/proposta_de_emenda.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/165/02.21_-_p._l__emprestimos.doc" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/166/03.21_-_p._l.__ressarcimento_combustivel.doc" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/167/04.21_-_p._l._assinatura_digital.doc" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/168/05.21_-_p._l._meio_eletronico_processos.doc" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/169/06.21_-_p._l._obrigatoriedade_pequeno_valor.doc" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/170/07.21_-_p._l_cessao_de_veiculo_apae.doc" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/171/08.21_-_p._l._fundeb.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/172/09.21_-_pl_comtur.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/173/10.21_-_pl_credito_especial_fms.doc" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/174/11.21_-_projeto_livros_escola.doc" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/175/12.21_-_p._l._obrigatoriedade_pequeno_valor.doc" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/176/13.21_-_p.__l._ppa_2022.2025.doc" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/177/14.21_-_p._l._anistia.doc" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/178/15.21_-_pl_doacao_cascalho.doc" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/179/16.21_-_p.__l._ldo.2022.doc" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/180/17.21_-_p_lei_plano_municipal_educacao-reformulado.doc" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/181/18.21_-_projeto_lei_patrocinio.doc" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/182/19.21_-_p.l.supl._anulacao.fms.doc" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/183/20.21_-_p.l.supl._anulacao.qse.doc" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/195/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/196/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/197/projeto_de_lei_23.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/233/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/232/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/234/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/250/projeto.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/251/projeto_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/252/projeto_2.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/1/001-21.doc" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/2/002-21.doc" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/3/003-21.doc" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/53/004-21.doc" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/54/005-21.doc" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/55/006-21.doc" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/56/007-21.doc" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/57/008-21.doc" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/58/009-21.doc" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/59/010-21.doc" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/60/011-21.doc" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/61/012-21.doc" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/62/013-21.doc" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/63/014-21.doc" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/64/015-21.doc" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/65/016-21.doc" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/66/017-21.doc" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/67/018-21.doc" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/68/019-21.doc" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/69/020-21.doc" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/70/021-21.doc" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/71/022-21.doc" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/72/023-21.doc" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/73/024-21.doc" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/92/025-21.doc" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/75/026-21.doc" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/76/027-21.doc" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/77/028-21.doc" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/78/029-21.doc" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/79/030-21.doc" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/80/031-21.doc" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/81/032-21.doc" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/82/033-21.doc" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/83/034-21.doc" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/84/035-21.doc" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/85/036-21.doc" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/86/037-21.doc" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/87/038-21.doc" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/88/039-21.doc" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/89/040-21.doc" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/21/041-21.doc" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/20/042-21.doc" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/22/043-21.doc" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/23/044-21.doc" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/25/045-21.doc" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/24/046-21.doc" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/90/047-21.doc" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/19/048-21.doc" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/91/049-21.doc" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/12/050-21.doc" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/13/051-21.doc" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/14/052-21.doc" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/15/053-21.doc" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/17/054-21.doc" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/16/055-21.doc" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/18/056-21.doc" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/11/057-21.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/10/058-21.doc" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/9/059-21.doc" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/8/060-21.doc" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/7/061-21.doc" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/6/062-21.doc" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/5/063-21.doc" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/4/064-21.doc" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/26/065-21.doc" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/27/066-21.doc" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/28/067-21.doc" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/29/068-21.doc" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/30/069-21.doc" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/32/070-21.doc" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/33/071-21_3.docx" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/34/072-21.doc" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/35/073-21.doc" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/36/074-21.docx" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/37/075-01.docx" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/38/076-21.docx" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/39/077-21.docx" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/40/078-21.doc" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/41/079-21.doc" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/42/080-21.doc" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/43/081-21.doc" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/44/082-21.doc" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/45/083-21.doc" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/46/084-21.doc" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/47/085-21.doc" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/48/086-21.doc" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/49/087-21.doc" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/50/088-21.doc" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/51/089-21.doc" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/52/090-21.doc" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/94/091-21.doc" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/95/092-21.doc" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/97/093-21.doc" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/98/095-21.doc" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/99/095-21.doc" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/100/096-21.doc" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/101/097-21.doc" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/102/098-21.doc" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/103/099-21.doc" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/104/100-21.doc" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/105/101-21.doc" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/184/indicacao_102.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/185/indicacao_103.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/186/indicacao_104.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/187/indicacao_105.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/191/indicacao_107.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/192/indicacao_108.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/193/indicacao_109.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/194/indicacao_110.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/218/indicacao_111.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/219/indicacao_112.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/220/indicacao_113.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/221/indicacao_114.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/222/indicacao_115.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/223/indicacao_116.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/224/indicacao_117.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/225/indicacao_118.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/226/indicacao_119.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/227/indicacao_120.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/228/indicacao_121.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/229/indicacao_122.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/239/indicacao_123.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/240/indicacao_124.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/242/indicacao_125.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/243/indicacao_126.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/244/indicacao_127.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/245/indicacao_128.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/246/indicacao_129.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/247/indicacao_130.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/248/indicacao_131.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/249/indicacao_132.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/254/indicacao_133.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/255/indicacao_134.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/257/indicacao_135.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/106/001-21.doc" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/107/002-21.doc" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/108/003-21.doc" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/109/004-21.doc" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/110/005-21.docx" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/111/006-21.docx" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/112/007-21.docx" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/113/008-21.docx" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/114/009-21.docx" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/115/010-21.docx" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/116/011-21.docx" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/117/012-21.doc" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/118/013-21.doc" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/119/014-21.doc" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/120/015-21.doc" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/121/016-21.doc" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/122/017-21.doc" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/123/requerimento_18.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/124/019-21.doc" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/125/020-21.doc" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/126/021-21.doc" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/127/022-21.doc" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/128/023-21.doc" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/129/024-21.doc" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/130/025-21.doc" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/131/026-21.doc" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/132/027-21.doc" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/133/028-21.doc" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/134/029-21.doc" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/135/030-21.doc" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/136/031-21.doc" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/137/032-21.doc" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/138/033-21.doc" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/139/034-21.doc" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/140/035-21.doc" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/141/036-21.doc" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/142/037-21.doc" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/143/038-21.doc" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/144/039-21.doc" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/145/040-21.doc" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/146/041-21.doc" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/147/042-21.doc" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/148/043-21.doc" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/149/044-21.doc" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/150/045-21.doc" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/151/046-21.doc" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/152/047-21.docx" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/153/048-21.doc" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/154/049-21.doc" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/155/050-21.doc" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/156/051-21.doc" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/157/052-21.doc" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/158/053-21.doc" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/159/054-21.doc" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/160/055-21.doc" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/161/056-21.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/162/057-21.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/163/058-21.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/164/059-21.doc" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/188/requerimento_60.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/189/requerimento_61.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/190/requerimento_62.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/213/requerimento_63.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/214/requerimento_64.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/215/requerimento_65.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/216/requerimento_66.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/217/requerimento_67.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/237/requerimento_68.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/238/requerimento_69.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/241/requerimento_70.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/256/requerimento_71.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/93/decreto_001-21.doc" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/198/projeto_de_lei_01.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/199/projeto_de_lei_02.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/200/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/202/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/203/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/204/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/205/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/206/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/207/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/208/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/209/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/230/projeto_de_lei_2.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/253/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/210/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/211/projeto_resolucao.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/236/projeto_de_resolucao_004.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/212/proposta_de_emenda.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2021/235/proposta_de_emenda.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H253"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="40.85546875" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="124.7109375" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="123.85546875" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>