--- v0 (2025-12-06)
+++ v1 (2026-03-12)
@@ -54,3211 +54,3211 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>275</t>
   </si>
   <si>
     <t>2022</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Bom Retiro - PMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_executivo.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_executivo.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2022, PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>292</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_3.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_3.pdf</t>
   </si>
   <si>
     <t>Altera o Protocolo de Intenções do Consórcio Público denominado de Agência Reguladora Intermunicipal de Saneamento (ARIS), anexo da Lei n° 2.355/2017 e dá outras providências.</t>
   </si>
   <si>
     <t>319</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/319/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/319/projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE CESSÃO DE USO COM O CORPO DE BOMBEIROS MILITAR DO ESTADO DE SANTA CATARINA - CBMSC E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>320</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/320/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/320/projeto.pdf</t>
   </si>
   <si>
     <t>FIXA VALORES PARA DIÁRIAS DE VIAGENS DO PESSOAL DA PREFEITURA MUNICIPAL DE BOM RETIRO.</t>
   </si>
   <si>
     <t>323</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/323/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/323/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Habitação — CMH e do Fundo Municipal de Habitação e dá outras providências.</t>
   </si>
   <si>
     <t>329</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/329/pl_06.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/329/pl_06.pdf</t>
   </si>
   <si>
     <t>342</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/342/ple_07.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/342/ple_07.doc</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO FUNDO MUNICIPAL DE INFÂNCIA E ADOLESCÊNCIA DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2022, PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>343</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/343/ple_08.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/343/ple_08.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI 2225/2014 QUE CRIA O DISTRITO INDUSTRIAL OESTE DO MUNICÍPIO DE BOM RETIRO, REVOGA A LEI Nº 2.236/14 E REGULAMENTA O DISPOSTO NA LEI 36/2011 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>344</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Altera a Lei nº 2392/18 de 21.08.2018, a qual dispõe sobre a implantação de Condomínio Horizontal de Lotes no Município de Bom Retiro e dá outras providências.</t>
   </si>
   <si>
     <t>350</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/350/pl_10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/350/pl_10.pdf</t>
   </si>
   <si>
     <t>SUPLEMENTA RECURSOS ORÇAMENTÁRIOS NO ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DE BOM RETIRO._x000D_
 EXERCÍCIO FINANCEIRO DE 2022, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>396</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_11.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2023 Ê DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>358</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/358/pl_12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/358/pl_12.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DESIGNAÇÃO DE NOMENCLATURA, DENOMINAÇÃO DE RUAS, NO PERÍMETRO URBANO DO MUNICÍPIO DE BOM  RETIRO - SC.</t>
   </si>
   <si>
     <t>359</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/359/pl_13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/359/pl_13.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O VALOR DE AJUDA DE CUSTO PARA ALIMENTAÇÃO PARA A EQUIPE DO SAMU, AGENTES DE DEFESA E SALVAMENTO,AUXILIARES, TÉCNICOS E PROFISSIONAIS DEENFERMÁNGEM, BEM COMO AOS MOTORISTAS VINCULADOS A SECRETARIA MUNICIPAL DE SAÚDE E ACRESCENTA ESTE BENEFÍCIO AOS MOTORISTAS DA SECRETARIA DE ASSISTÊNCIA SOCIAL E HABITAÇÃO QUE ESTEJAM PRESTANDO SERVIÇOS EM REGIME DE PLANTÃO E_x000D_
 SOBREAVISO.</t>
   </si>
   <si>
     <t>361</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/361/pl_14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/361/pl_14.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Criação e Estabelece Diretrizes para a Organização e Estruturação dos Conselhos Escolares da Rede Municipal de Ensino de Bom Retiro – SC.</t>
   </si>
   <si>
     <t>362</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/362/pl_15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/362/pl_15.pdf</t>
   </si>
   <si>
     <t>Abre Crédito Suplementar no Orçamento do Município de Bom Retiro, Exercício Financeiro de 2022, por Excesso de Arrecadação e pelo Superávit do Exercício Anterior.</t>
   </si>
   <si>
     <t>381</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_16.pdf</t>
   </si>
   <si>
     <t>Dá nova redação ao art. Io da Lei 2506/22, que Fixa os valores para diárias de viagens do pessoal da Prefeitura Municipal de Bom Retiro.</t>
   </si>
   <si>
     <t>386</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_17.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2022, POR EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>402</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_18.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REPASSE RECURSOS PARA POLÍCIA MILITAR DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>403</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_19.pdf</t>
   </si>
   <si>
     <t>412</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA AQUISIÇÃO DE MATERIAIS DE CONSTRUÇÃO PARA PEQUENAS REFORMAS EM RESIDÊNCIAS DE PESSOAS EM SITUAÇÃO DE VULNERABILIDADE SOCIOECONÔMICA.</t>
   </si>
   <si>
     <t>413</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_21.pdf</t>
   </si>
   <si>
     <t>417</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_22.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a Gestão Democrática do Ensino Público Municipal de Bom Retiro- SC é dá outras providências .</t>
   </si>
   <si>
     <t>432</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_23.pdf</t>
   </si>
   <si>
     <t>DEFINE O PISO MUNICIPAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>442</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_24.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a constituição do Serviço de Inspeção Municipal e os procedimentos para acesso ao Serviço de estabelecimentos de produtos de origem animal e dá outras providências.</t>
   </si>
   <si>
     <t>454</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_25.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI MUNICIPAL N°2525/2022, QUE DEFINE O PISO MUNICIPAL DOS AGENTES COMUNITÁRIOS DE SAÚDE E DOS AGENTES DE COMBATE ÀS ENDEMIAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>483</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/483/pl_26.22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/483/pl_26.22.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVOS DA LEI N° 2429/19 QUE  DISCIPLINA A REALIZAÇÃO DE SERVIÇOS A  PARTICULARES COM MÁQUINAS, EQUIPAMENTOS E _x000D_
 IMPLEMENTOS DO MUNICÍPIO, ESTABELE OS VALORES E  FORMA DE COBRANÇA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>488</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/488/pl_27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/488/pl_27.pdf</t>
   </si>
   <si>
     <t>501</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_executivo_28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_executivo_28.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Bom Retiro para o Exercício de 2023.</t>
   </si>
   <si>
     <t>506</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_29.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE CESSÃO DE USO COM ESCOLA DE ENSINO MÉDIO VALMIR OMARQUES NUNES E_x000D_
 ESCOLA DE EDUCAÇÃO BÃSICA ALEXANDRE DE GUSMÃO DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>497</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_30.pdf</t>
   </si>
   <si>
     <t>RATIFICA ALTERAÇÃO DO ESTATUTO SOCIAL DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE CIS-AMURES</t>
   </si>
   <si>
     <t>514</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_31.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2022,POR EXCESSO DE ARRECADAÇÃO E PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>515</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_32.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO,EXERCÍCIO FINANCEIRO DE 2022,POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>516</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_33.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO,EXERCÍCIO FINANCEIRO DE 2022, POR ANULAÇÃO DE DOTAÇÃO .</t>
   </si>
   <si>
     <t>517</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/517/pl_34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/517/pl_34.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2022, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>523</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/523/projeto_35.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/523/projeto_35.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2022,POR ANULAÇÃO DE DOTAÇÃO E EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>258</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Helena</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_0122.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_0122.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a recuperação do pavimento asfáltico e da drenagem pluvial da Rua Dr. Faustino.</t>
   </si>
   <si>
     <t>259</t>
   </si>
   <si>
     <t>Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_0222.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_0222.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a construção de faixa elevada de pedestre na Av. 24 de Outubro, defronte o SICOOB.</t>
   </si>
   <si>
     <t>267</t>
   </si>
   <si>
     <t>Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/267/ind_03.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/267/ind_03.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar reparos na boca de lobo na Av. Major Generoso, no Bairro São José, defronte à residência do Sr. Binha.</t>
   </si>
   <si>
     <t>266</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/266/ind_04.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/266/ind_04.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a limpeza do Riacho Sinhozinho, no Bairro São José.</t>
   </si>
   <si>
     <t>262</t>
   </si>
   <si>
     <t>Daniel Sangaletti</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/262/ind_05.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/262/ind_05.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de melhorias na Rua Antônio José Coelho.</t>
   </si>
   <si>
     <t>263</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/263/ind_06.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/263/ind_06.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de faixas elevadas de pedestres na Av. Major Generoso, no Bairro São José.</t>
   </si>
   <si>
     <t>264</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/264/ind_07.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/264/ind_07.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar adoção de providências para instalação de sinalização adequada nas marginais da BR 282 que dão acesso ao viaduto do Bairro São José.</t>
   </si>
   <si>
     <t>265</t>
   </si>
   <si>
     <t>Deuchinha</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/265/ind_08.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/265/ind_08.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo o patrolamento da estrada da localidade de Matador.</t>
   </si>
   <si>
     <t>269</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/269/ind_09.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/269/ind_09.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar melhorias na Rua João Pires, no bairro São José, próximo a residência do Sr. Gilson Machado.</t>
   </si>
   <si>
     <t>270</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/270/ind_10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/270/ind_10.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a construção de uma casinha de lixo, na Localidade de Riozinho/Paraíso da Serra, em frente a sede da fazenda Philippi.</t>
   </si>
   <si>
     <t>271</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/271/ind_11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/271/ind_11.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a reativação do poço artesiano da Localidade de Barbaquá.</t>
   </si>
   <si>
     <t>272</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/272/ind_12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/272/ind_12.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a fiscalização de plantação de pinus, nas divisas das estradas municipais, na localidade de Rio Frederico.</t>
   </si>
   <si>
     <t>273</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/273/ind_13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/273/ind_13.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o patrolamento da estrada municipal, que liga a Localidade de Paraíso da Serra ao Bairro São José.</t>
   </si>
   <si>
     <t>274</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/274/ind_14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/274/ind_14.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo, através da Defesa Civil Municipal a realização de vistoria na Ponte Bueirão, na localidade de Papuã.</t>
   </si>
   <si>
     <t>279</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/279/ind_15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/279/ind_15.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o desentupimento da rede de esgoto da Rua João Pires, no Bairro São José.</t>
   </si>
   <si>
     <t>280</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/280/ind_16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/280/ind_16.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o conserto do telhado do Ginásio de Esportes Vereador Osni Scotti, no Bairro São José.</t>
   </si>
   <si>
     <t>285</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/285/ind_17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/285/ind_17.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de iluminação pública na marginal de acesso ao trevo da BR 282 de acesso a Bom Retiro, no trecho entre a Av. Henrique Eduardo Boell e a Rua Frontino Vieira de Souza.</t>
   </si>
   <si>
     <t>281</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/281/ind_18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/281/ind_18.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o alargamento da Rua Gentil Vieira Borges, no trecho entre as Ruas Hugo Grudtner e José Freiberger, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>282</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/282/ind_19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/282/ind_19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da estrada da localidade de Irapuá.</t>
   </si>
   <si>
     <t>283</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/283/ind_20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/283/ind_20.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento do acesso a propriedade do Sr. Rodrigo Rossi e demais vizinhos, na localidade de Soledade.</t>
   </si>
   <si>
     <t>284</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/284/ind_21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/284/ind_21.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o calçamento do trecho não pavimentado da Rua João Teófilo Deucher.</t>
   </si>
   <si>
     <t>286</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/286/ind_22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/286/ind_22.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a colocação de resíduo de asfalto na marginal da BR 282 de acesso a Bom Retiro, defronte a Mecânica Moretti.</t>
   </si>
   <si>
     <t>287</t>
   </si>
   <si>
     <t>Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/287/ind_23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/287/ind_23.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da serra da localidade de Sapato.</t>
   </si>
   <si>
     <t>288</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/288/ind_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/288/ind_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o desentupimento da rede pluvial da Rua Gentil Vieira Borges, no trecho entre as Ruas Hugo Grudtner e José Freiberger.</t>
   </si>
   <si>
     <t>289</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/289/ind_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/289/ind_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o patrolamento da estrada da localidade de Três Pontas.</t>
   </si>
   <si>
     <t>290</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/290/ind_26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/290/ind_26.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a canalização de rede pluvial na continuidade da Av. Major Generoso, no Bairro São José, defronte a residência do Sr. “Tiozinho”.</t>
   </si>
   <si>
     <t>291</t>
   </si>
   <si>
     <t>Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/291/ind_27_cer.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/291/ind_27_cer.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para conserto da rede pluvial da Rua Frederico Deucher, nas proximidades do entroncamento com a Rua Carlos Wemer.</t>
   </si>
   <si>
     <t>296</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/296/ind_28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/296/ind_28.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de faixas elevadas de pedestres na Rua Carlos Werner, no entroncamento com a Rua Pedro Hugo do Amaral Neto e no entroncamento com a Av. 24 de Outubro.</t>
   </si>
   <si>
     <t>297</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/297/ind_29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/297/ind_29.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de um depósito provisório de lixo nas proximidades da ponte do Rio Ponte Alta, na localidade de Entrada.</t>
   </si>
   <si>
     <t>299</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/299/ind_30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/299/ind_30.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a recuperação da iluminação da Praça Dom Daniel.</t>
   </si>
   <si>
     <t>300</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/300/ind_31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/300/ind_31.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a recuperação da estrada de acesso a propriedade do Sr. Jaime Masson, na localidade de Rio Frederico.</t>
   </si>
   <si>
     <t>301</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/301/ind_32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/301/ind_32.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a drenagem de vala localizada nas proximidades da residência da Sra. Lurdes Hoffman, na localidade de Barbaquá.</t>
   </si>
   <si>
     <t>302</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/302/ind_33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/302/ind_33.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Dignissimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar o patrolamento da Rua Generoso Idelfonso de Oliveira.</t>
   </si>
   <si>
     <t>303</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/303/ind_34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/303/ind_34.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a canalização de toda extensão do Riacho Rincão, no trecho localizado na Rua Frontino Vieira de Souza.</t>
   </si>
   <si>
     <t>304</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/304/ind_35.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/304/ind_35.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a concessão de auxílio financeiro a Associação Bonretirense de Amparo ao Animal.</t>
   </si>
   <si>
     <t>305</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/305/ind_36.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/305/ind_36.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo, através da Comissão Municipal de Defesa Civil, a realização de vistoria na ponte de acesso a propriedade do Sr. Joselino Prange, na localidade de Barbaquá.</t>
   </si>
   <si>
     <t>307</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/307/ind_37.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/307/ind_37.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo o patrolamento da estrada da localidade de Entrada até a cascalheira do Trombudo.</t>
   </si>
   <si>
     <t>308</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
     <t>Cláudio Bombeiro</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/308/ind_38.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/308/ind_38.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a desobstrução de boca de lobo localizada no entroncamento da Av. 24 de Outubro com a Praça Dom Daniel.</t>
   </si>
   <si>
     <t>309</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/309/ind_39.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/309/ind_39.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a desobstrução de boca de lobo na Rua São José, no loteamento Andrade</t>
   </si>
   <si>
     <t>310</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/310/ind_40.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/310/ind_40.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a implantação de escala de plantão para as empresas funerárias em funcionamento no Município.</t>
   </si>
   <si>
     <t>311</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/311/ind_41.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/311/ind_41.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a revitalização do Centro Poliesportivo Municipal Amo Oscar Meyer.</t>
   </si>
   <si>
     <t>315</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/315/ind_42.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/315/ind_42.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a reativação dos atendimentos médicos nos postos de saúde das comunidades de Canoas e Barbaquá.</t>
   </si>
   <si>
     <t>316</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/316/ind_43.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/316/ind_43.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo interceder junto a Celesc para limpeza dos lotes situados ao lado do Ginásio de Esportes Nenzinho.</t>
   </si>
   <si>
     <t>317</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/317/ind_44.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/317/ind_44.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo reparos na estrada que liga as comunidades de Rio Frederico e Barbaquá.</t>
   </si>
   <si>
     <t>318</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/318/ind_45.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/318/ind_45.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo adoção de providências para eliminar o foco de incêndio na Rua Belizário Vedes, no Bairro São José</t>
   </si>
   <si>
     <t>321</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/321/ind_46.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/321/ind_46.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a recuperação da iluminação pública na continuação da Rua Pedro Hugo do Amaral Neto, no final do Bairro Capistrano.</t>
   </si>
   <si>
     <t>324</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/324/ind_47.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/324/ind_47.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo o desentupimento de boca de lobo no entroncamento das Ruas Carlos Werner e Manoel Philippi, assim como a colocação de uma carga de cascalho.</t>
   </si>
   <si>
     <t>325</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/325/ind_48.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/325/ind_48.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar adoção de providências para nomenclatura das ruas do Loteamento Vista do Sol.</t>
   </si>
   <si>
     <t>326</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento da estrada da localidade de Sapato.</t>
   </si>
   <si>
     <t>327</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/327/ind_50.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/327/ind_50.doc</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a recuperação da estrada de acesso as comunidades de Costão do frade e Barbaquá .</t>
   </si>
   <si>
     <t>328</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/328/ind_51.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/328/ind_51.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar adoção de providências para nivelamento da área localizada defronte o CEDUC Divino Saber para ofertar mais segurança no acesso a esse educandário.</t>
   </si>
   <si>
     <t>332</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/332/ind_52.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/332/ind_52.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de reparos no acesso a propriedade do Sr. José Ricardo Thives Branco, na localidade de Figueiredo.</t>
   </si>
   <si>
     <t>333</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/333/ind_53.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/333/ind_53.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento da Rua Gentil Vieira Borges.</t>
   </si>
   <si>
     <t>334</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/334/ind_54.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/334/ind_54.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar adoção de providências junto a Casan para reassentamento das lajotas retiradas pela referida empresa em obra executada na Av. Majoro Generoso, no Bairro São José.</t>
   </si>
   <si>
     <t>335</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/335/ind_55.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/335/ind_55.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar instalação de uma lixeira ao lado do abrigo de passageiros localizado nas imediações do Destacamento de Polícia Militar.</t>
   </si>
   <si>
     <t>336</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/336/ind_56.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/336/ind_56.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a criação do Conselho Municipal de Segurança Pública.</t>
   </si>
   <si>
     <t>337</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>Helena, Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/337/ind_57.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/337/ind_57.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a manutenção da estrada entre as comunidades de Cambará e Figueiredo.</t>
   </si>
   <si>
     <t>338</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/338/ind_58.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/338/ind_58.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de um depósito provisório de lixo na localidade de Guarda Velha.</t>
   </si>
   <si>
     <t>340</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/340/ind_59.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/340/ind_59.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar ao Poder Executivo a recuperação da estrada da localidade _x000D_
 de Rio Frederico.</t>
   </si>
   <si>
     <t>341</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/341/ind_60.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/341/ind_60.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a construção de poço artesiano na localidade de Trombudo.</t>
   </si>
   <si>
     <t>346</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Landir, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/346/ind_61.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/346/ind_61.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscrevem, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o CISAMA para solicitar que os R$ 60.000,00 destinados através de emenda parlamentar pelo Deputado Marcius Machado sejam aplicados na modernização da iluminação do trevo da BR 282 de acesso ao Município de Urubici.</t>
   </si>
   <si>
     <t>347</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/347/ind_62.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/347/ind_62.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscrevem, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a viabilidade de aplicar R$ 200.000,00, em recursos próprios, para complementação da pavimentação da serra de acesso a comunidade de Paraiso da Serra.</t>
   </si>
   <si>
     <t>348</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/348/ind_63.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/348/ind_63.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscrevem, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a inclusão no projeto arquitetônico do posto de saúde a ser construído no Bairro Capistrano de uma sala para armazenamento e distribuição de medicamentos.</t>
   </si>
   <si>
     <t>349</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/349/ind_64.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/349/ind_64.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscrevem, vem através da presente e naforma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a instalação do sistema de segurança Helper no município, sendo mais um instrumento para contribuir com a segurança pública em nossa cidade.</t>
   </si>
   <si>
     <t>352</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/352/ind_65.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/352/ind_65.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a desobstrução de bueiros na estrada da localidade de Figueiredo.</t>
   </si>
   <si>
     <t>353</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/353/ind_66.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/353/ind_66.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de internet na escola da localidade de Cambará, assim como a contratação de mais um professor e a realização de manutenção periódica da área externa deste educandário.</t>
   </si>
   <si>
     <t>354</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/354/ind_67.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/354/ind_67.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o retomo das visitas dos profissionais médicos aos pacientes do interior que necessitam de atendimento e que possuem limitações ou dificuldades para deslocamento até as unidades básicas de saúde, assim como o retomo dos atendimentos pelos _x000D_
 agentes de saúde em todas as localidades do interior do Município.</t>
   </si>
   <si>
     <t>355</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/355/ind_68.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/355/ind_68.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a construção de uma passarela de ferro sobre a BR 282, possibilitando a ligação entre os dois trechos da Av. Henrique Eduardo Boell.</t>
   </si>
   <si>
     <t>356</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/356/ind_69.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/356/ind_69.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a reforma da Capela Mortuária Anjo de Luz</t>
   </si>
   <si>
     <t>363</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/363/ind_70.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/363/ind_70.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a reforma da quadra de esportes do distrito de Canoas.</t>
   </si>
   <si>
     <t>364</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/364/ind_71.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/364/ind_71.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de iluminação pública nas Ruas Irineu Bomhausen, Edelberto Brazildes de Oliveira e na Rua H, no loteamento Bela Vista.</t>
   </si>
   <si>
     <t>365</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/365/ind_72.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/365/ind_72.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a construção de um banheiro na quadra de esportes da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>366</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/366/ind_733.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/366/ind_733.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar r ao Poder Executivo a recuperação do calçamento da Rua Anita Garibaldi, nas proximidades da empresa do Sr. Alcione Sebold.</t>
   </si>
   <si>
     <t>367</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/367/ind_74.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/367/ind_74.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de canteiro central na Rua Carlos Werner, no trecho entre a Av. 24 de Outubro e a Rua Jorge Lacerda.</t>
   </si>
   <si>
     <t>368</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/368/ind_75.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/368/ind_75.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar ao Poder Executivo o patrolameneto e cascalhameneto da estrada de acesso a propriedade do Sr. Nestor Schutz, no Campo Novo, assim como a reforma da ponte situada nesta via.</t>
   </si>
   <si>
     <t>369</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/369/ind_76.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/369/ind_76.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar ao Poder Executivo o patrolameneto e casclahamento da estrada de acesso a localidade de Cupim.</t>
   </si>
   <si>
     <t>370</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Helena, Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/370/ind_77.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/370/ind_77.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, veem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar ao Poder Executivo a instalação de iluminação pública no Santuário Nossa Senhora Aparecida</t>
   </si>
   <si>
     <t>371</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
     <t>Landir</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/371/ind_78.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/371/ind_78.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal pra solicitar ao Poder Executivo disponibilizar transporte escolar aos alunos do Bairro Capistrano, que estudam na Escola Valmir Omarques Nunes.</t>
   </si>
   <si>
     <t>372</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/372/ind_79.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/372/ind_79.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal pra solicitar ao Poder Executivo a construção de um heliponto no Hospital Nossa Senhora das Graças, no município de Bom Retiro/SC.</t>
   </si>
   <si>
     <t>373</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/373/ind_80.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/373/ind_80.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal pra solicitar ao Poder Executivo o patrolamento e cascalhamento da Avenida Major Generoso, bairro São José, até o Morro da Cruz.</t>
   </si>
   <si>
     <t>374</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/374/ind_81.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/374/ind_81.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e naforma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal pra solicitar ao Poder Executivo o patrolamento e cascalhamento das estradas nas Localidades do Paraíso da Serra e Campo Novo do Sul</t>
   </si>
   <si>
     <t>376</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/376/ind_82.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/376/ind_82.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal pra solicitar ao Poder Executivo o cascalhamento da rua José Freiberger, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>377</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/377/ind_83.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/377/ind_83.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal pra solicitar ao Poder Executivo a colocação de placas com a denominação das ruas no Bairro Capistrano.</t>
   </si>
   <si>
     <t>378</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/378/ind_84.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/378/ind_84.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal pra solicitar ao Poder Executivo a colocação de tubulação pluvial na Rua Antonio José Coelho.</t>
   </si>
   <si>
     <t>379</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/379/ind_85.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/379/ind_85.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal pra solicitar ao Poder Executivo uma verificação e se necessário, a realização de limpeza na tubulação do Riacho Rincão.</t>
   </si>
   <si>
     <t>385</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_86.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_86.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal pra solicitar a regulamentação do estacionamento em apenas um lado da Rua Cônego Adriano, permitindo aos veículos o uso das vagas, exclusivamente, no sentido sul da via, defronte a Escola de Ensino Médio Valmir Omarques Nunes, possibilitando melhor fluidez do trânsito neste logradouro.</t>
   </si>
   <si>
     <t>387</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/387/ind_87.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/387/ind_87.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a instalação de muretas de proteção na ponte localizada nas proximidades da Igreja da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>388</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de iluminação na pista de motocross e a construção de telhado no pavilhão do antigo palco do Parque Municipal de Exposições.</t>
   </si>
   <si>
     <t>389</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/389/ind_89.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/389/ind_89.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o cascalhamento da serra de acesso a comunidade de Paraiso_x000D_
 da Serra.</t>
   </si>
   <si>
     <t>390</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/390/ind_90.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/390/ind_90.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a limpeza de boca de lobo na Rua Carlos Souza, no Bairro São José.</t>
   </si>
   <si>
     <t>391</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o fechamento do perímetro do Pré-Escolar Capistrano, assim como a reforma do parque infantil deste educandário</t>
   </si>
   <si>
     <t>393</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/393/ind_92.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/393/ind_92.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a aquisição de três botijões de nitrogênio para uso na inseminação de bovinos na região de Paraíso da Serra e Campo Novo, na região de Três Pontas, Costa da Serra, Rio do Meio e Sapato, e na região de Barbaquá, Costão do Frade, Laranjeiras e Costãozinho</t>
   </si>
   <si>
     <t>394</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/394/ind_93.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/394/ind_93.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar ao poder executivo, através da Comissão Municipal de Defesa Civil, a realização de vistoria na ponte localizada nas proximidades da igreja da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>395</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/395/ind_94.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/395/ind_94.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para o cascalhamento e patrolamento da estrada que liga as localidades de Entrada e Costãozinho, assim como a limpeza das margens da estrada de acesso a localidade de Trombudo.</t>
   </si>
   <si>
     <t>397</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/397/ind_95.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/397/ind_95.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o_x000D_
 Exmo. Sr. Prefeito Municipal para solicitar a recuperação de bueiro na localidade de Cupim, na estrada que dá acesso a propriedade do Sr. Adriano Bosquetti.</t>
   </si>
   <si>
     <t>398</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o_x000D_
 Exmo. Sr. Prefeito Municipal para solicitar a recuperação de parte da antiga estrada de acesso a localidade de João Paulo, no trecho próximo a propriedade do Sr. Alexandre de Almeida.</t>
   </si>
   <si>
     <t>399</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/399/ind_97.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/399/ind_97.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o_x000D_
 Exmo. Sr. Prefeito Municipal para solicitar a implantação da coleta seletiva de lixo no Município.</t>
   </si>
   <si>
     <t>400</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/400/ind_98.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/400/ind_98.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o_x000D_
 Exmo. Sr. Prefeito Municipal para que seja revisada a tubulação da rede pluvial que está sendo implantada na Rua Generoso Idelfonso de Oliveira, garantindo declividade para o adequado escoamento da água.</t>
   </si>
   <si>
     <t>401</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/401/ind_99.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/401/ind_99.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para contratação de empresa ou profissional liberal para execução de serviços de fisioterapia com intuito de atender o grande número de munícipes que necessitam de reabilitação na rede pública municipal.</t>
   </si>
   <si>
     <t>406</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a reforma da Capela Mortuária Anjo de Luz.</t>
   </si>
   <si>
     <t>407</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/407/ind_101.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/407/ind_101.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar reajuste no auxílio por morte concedido as pessoas com baixa renda ou em situação vulnerável, possibilitando um valor apropriado às famílias que se encontram impossibilitadas de arcar, por conta própria, com as despesas do funeral de seus entes.</t>
   </si>
   <si>
     <t>408</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/408/ind_102.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/408/ind_102.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a correção dos valores dos benefícios eventuais concedidos pela Secretaria Municipal de Assistência Social.</t>
   </si>
   <si>
     <t>409</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/409/ind_103.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/409/ind_103.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o cascalhamento da Rua Santa Clara, assim como a instalação de uma boca de lobo neste logradouro.</t>
   </si>
   <si>
     <t>415</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/415/ind_104.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/415/ind_104.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a recuperação ambiental, mediante plantio de árvores e outras espécies nativas, no terreno do antigo lixão no Bairro Capistrano, a limpeza e manutenção do riacho adjacente, assim como vistoria pela Vigilância Sanitária quanto a existência de esgoto a céu aberto.</t>
   </si>
   <si>
     <t>416</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/416/ind_105.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/416/ind_105.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de um depósito provisório de lixo na rua Belizário Vedes, no Bairro São José.</t>
   </si>
   <si>
     <t>420</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/420/106.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/420/106.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a pintura das faixas de pedestre defronte a Escola de Educação Básica Alexandre de Gusmão.</t>
   </si>
   <si>
     <t>421</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/421/107.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/421/107.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o pagamento do piso nacional aos agentes comunitários de  saúde, nos termos estabelecidos pela Constituição Federal.</t>
   </si>
   <si>
     <t>422</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/422/108.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/422/108.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a realização de ações visando sensibilizar a sociedade sobre a violência doméstica e familiar contra a mulher, conforme prevê a lei municipal n.° 2418/19 que instituiu a Campanha Agosto Lilás.</t>
   </si>
   <si>
     <t>423</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/423/ind_109.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/423/ind_109.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a designação de um servidor, em sistema de plantão, para atuar nos finais de semana e feriados com a finalidade de atender aos visitantes e turistas, orientando sobre os atrativos e equipamentos turísticos, sua localização e demais informações sobre a cidade.</t>
   </si>
   <si>
     <t>424</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/424/110.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/424/110.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da estrada de acesso as propriedades dos Srs. José Bosquetti e José Pereira, na localidade de Cupim.</t>
   </si>
   <si>
     <t>425</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/425/ind_111.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/425/ind_111.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o conserto do relógio / termômetro localizado na Av. 24 de Outubro.</t>
   </si>
   <si>
     <t>426</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/426/ind_112.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/426/ind_112.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar adoção de providências para recuperação da iluminação das quadras de esportes do Distrito de Canoas e da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>427</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de uni depósito provisório de lixo na rua Carlos Souza, no Bairro São José</t>
   </si>
   <si>
     <t>428</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/428/ind_114.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/428/ind_114.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de sinalização luminosa e sonora para pedestres no semáforo localizado na Av. 24 de Outubro.</t>
   </si>
   <si>
     <t>429</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/429/ind_115.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/429/ind_115.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a construção de um mirante turístico entre as comunidades de Costão do Frade e Barbaquá.</t>
   </si>
   <si>
     <t>430</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/430/ind_116.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/430/ind_116.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar que a obra de pavimentação para execução do calçamento da Localidade de Paraíso da Serra, seja realizada levando em consideração aos seguintes critérios técnicos:_x000D_
 1 - A regularização do subpleito:_x000D_
 - Seja executada cnforme especificações do DNIT, considerando tráfego de veículos pesados;_x000D_
 2 - Quanto as lajotas de concreto:_x000D_
 - espessura de 8cm;_x000D_
 - FCK mínimo 35 Mpa (resistência mínima)_x000D_
 - Ausência de trincas, fraturas e outros defeitos;_x000D_
 - Análise técnica de conformidade de acordo com o estabelecido na NBR 9781;_x000D_
 - Assentamento sobre colchão de areia média de 6 cm;_x000D_
 - Atender NBR 15953, quanto à execução._x000D_
 3 - Quanto ao meio fio em concreto pré-moldado:_x000D_
 - Espessura de 6cm;_x000D_
 - Altura de 30 cm;_x000D_
 - Resistência mínima de 25 Mpa;_x000D_
 - Ausência de trincas e falhas._x000D_
 4 - Já em relação as vigas de contenção do pavimento ...</t>
   </si>
   <si>
     <t>436</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/436/ind_117.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/436/ind_117.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento e patrolamento da estrada da localidade de Rio Jacinto.</t>
   </si>
   <si>
     <t>437</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/437/ind_118.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/437/ind_118.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a inclusão de dispositivo no novo Plano Diretor determinando a realização de paisagismo na frente dos lotes da área industrial, a cargo de cada empresário, preferencialmente com plantas nativas.</t>
   </si>
   <si>
     <t>438</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/438/ind_119.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/438/ind_119.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de aulas de ginástica e alongamento as pessoas da terceira idade, à exemplo do que acontecia antes da pandemia de COVID-19.</t>
   </si>
   <si>
     <t>439</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/439/ind_120.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/439/ind_120.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de estudo para construção de uma passarela de pedestres anexa ao viaduto de acesso ao Bairro São José, assim como a retirada da mureta que delimita a área para pedestres com intuito de instituir mão dupla para veículos no local.</t>
   </si>
   <si>
     <t>440</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/440/ind_121.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/440/ind_121.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de faixa de pedestre na Rua Cônego Adriano, nas proximidades do abrigo de passageiros localizado na Av. Henrique Eduardo Boell.</t>
   </si>
   <si>
     <t>441</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/441/ind_122.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/441/ind_122.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento da estrada da localidade de Paraíso da Serra, no trecho da BRO 270 de acesso ao Riozinho e na BRO 260 de acesso ao Saltinho.</t>
   </si>
   <si>
     <t>446</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/446/ind_123.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/446/ind_123.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a limpeza, roçada e cercamento da área industrial do Município.</t>
   </si>
   <si>
     <t>447</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a elaboração de uma rota de cicloturismo e inclusão da mesma no Plano Diretor do Município</t>
   </si>
   <si>
     <t>448</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/448/ind_125.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/448/ind_125.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o conserto do calçamento da rua João Pedro de Souza, defronte o número 356.</t>
   </si>
   <si>
     <t>449</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/449/ind_127.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/449/ind_127.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências para garantir de forma efetiva o atendimento telefônico na Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>450</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr Prefeito Municipal para solicitar o cascalhamento da estrada que liga Cambará a localidade de Ranchinho.</t>
   </si>
   <si>
     <t>451</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/451/ind_128.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/451/ind_128.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da Rua Rosalino Caetano da Luz, assim como a instalação de duas bocas de lobo neste logradouro.</t>
   </si>
   <si>
     <t>452</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/452/ind_129.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/452/ind_129.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da Rua Frontino Vieira de Souza, próximo a empresa secadora de grãos Moretti</t>
   </si>
   <si>
     <t>455</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/455/ind_130.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/455/ind_130.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o pagamento, em folha suplementar, do piso nacional aos agentes de saúde e de combates às endemias.</t>
   </si>
   <si>
     <t>456</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/456/ind_131.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/456/ind_131.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o calçamento da serra de acesso a comunidade de Paraíso da Serra.</t>
   </si>
   <si>
     <t>457</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/457/ind_132.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/457/ind_132.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr Prefeito Municipal para solicitar o patrolamento, cascalhamento e desentupimento de bueiros na estrada da localidade de João Paulo até a comunidade Cupim.</t>
   </si>
   <si>
     <t>458</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/458/ind_133.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/458/ind_133.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de um novo depósito provisório de lixo na localidade de Emboque, pois o que existia no local foi destruído  recentemente.</t>
   </si>
   <si>
     <t>459</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/459/ind_134.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/459/ind_134.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a construção de um muro de contenção na Rua Padre Paulo.</t>
   </si>
   <si>
     <t>460</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/460/ind_135.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/460/ind_135.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento da Rua Carlos Souza</t>
   </si>
   <si>
     <t>461</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/461/ind_136.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/461/ind_136.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de rede de esgoto na Rua Rosalino Caetano da Luz.</t>
   </si>
   <si>
     <t>463</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/463/ind_137.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/463/ind_137.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de placas indicativas com os nomes das ruas no Bairro São José.</t>
   </si>
   <si>
     <t>464</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/464/ind_138.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/464/ind_138.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a colocação de tubos na entrada da gruta da localidade de Costão do Frade para facilitar o estacionamento de veículos e a passagem dos pedestres.</t>
   </si>
   <si>
     <t>473</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/473/ind_139.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/473/ind_139.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal, através da Secretaria Municipal de Assistência Social, para solicitar a criação de programa de prevenção à gravidez na adolescência</t>
   </si>
   <si>
     <t>474</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/474/ind_140.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/474/ind_140.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a readequação salarial aos motoristas da Secretaria Municipal de Transportes e Obras.</t>
   </si>
   <si>
     <t>475</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/475/ind_141.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/475/ind_141.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o patrolamento da estrada da Vila Ney.</t>
   </si>
   <si>
     <t>476</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/476/ind_142.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/476/ind_142.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o patrolamento da estrada da localidade de Barbaquá, assim como a limpeza das sarjetas.</t>
   </si>
   <si>
     <t>477</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/477/ind_143.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/477/ind_143.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de faixa de pedestres na Rua 14 de Janeiro, defronte o Supermercado Beppler.</t>
   </si>
   <si>
     <t>478</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar, através da Secretaria Municipal de Assistência Social, a criação de um plano de ações preventivas para crianças e adolescentes em situação de risco e vulnerabilidade social.</t>
   </si>
   <si>
     <t>479</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento da estrada da localidade de Três Pontas.</t>
   </si>
   <si>
     <t>480</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/480/ind_146.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/480/ind_146.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a criação do programa “Bom Retiro pela Paz”, visando ações públicas sociais, administrativas e urbanas que busquem a redução da criminalidade e a promoção da cultura da paz, através da integração dos diversos segmentos da sociedade.</t>
   </si>
   <si>
     <t>484</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/484/ind_147.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/484/ind_147.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o calçamento da parte não pavimentada das ruas Gentil Vieira Borges, Jorge Lacerda e Pedro Hugo do Amaral Neto.</t>
   </si>
   <si>
     <t>485</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/485/ind_148.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/485/ind_148.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a aquisição de equipamento composto com vassoura coletora para limpeza das ruas de nossa cidade.</t>
   </si>
   <si>
     <t>486</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/486/ind_149.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/486/ind_149.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr Prefeito Municipal para solicitar a reativação da Fundação Municipal de Cultura.</t>
   </si>
   <si>
     <t>487</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/487/ind_150.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/487/ind_150.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o desentupimento de bueiros na estrada da localidade de Sapato.</t>
   </si>
   <si>
     <t>490</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/490/ind_151.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/490/ind_151.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a construção de uma praça no Bairro São José.</t>
   </si>
   <si>
     <t>494</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/494/ind_152.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/494/ind_152.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de assentos individuais na arquibancada do  Ginásio de Esportes “Nenzinho” que ainda não possui esse equipamento.</t>
   </si>
   <si>
     <t>495</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/495/ind_153.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/495/ind_153.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de bebedouro na quadra de grama sintética anexa ao Centro Poliesportivo Amo Oscar Meyer.</t>
   </si>
   <si>
     <t>496</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/496/ind_154.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/496/ind_154.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar providências para amenizar a poeira na Rua Idelfonso Generoso de Oliveira.</t>
   </si>
   <si>
     <t>502</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/502/ind_155.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/502/ind_155.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para o fechamento de vala escavada pela Prefeitura municipal na estrada da localidade de Papuã.</t>
   </si>
   <si>
     <t>511</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/511/ind_156.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/511/ind_156.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a realização de reparos no muro de gabião construído no rio Campo Novo, na localidade de Campo Novo.</t>
   </si>
   <si>
     <t>512</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/512/ind_157.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/512/ind_157.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar providências para cercar a área do parque infantil do Jardim Hercílio Luz. para evitar a presença de animais neste espaço e garantir maior segurança as crianças que utilizam esse equipamento de lazer.</t>
   </si>
   <si>
     <t>513</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/513/ind_158.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/513/ind_158.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a manutenção da estrada da propriedade do Sr. Alonir Deucher, na localidade de Barbaquá, que dá acesso a torre de internet rural da Prefeitura municipal.</t>
   </si>
   <si>
     <t>518</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/518/ind_159.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/518/ind_159.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a elaboração de mapas turísticos do município de Bom Retiro.</t>
   </si>
   <si>
     <t>519</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/519/ind_160.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/519/ind_160.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a verificação de esgotos a céu aberto na cidade, assim como adoção de providências visando a canalização destes detritos.</t>
   </si>
   <si>
     <t>520</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/520/ind_161.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/520/ind_161.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr Prefeito Municipal para solicitar a recuperação da ponte da localidade de Rio do Meio.</t>
   </si>
   <si>
     <t>521</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/521/ind_162.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/521/ind_162.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o conserto da lombada localizada na Av. de 24 de Outubro, nas proximidades da Rua Vade Taja.</t>
   </si>
   <si>
     <t>522</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/522/ind_163.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/522/ind_163.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar o nivelamento das vias no entroncamento da Av. Major Generoso com a Rua Clemente Gorges, no Bairro São José.</t>
   </si>
   <si>
     <t>525</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/525/ind_164.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/525/ind_164.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a recuperação de ponte na localidade de Rio do Meio, localizada nas proximidades da capela dessa comunidade, visando o escoamento da safra e dos moradores da região.</t>
   </si>
   <si>
     <t>526</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/526/ind_165.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/526/ind_165.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a recuperação da estrada que liga Serra dos Lorenzi ao Rio Frederico.</t>
   </si>
   <si>
     <t>261</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/261/req_1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/261/req_1.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer ao Poder Executivo, ouvido o Digníssimo Plenário, informações sobre a  quem compete a recuperação das marginais da BR 282 de acesso a Bom Retiro, assim como se há previsão da Prefeitura em executar ações para melhorias destes acessos.</t>
   </si>
   <si>
     <t>277</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/277/rq_03.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/277/rq_03.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que o Poder Executivo informe se pretende pagar o Piso Nacional do Magistério aos professores municipais, nos termos da portaria do Governo Federal vigente para o exercício de 2022.</t>
   </si>
   <si>
     <t>278</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/278/req_04.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/278/req_04.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, seja solicitado o seguinte ao Poder Executivo:_x000D_
 1. Cópia do contrato firmado pelo Município com a empresa responsável _x000D_
 pelo Serviço Municipal de Acolhimento Institucional para Crianças e _x000D_
 Adolescentes;_x000D_
 2. Quantos profissionais atuam no Serviço Municipal de Acolhimento _x000D_
 Institucional e qual a formação destes trabalhadores;_x000D_
 3. Existe um conselho municipal responsável pela fiscalização e _x000D_
 acompanhamento das ações do Serviço Municipal de Acolhimento _x000D_
 Institucional? Em caso afirmativo, encaminhar relatório das ações _x000D_
 desenvolvidas por esse órgão no ano de 2021 relacionadas ao Serviço _x000D_
 Municipal de Acolhimento Institucional;_x000D_
 4. Quais ações foram relacionadas ao Serviço Municipal de Acolhimento _x000D_
 Institucional foram desenvolvidas pela Secretaria Municipal de _x000D_
 Assistência Social no ano de 2021.</t>
   </si>
   <si>
     <t>293</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/293/req_05.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/293/req_05.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, seja solicitado o seguinte ao Poder Executivo:_x000D_
 1. Relatório das Ações desenvolvidas pelo Conselho Municipal de Turismo no ano 2021;_x000D_
 2. Cópia das atas das reuniões realizadas pelo Conselho Municipal de Turismo no ano de 2021.</t>
   </si>
   <si>
     <t>294</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/294/req_06.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/294/req_06.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, seja solicitado o seguinte ao Poder Executivo:_x000D_
 1 De quem é a responsabilidade de quitação de água e luz pela utilização do espaço para reciclagem de lixo e compostagem, do imóvel com localização ás margens da BR 282, KM 130;_x000D_
 2 Qual o prazo para a empresa iniciar as atividades de reciclagem de lixo e compostagem após a assinatura da cessão de uso do referido espaço;_x000D_
 3. Qual o prazo concedido pelo Município para cessão de uso do espaço para reciclagem de lixo e compostagem, com localização ás margens da BR 282, km 130;_x000D_
 4. Quem será responsável pela coleta de matérias para reciclagem e compostagem e quais os Bairros e localidades do Município serão atendidos por esse serviço;_x000D_
 5. Quais serão as responsabilidade da empresa RV Prestadora de Serviço e Coleta Ltda quanto as normas sanitárias e ambientais relacionadas ao serviço de reciclagem do lixo e compostagem..</t>
   </si>
   <si>
     <t>295</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/295/req_07.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/295/req_07.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo a convocação da Secretária Municipal de Saúde para explanar sobre:_x000D_
 1. Serviço de fisioterapia, fonoaudiologia e odontológico;_x000D_
 2. Distribuição de medicamentos nas unidades de saúde;_x000D_
 3. Funcionamento dos postos de saúde do Município;_x000D_
 4. Período de atendimento médico à população do interior do Município; _x000D_
 Posto de Saúde do Bairro Capistrano.</t>
   </si>
   <si>
     <t>306</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/306/req_08.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/306/req_08.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através _x000D_
 do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao _x000D_
 Poder Executivo a convocação do Secretário Municipal de Educação para explanar sobre:_x000D_
 1 - Transporte Escolar;_x000D_
 2 - Manutenção das estradas para garantir o transporte escolar;_x000D_
 3 - Pagamento do Piso Nacional do Magistério aos professores da rede_x000D_
 municipal de ensino;_x000D_
 4 - Pagamento dos atrasados aos professores da rede municipal de ensino _x000D_
 referente ao Piso Nacional do Magistério.</t>
   </si>
   <si>
     <t>322</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/322/req_09.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/322/req_09.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
 1 - Relatório contendo os recursos disponíveis nas contas da Prefeitura Municipal e seus fundos;</t>
   </si>
   <si>
     <t>357</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/357/req_11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/357/req_11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem _x000D_
 através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o _x000D_
 seguinte:_x000D_
 1 - Detalhamento, com clareza, dos motivos que levaram o Município a _x000D_
 ceder o imóvel localizado às margens da BR 282, Km 130;_x000D_
 2 - Detalhamento, com clareza, se a Prefeitura ficará responsável pelo _x000D_
 recolhimento, transporte, separação, reciclagem e compostagem do lixo, explicando cada _x000D_
 uma das etapas que serão assumidas pelo Município ou a devida justificativa, de forma _x000D_
 individual de cada etapa, dos motivos que a Prefeitura não executará tais ações,_x000D_
 3 - Detalhamento, com nitidez, de quais as responsabilidades impostas _x000D_
 pela Prefeitura Municipal para escolha da empresa selecionada no processo LIcitatório n.° _x000D_
 25/22, evidenciando se a empresa ficará responsável pela coleta do lixo reciclável ou se _x000D_
 apenas utilizará o espaço citado no certame para seu uso próprio...</t>
   </si>
   <si>
     <t>375</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/375/req_11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/375/req_11.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
 1 - Relatório contendo os recursos disponíveis nas contas da Prefeitura Municipal e seus fundos</t>
   </si>
   <si>
     <t>383</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/383/req_12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/383/req_12.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o_x000D_
 seguinte:_x000D_
 1 - Qual o valor gasto pela Prefeitura Municipal com a aquisição de medicamentos para distribuição nos postos de saúde nos anos de 2020 e 2021._x000D_
 2 - Qual o valor gasto pela Prefeitura Municipal com a aquisição de medicamentos nas farmácias particulares para distribuição a população nos anos de 2020 e 2021.</t>
   </si>
   <si>
     <t>384</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/384/req_13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/384/req_13.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
 1 - Com relação as avarias na pavimentação asfáltica da Rua Cônego Adriano, quais medidas a Prefeitura adotou para corrigir;_x000D_
 2 - A empresa que executou a obra ainda possui responsabilidade em arrumar a pavimentação asfáltica da Rua Cônego Adriano? Em caso positivo, encaminhar notificação efetuada pela Prefeitura Municipal à empresa executora da obra e as medidas que foram adotadas para o conserto do pavimento.</t>
   </si>
   <si>
     <t>392</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/392/req_14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/392/req_14.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo informações das providências tomadas pela Prefeitura Municipal para sanar em definitivo o problema da falta de água no Distrito de Canoas, elencando_x000D_
 todas as ações desenvolvidas pela atual gestão com relação a esse grave problema enfrentado pelos moradores desta comunidade.</t>
   </si>
   <si>
     <t>410</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/410/req_15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/410/req_15.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo a convocação da Secretária Municipal de Administração e Fazenda para explanar sobre:_x000D_
 1 - Pagamento do adicional de insalubridade aos servidores municipais e sobre o andamento dos processos judiciais em tramitação, bem como cronograma que será adotado pelo Município para o pagamento dos débitos judiciais, transitado em julgado ou não._x000D_
 2 - Pagamento do Piso Nacional do Magistério aos professores da rede municipal de ensino e sobre o andamento dos processos judiciais em tramitação, do cronograma que será adotado pelo Município para o pagamento dos valores atrasados e sobre  o prosseguimento dos processos judiciais no que se diz respeito aos valores relativos aos reflexos nas demais rubricas, indexadas sobre o vencimento, valores considerados controversos e pleiteados pelos professores municipais.</t>
   </si>
   <si>
     <t>414</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/414/req_16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/414/req_16.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações sobre processo de formalização das escrituras públicas das casas que foram construídas aos moradores que residiam no terreno do antigo lixão, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>418</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/418/req_17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/418/req_17.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Assistência Social e Habitação para explanar sobre o andamento das escrituras públicas do Programa Lar Legal, assim como das casas que foram construídas aos moradores que residiam no terreno do antigo lixão, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>419</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/419/req_18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/419/req_18.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
 1 - Relatório contendo os recursos disponíveis nas contas da Prefeitura Municipal e seus fundos.</t>
   </si>
   <si>
     <t>431</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/431/req_19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/431/req_19.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar os seguintes esclarecimentos sobre a obra da nova escola do bairro São José:_x000D_
 a) Em que data se deu o inicio da obra e qual era a previsão para sua conclusão;_x000D_
 b) Qual o valor licitado para aludida obra, a origem dos recursos e se houve aditamento de valor. Encaminhar cópia dos termos aditivos e contratos firmados nesta obra._x000D_
 c) Relato, de forma minuciosa, dos motivos que resultaram no atraso de entrega desta obra._x000D_
 d) Quantas empreiteiras já assumiram a obra desde o inicio até o presente momento, relacionando o nome das empresas e os motivos que resultaram no rompimento dos contratos;_x000D_
 e) Qual empresa atualmente está executando a obra e qual a previsão de término e inauguração da nova escola.</t>
   </si>
   <si>
     <t>434</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/434/req_20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/434/req_20.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo firmado, amparado no Art. 36 da LOM, e no Art. 83, 11, do Regimento Interno, vêm através do presente Requerer, ouvido o Digníssimo Plenário, 30 (trinta) dias de licença para tratar de interesses particulares, sem remuneração, a contar do dia 11 de setembro de 2022 e com término no dia 11 de outubro de 2022.</t>
   </si>
   <si>
     <t>435</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/435/req_21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/435/req_21.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar os seguintes esclarecimentos sobre a prova de Rally anunciada pela Prefeitura Municipal e que passará pelo território do Município._x000D_
 a) Qual o roteiro do referido rally?_x000D_
 b) Quais ações serão adotadas pelo Município e pela organização com intuito de minimizar impactos aos moradores residentes nas proximidades do trajeto da referida prova automobilística?_x000D_
 c) Cronograma que será instituído pelo Município para informar aos moradores sobre as regras da referida prova, assim como das medidas de segurança que serão adotadas.</t>
   </si>
   <si>
     <t>462</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/462/req_22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/462/req_22.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, o envio de convite ao Diretor do CISAMA, Selênio Sartori, assim como ao representante da empresa Ventura Engenharia, Rodrigo Ventura, para explanar sobre o andamento das obras do saneamento básico do Bairro Capistrano.</t>
   </si>
   <si>
     <t>470</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/470/req_23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/470/req_23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, através da Secretaria Municipal de Assistência Social e Habitação, para requerer o seguinte:_x000D_
 1 - Relatório dos gastos com projetos sociais no ano de 2021 e 2022;_x000D_
 2 - Quais projetos sociais estão sendo desenvolvidos pela Secretaria Municipal de Assistência Social, o público-alvo, número de pessoas assistidas e a descrição completa de cada projeto;</t>
   </si>
   <si>
     <t>471</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/471/req_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/471/req_24.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, para requerer o seguinte:_x000D_
 1- 0 terreno entre o Espaço Cultural Aberto - Escua e a Rua Cônego Adriano é de propriedade do Município? Em caso positivo, encaminhar a metragem da área, se existe cronograma para fechamento (cercar) e limpeza do terreno; O referido terreno está sendo utilizado para alguma finalidade? Em caso positivo, descrever o propósito e quem está utilizando aquele espaço e qual o motivo._x000D_
 2- 0 terreno adquirido para ampliação do cemitério municipal está cercado? A referida área está sendo utilizada para alguma finalidade? Em caso positivo, quem está utilizando aquele espaço e qual o motivo._x000D_
 3 - Listagem dos lotes baldios de propriedade do Município, a localização, se estão sendo utilizados para alguma finalidade e quais terrenos possuem muros e cercas.</t>
   </si>
   <si>
     <t>472</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/472/req_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/472/req_25.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, para requerer as seguintes informações:_x000D_
 1 - Já ingressou nos cofres municipais os recursos do Governo Federal para pagamento do piso salarial aos agentes de saúde e de combate as endemias?_x000D_
 2 - Quando o município implantará, efetivamente, o pagamento do piso  salarial aos agentes de saúde e de combate as endemias?</t>
   </si>
   <si>
     <t>481</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/481/req_26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/481/req_26.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Transportes e Obras para explanar sobre a recuperação das estradas municipais e do cronograma de manutenção destas vias.</t>
   </si>
   <si>
     <t>482</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/482/req_27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/482/req_27.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, para requerer informações sobre a conclusão da pavimentação asfáltica das Ruas Doutor Faustino, Generoso Idelfonso de Oliveira, Professora Isaura Vargas e Constâncio Krumel.</t>
   </si>
   <si>
     <t>492</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/492/req_28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/492/req_28.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, para requerer informações sobre a periodicidade da coleta de lixo no depósito provisório localizado defronte a garagem da Prefeitura Municipal, assim como os motivos do frequente acúmulo de resíduos e entulhos neste local.</t>
   </si>
   <si>
     <t>493</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/493/req_29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/493/req_29.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, para requerer o seguinte:_x000D_
 1 - Cópia do processo licitatório referente ao serviço de pavimentação asfáltica e drenagem pluvial das ruas Doutor Faustino, Generoso Idelfonso de Oliveira, Professora Isaura Vargas e Constâncio Krumel.</t>
   </si>
   <si>
     <t>505</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/505/req_30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/505/req_30.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, a realização de Sessão Solene em homenagem aos 80 anos da Escola de Educação Básica Alexandre de Gusmão</t>
   </si>
   <si>
     <t>510</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/510/req_31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/510/req_31.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal Agricultura para explanar sobre a execução de serviços pelos tratores agrícolas da Prefeitura municipal.</t>
   </si>
   <si>
     <t>433</t>
   </si>
   <si>
     <t>DLE</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_decreto_legislativo.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM RETIRO, RELATIVAS AO EXERCÍCIO DE 2020.</t>
   </si>
   <si>
     <t>312</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_1_complementar.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_1_complementar.pdf</t>
   </si>
   <si>
     <t>ALTERA O PERÍMETRO URBANO DO MUNICÍPIO DE BOM RETIRO-SC</t>
   </si>
   <si>
     <t>313</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/313/plc_02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/313/plc_02.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ZONA DE EXPANSÃO DO PERÍMETRO URBANO NA LOCALIDADE DO PARAÍSO DA SERRA - BOM RETIRO - SC.</t>
   </si>
   <si>
     <t>314</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE ZONA DE EXPANSÃO URBANA NA FAZENDA BOM RETIRO, NA LOCALIDADE DE CANELEIRA, NO MUNICÍPIO DE  BOM RETIRO - SC.</t>
   </si>
   <si>
     <t>345</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/345/plc_04.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/345/plc_04.doc</t>
   </si>
   <si>
     <t>ALTERA A LEI QUE DISPÕE SOBRE A CONCESSÃO DE INCENTIVOS FISCAIS E DE ESTÍMULOS ECONÔMICOS PARA EMPREENDIMENTOS ECONÔMICOS QUE VENHAM SE ESTABELECER NO MUNICÍPIO DE BOM RETIRO,  CRIA O CONSELHO E O FUNDO MUNICIPAL DA INDÚSTRIA E COMÉRCIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>360</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/360/pl_complementar_5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/360/pl_complementar_5.pdf</t>
   </si>
   <si>
     <t>Altera as atribuições do cargo de "Fiscal de Vigilância Sanitária" de que trata a Lei Municipal n°. 1578/01 de 21 de agosto de 2001, e dá outras providências.</t>
   </si>
   <si>
     <t>382</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_complementar.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_complementar.pdf</t>
   </si>
   <si>
     <t>ALTERA NÚMERO DE VAGAS DO QUADRO DE SERVIDORES EFETIVOS DO MUNICÍPIO.</t>
   </si>
   <si>
     <t>404</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/404/projeto_cpl_7.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/404/projeto_cpl_7.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CARGA HORÁRIA DO CARGO DE MOTORISTA SOCORRISTA E TÉCNICO DE ENFERMAGEM SOCORRISTA DO SERVIÇO DE_x000D_
 ATENDIMENTO MOVEL DE URGÊNCIA - “SAMU”, DO MUNICÍPIO DE BOM RETIRO, ALTERA A LEI COMPLEMENTAR MUNICIPAL 30 DE 16 DE DEZEMBRO DE 2010 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>405</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/405/projeito_cpl_8.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/405/projeito_cpl_8.pdf</t>
   </si>
   <si>
     <t>INCLUI O INCISO XIV AO ARTIGO 56 DA LEI COMPLEMENTAR 01/2003, QUE DISPÕE SOBRE O PAGAMENTO DE GRATIFICAÇÕES PARA OS_x000D_
 SERVIDORES MUNICIPAIS E REVOGA O ART. 3° DA LEI COMPLEMENTAR N° 62/17 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>411</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_cpl_9.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_cpl_9.pdf</t>
   </si>
   <si>
     <t>Acresce cargos e vagas na Estrutura Administrativa da Prefeitura Municipal de Bom Retiro e dá outras providências”.</t>
   </si>
   <si>
     <t>443</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/443/projetp_plc_10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/443/projetp_plc_10.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CARGA HORÁRIA DO CARGO DE AGENTE MUNICIPAL DE DEFESA E SALVAMENTO QUE TRABALHA NO CORPO DE_x000D_
 BOMBEIROS DO MUNICÍPIO DE BOM RETIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>453</t>
   </si>
   <si>
     <t>Altera número de vagas dos cargos de Assistente Social e Psicólogo criados pela Lei Complementar n° 98/22 de 06.09.22”.</t>
   </si>
   <si>
     <t>466</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/466/plc_12.06.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/466/plc_12.06.pdf</t>
   </si>
   <si>
     <t>Altera e Acrescenta dispositivos a Lei Complementar n° 88/20 que atualiza o Piso Salarial Nacional do Magistério no Plano de Cargos Plano de Carreira dos Profissionais do Magistério Público do Município de Bom Retiro e dá outras providencias.</t>
   </si>
   <si>
     <t>467</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/467/plc_13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/467/plc_13.pdf</t>
   </si>
   <si>
     <t>ALTERA O ARTIGO 40 DA LEI COMPLEMENTAR 01/2003 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>260</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/260/01.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/260/01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR A REMOÇÃO DE VEÍCULOS ABANDONADOS EM LOGRADOUROS_x000D_
 PÚBLICOS NO ÂMBITO DO MUNICÍPIO DE BOM RETIRO - SANTA CATARINA.</t>
   </si>
   <si>
     <t>351</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/351/pl_leg_2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/351/pl_leg_2.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A MUDANÇA DE NOMENCLATURA DA CAPELA MORTUÁRIA MUNICIPAL.</t>
   </si>
   <si>
     <t>380</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_legislativo_04.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_legislativo_04.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIA A DISTRIBUIÇÃO DOS MEDICAMENTOS CONTEMPLADOS PELA FARMÁCIA BÁSICA E OUTROS DISTRIBUÍDOS_x000D_
 PELO MUNICÍPIO NAS UNIDADES BÁSICAS DE SAÚDE.</t>
   </si>
   <si>
     <t>500</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/500/legislativo_5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/500/legislativo_5.pdf</t>
   </si>
   <si>
     <t>TORNA OBRIGATÓRIO O ENCAMINHAMENTO A CÂMARA MUNICIPAL DE DOCUMENTOS DAS OBRAS PÚBLICAS EM EXECUÇÃO PELO MUNICÍPIO.</t>
   </si>
   <si>
     <t>465</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_de_resolucao_2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_de_resolucao_2.pdf</t>
   </si>
   <si>
     <t>DENOMINA AUDITÓRIO DA CÂMARA MUNICIPAL DE BOM RETIRO.</t>
   </si>
   <si>
     <t>489</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_resolucao_03.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_resolucao_03.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>507</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_de_resolucao_4.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_de_resolucao_4.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO.</t>
   </si>
   <si>
     <t>268</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/268/mocao_01.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/268/mocao_01.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência a Superintendência do DNIT para _x000D_
 solicitar adoção de providências para recuperação das vias marginais da BR 282 de acesso a Bom Retiro.</t>
   </si>
   <si>
     <t>276</t>
   </si>
   <si>
     <t>Deuchinha, Daniel Sangaletti, Moraes, Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/276/mocao_02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/276/mocao_02.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Dalcema _x000D_
 Sangaletti Bruder.</t>
   </si>
   <si>
     <t>330</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Daniel Sangaletti, Deuchinha, Helena, Landir, Moraes, Serginho, Soni, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/330/mocao_03.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/330/mocao_03.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento do Sr. Rafael de _x000D_
 Souza.</t>
   </si>
   <si>
     <t>444</t>
   </si>
   <si>
     <t>Helena, Moraes, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/444/mocao_20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/444/mocao_20.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, requerem que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento da Sra. Ester Maria Kretzer Rosar.</t>
   </si>
   <si>
     <t>445</t>
   </si>
   <si>
     <t>Deuchinha, Helena, Moraes, Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/445/mocao_21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/445/mocao_21.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, requerem que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento do ex-prefeito_x000D_
 municipal, Sr. Jair Philippi.</t>
   </si>
   <si>
     <t>468</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie expediente ao Colegiado Superior de Segurança Pública e Perícia Oficial para solicitar o aumento do efetivo da Polícia Militar no Município, visando garantir maior segurança aos bonretirenses.</t>
   </si>
   <si>
     <t>469</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/469/mocao_23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/469/mocao_23.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento do Sr. Luiz Rossi.</t>
   </si>
   <si>
     <t>491</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/491/mocao_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/491/mocao_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao Deputado Estadual, Marcius Machado, para solicitar o repasse de R$ 100.000,00 para instalação de novas placas de energia solar no Hospital Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>498</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/498/mocao_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/498/mocao_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência a Assembléia Legislativa apoiando o Projeto de Lei de Iniciativa Popular que modifica o § 2o, I, do Art. 17, da Lei Complementar 412/2008, possibilitando que a contribuição previdenciária dos_x000D_
 aposentados e pensionistas do Estado incida somente na quantia que supere o limite máximo estabelecido para os benefícios do Regime Geral de Previdência Social.</t>
   </si>
   <si>
     <t>499</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/499/mocao_26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/499/mocao_26.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao Deputado Estadual, Marcius_x000D_
 Machado, para solicitar o repasse de recursos visando a aquisição de aparelhos de ar_x0002_condicionado, aparelhos de televisão e poltronas para o Hospital Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>503</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/503/mocao_27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/503/mocao_27.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao Deputado Estadual, Marcius Machado, para solicitar o repasse de recursos para construção de uma quadra de esportes emborrachada no Bairro Capistrano.</t>
   </si>
   <si>
     <t>504</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/504/mocao_28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/504/mocao_28.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao Deputado Estadual, Marcius_x000D_
 Machado, para solicitar o repasse de recursos para instalação de câmeras de videomonitoramento no município de Bom Retiro.</t>
   </si>
   <si>
     <t>508</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/508/mocao_29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/508/mocao_29.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento do Sr. Cezar Souza_x000D_
 dos Santos.</t>
   </si>
   <si>
     <t>509</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/509/mocao_30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/509/mocao_30.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao Deputado Estadual, Marcius Machado, para solicitar o repasse de recursos para castração de animais de pequeno porte no município de Bom Retiro.</t>
   </si>
   <si>
     <t>524</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/524/mocao_31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/524/mocao_31.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao DEINFRA solicitando a_x000D_
 recuperação urgente do trecho da SC 110, entre Bom Retiro e Petrolândia, pois esta rodovia está repleta de buracos e com pontos intransitáveis, trazendo prejuízos materiais aos condutores e dificuldades para escoamento da safra agropecuária da região.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3566,68 +3566,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_3.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/319/projeto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/320/projeto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/323/projeto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/329/pl_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/342/ple_07.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/343/ple_08.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/350/pl_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/358/pl_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/359/pl_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/361/pl_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/362/pl_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/483/pl_26.22.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/488/pl_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_executivo_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/517/pl_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/523/projeto_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_0122.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_0222.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/267/ind_03.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/266/ind_04.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/262/ind_05.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/263/ind_06.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/264/ind_07.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/265/ind_08.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/269/ind_09.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/270/ind_10.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/271/ind_11.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/272/ind_12.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/273/ind_13.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/274/ind_14.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/279/ind_15.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/280/ind_16.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/285/ind_17.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/281/ind_18.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/282/ind_19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/283/ind_20.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/284/ind_21.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/286/ind_22.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/287/ind_23.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/288/ind_24.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/289/ind_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/290/ind_26.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/291/ind_27_cer.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/296/ind_28.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/297/ind_29.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/299/ind_30.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/300/ind_31.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/301/ind_32.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/302/ind_33.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/303/ind_34.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/304/ind_35.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/305/ind_36.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/307/ind_37.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/308/ind_38.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/309/ind_39.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/310/ind_40.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/311/ind_41.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/315/ind_42.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/316/ind_43.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/317/ind_44.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/318/ind_45.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/321/ind_46.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/324/ind_47.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/325/ind_48.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/327/ind_50.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/328/ind_51.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/332/ind_52.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/333/ind_53.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/334/ind_54.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/335/ind_55.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/336/ind_56.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/337/ind_57.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/338/ind_58.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/340/ind_59.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/341/ind_60.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/346/ind_61.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/347/ind_62.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/348/ind_63.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/349/ind_64.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/352/ind_65.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/353/ind_66.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/354/ind_67.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/355/ind_68.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/356/ind_69.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/363/ind_70.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/364/ind_71.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/365/ind_72.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/366/ind_733.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/367/ind_74.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/368/ind_75.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/369/ind_76.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/370/ind_77.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/371/ind_78.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/372/ind_79.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/373/ind_80.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/374/ind_81.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/376/ind_82.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/377/ind_83.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/378/ind_84.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/379/ind_85.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/387/ind_87.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/389/ind_89.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/390/ind_90.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/393/ind_92.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/394/ind_93.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/395/ind_94.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/397/ind_95.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/399/ind_97.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/400/ind_98.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/401/ind_99.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/407/ind_101.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/408/ind_102.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/409/ind_103.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/415/ind_104.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/416/ind_105.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/420/106.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/421/107.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/422/108.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/423/ind_109.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/424/110.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/425/ind_111.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/426/ind_112.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/428/ind_114.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/429/ind_115.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/430/ind_116.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/436/ind_117.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/437/ind_118.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/438/ind_119.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/439/ind_120.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/440/ind_121.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/441/ind_122.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/446/ind_123.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/448/ind_125.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/449/ind_127.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/451/ind_128.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/452/ind_129.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/455/ind_130.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/456/ind_131.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/457/ind_132.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/458/ind_133.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/459/ind_134.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/460/ind_135.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/461/ind_136.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/463/ind_137.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/464/ind_138.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/473/ind_139.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/474/ind_140.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/475/ind_141.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/476/ind_142.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/477/ind_143.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/480/ind_146.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/484/ind_147.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/485/ind_148.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/486/ind_149.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/487/ind_150.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/490/ind_151.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/494/ind_152.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/495/ind_153.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/496/ind_154.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/502/ind_155.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/511/ind_156.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/512/ind_157.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/513/ind_158.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/518/ind_159.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/519/ind_160.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/520/ind_161.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/521/ind_162.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/522/ind_163.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/525/ind_164.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/526/ind_165.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/261/req_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/277/rq_03.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/278/req_04.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/293/req_05.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/294/req_06.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/295/req_07.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/306/req_08.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/322/req_09.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/357/req_11.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/375/req_11.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/383/req_12.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/384/req_13.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/392/req_14.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/410/req_15.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/414/req_16.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/418/req_17.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/419/req_18.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/431/req_19.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/434/req_20.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/435/req_21.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/462/req_22.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/470/req_23.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/471/req_24.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/472/req_25.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/481/req_26.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/482/req_27.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/492/req_28.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/493/req_29.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/505/req_30.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/510/req_31.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_1_complementar.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/313/plc_02.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/345/plc_04.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/360/pl_complementar_5.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_complementar.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/404/projeto_cpl_7.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/405/projeito_cpl_8.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_cpl_9.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/443/projetp_plc_10.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/466/plc_12.06.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/467/plc_13.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/260/01.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/351/pl_leg_2.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_legislativo_04.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/500/legislativo_5.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_de_resolucao_2.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_de_resolucao_4.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/268/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/276/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/330/mocao_03.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/444/mocao_20.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/445/mocao_21.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/469/mocao_23.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/491/mocao_24.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/498/mocao_25.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/499/mocao_26.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/503/mocao_27.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/504/mocao_28.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/508/mocao_29.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/509/mocao_30.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/524/mocao_31.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/275/projeto_executivo.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/292/projeto_3.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/319/projeto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/320/projeto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/323/projeto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/329/pl_06.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/342/ple_07.doc" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/343/ple_08.doc" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/350/pl_10.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/396/projeto_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/358/pl_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/359/pl_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/361/pl_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/362/pl_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/381/projeto_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/386/projeto_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/402/projeto_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/403/projeto_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/412/projeto_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/413/projeto_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/417/projeto_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/432/projeto_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/442/projeto_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/454/projeto_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/483/pl_26.22.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/488/pl_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/501/projeto_executivo_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/506/projeto_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/497/projeto_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/514/projeto_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/515/projeto_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/516/projeto_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/517/pl_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/523/projeto_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/258/indicacao_0122.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/259/indicacao_0222.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/267/ind_03.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/266/ind_04.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/262/ind_05.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/263/ind_06.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/264/ind_07.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/265/ind_08.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/269/ind_09.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/270/ind_10.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/271/ind_11.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/272/ind_12.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/273/ind_13.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/274/ind_14.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/279/ind_15.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/280/ind_16.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/285/ind_17.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/281/ind_18.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/282/ind_19.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/283/ind_20.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/284/ind_21.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/286/ind_22.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/287/ind_23.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/288/ind_24.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/289/ind_25.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/290/ind_26.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/291/ind_27_cer.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/296/ind_28.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/297/ind_29.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/299/ind_30.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/300/ind_31.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/301/ind_32.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/302/ind_33.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/303/ind_34.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/304/ind_35.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/305/ind_36.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/307/ind_37.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/308/ind_38.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/309/ind_39.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/310/ind_40.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/311/ind_41.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/315/ind_42.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/316/ind_43.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/317/ind_44.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/318/ind_45.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/321/ind_46.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/324/ind_47.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/325/ind_48.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/327/ind_50.doc" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/328/ind_51.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/332/ind_52.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/333/ind_53.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/334/ind_54.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/335/ind_55.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/336/ind_56.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/337/ind_57.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/338/ind_58.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/340/ind_59.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/341/ind_60.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/346/ind_61.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/347/ind_62.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/348/ind_63.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/349/ind_64.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/352/ind_65.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/353/ind_66.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/354/ind_67.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/355/ind_68.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/356/ind_69.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/363/ind_70.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/364/ind_71.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/365/ind_72.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/366/ind_733.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/367/ind_74.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/368/ind_75.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/369/ind_76.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/370/ind_77.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/371/ind_78.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/372/ind_79.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/373/ind_80.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/374/ind_81.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/376/ind_82.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/377/ind_83.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/378/ind_84.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/379/ind_85.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/385/indicacao_86.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/387/ind_87.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/389/ind_89.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/390/ind_90.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/393/ind_92.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/394/ind_93.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/395/ind_94.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/397/ind_95.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/399/ind_97.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/400/ind_98.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/401/ind_99.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/407/ind_101.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/408/ind_102.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/409/ind_103.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/415/ind_104.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/416/ind_105.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/420/106.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/421/107.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/422/108.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/423/ind_109.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/424/110.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/425/ind_111.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/426/ind_112.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/428/ind_114.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/429/ind_115.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/430/ind_116.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/436/ind_117.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/437/ind_118.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/438/ind_119.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/439/ind_120.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/440/ind_121.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/441/ind_122.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/446/ind_123.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/448/ind_125.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/449/ind_127.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/451/ind_128.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/452/ind_129.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/455/ind_130.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/456/ind_131.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/457/ind_132.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/458/ind_133.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/459/ind_134.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/460/ind_135.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/461/ind_136.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/463/ind_137.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/464/ind_138.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/473/ind_139.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/474/ind_140.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/475/ind_141.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/476/ind_142.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/477/ind_143.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/480/ind_146.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/484/ind_147.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/485/ind_148.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/486/ind_149.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/487/ind_150.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/490/ind_151.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/494/ind_152.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/495/ind_153.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/496/ind_154.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/502/ind_155.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/511/ind_156.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/512/ind_157.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/513/ind_158.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/518/ind_159.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/519/ind_160.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/520/ind_161.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/521/ind_162.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/522/ind_163.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/525/ind_164.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/526/ind_165.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/261/req_1.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/277/rq_03.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/278/req_04.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/293/req_05.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/294/req_06.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/295/req_07.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/306/req_08.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/322/req_09.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/357/req_11.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/375/req_11.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/383/req_12.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/384/req_13.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/392/req_14.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/410/req_15.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/414/req_16.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/418/req_17.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/419/req_18.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/431/req_19.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/434/req_20.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/435/req_21.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/462/req_22.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/470/req_23.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/471/req_24.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/472/req_25.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/481/req_26.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/482/req_27.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/492/req_28.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/493/req_29.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/505/req_30.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/510/req_31.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/433/projeto_decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/312/projeto_1_complementar.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/313/plc_02.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/345/plc_04.doc" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/360/pl_complementar_5.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/382/projeto_complementar.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/404/projeto_cpl_7.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/405/projeito_cpl_8.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/411/projeto_cpl_9.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/443/projetp_plc_10.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/466/plc_12.06.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/467/plc_13.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/260/01.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/351/pl_leg_2.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/380/projeto_legislativo_04.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/500/legislativo_5.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/465/projeto_de_resolucao_2.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/489/projeto_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/507/projeto_de_resolucao_4.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/268/mocao_01.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/276/mocao_02.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/330/mocao_03.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/444/mocao_20.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/445/mocao_21.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/469/mocao_23.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/491/mocao_24.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/498/mocao_25.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/499/mocao_26.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/503/mocao_27.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/504/mocao_28.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/508/mocao_29.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/509/mocao_30.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2022/524/mocao_31.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H267"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="89.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="99.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>