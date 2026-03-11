--- v0 (2025-12-06)
+++ v1 (2026-03-11)
@@ -54,3493 +54,3493 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>527</t>
   </si>
   <si>
     <t>2023</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Bom Retiro - PMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder benefícios aos médicos participantes do Programa Médicos pelo Brasil.</t>
   </si>
   <si>
     <t>528</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/528/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/528/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização de transferência de recursos financeiros mediante a celebração de Termo de_x000D_
 Colaboração entre o Município de Bom Retiro e organização da sociedade civil para a realização da XV Festa Estadual do Churrasco.</t>
   </si>
   <si>
     <t>562</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/562/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/562/projeto.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O MUNICÍPIO DE CHAPADÃO DO LAGEADO EFETUAR TRANSPORTE DE ALUNOS RESIDENTES NA LOCALIDADE DE RIO DO MEIO DO MUNICÍPIO DE BOM RETIRO E O MUNICÍPIO DE CHAPADÃO DO LAGEADO SE RESPONSABILIZARÁ PELA RECUPERAÇÃO E MANUTENÇÃO DE ESTRADAS PRÓXIMAS À DIVISA ENTRE ESTES MUNICÍPIOS E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>571</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/571/projeto_certo.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/571/projeto_certo.pdf</t>
   </si>
   <si>
     <t>CRIA PROGRAMA DE AUXÍLIO A REFORMA E AMPLIAÇÃO DAS MORADIAS DE PESSOAS DE BAIXA RENDA E VULNERABILIDADE SOCIOECONÔMICA.</t>
   </si>
   <si>
     <t>587</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/587/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/587/projeto.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal doar ou se desfazer de bens móveis inservíveis pertencentes ao Município.</t>
   </si>
   <si>
     <t>588</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/588/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/588/projeto.pdf</t>
   </si>
   <si>
     <t>Estabelece a Estrutura e o Funcionamento do Conselho Tutelar de Bom Retiro e dá outras providências.</t>
   </si>
   <si>
     <t>589</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/589/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/589/projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AJUDA DE CUSTO PARA PESSOAS PORTADORAS DE NECESSIDADES ESPECIAIS DO MUNICÍPIO DE BOM RETIRO E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>600</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/600/copia_projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/600/copia_projeto.pdf</t>
   </si>
   <si>
     <t>Cria o Conselho de Desenvolvimento de Bom Retiro - SC e o Fundo Municipal de Desenvolvimento e dá outras providências.</t>
   </si>
   <si>
     <t>599</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/599/projeto_certo.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/599/projeto_certo.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL DE QUE TRATA O ARTIGO 37, X DA CF/88 AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS E PENSIONISTAS, ESTAGIÁRIOS, E DOS AGENTES POLÍTICOS MUNICIPAIS, REAJUSTA VENCIMENTOS E AUXÍLIO-ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>654</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/654/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/654/projeto.pdf</t>
   </si>
   <si>
     <t>INCLUI PARÁGRAFO ÚNICO AO ARTIGO 1 DA LEI 1518/00 QUE TRATA DO PLANO_x000D_
 RODOVIÁRIO DO MUNICÍPIO DE BOM RETIRO, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>622</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/622/parte_do_projeto_merged_1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/622/parte_do_projeto_merged_1.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O EXECUTIVO MUNICIPAL A REALIZAR O PARCELAMENTO DE DÍVIDAS JUNTO AO INSS, DE GLOSAS DE COMPENSAÇÃO REALIZADAS_x000D_
 INDEVIDAMENTE EM GEFIP, JUNTO À RECEITA FEDERAL DO BRASIL, NA FORMA A SEGUIR ESPECIFICADA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>627</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/627/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/627/projeto.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2024 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>704</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/704/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/704/projeto.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO FUNDO MUNICIPAL DE FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2023, PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>669</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/669/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/669/projeto.pdf</t>
   </si>
   <si>
     <t>ALTERA DISPOSITIVO DA LEI 2429/19, QUE DISCIPLINA A REALIZAÇÃO DE SERVIÇOS A PARTICULARES COM MÁQUINAS, EQUIPAMENTOS E IMPLEMENTOS DO MUNICÍPIO,ESTABELECE OS VALORES E FORMA DE COBRANÇA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>691</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/691/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/691/pl.pdf</t>
   </si>
   <si>
     <t>Introduz Modificações no Artigo 3o da Lei n.° 1410 de 19.12.97, Que Instituiu o Conselho Municipal de Saúde.</t>
   </si>
   <si>
     <t>692</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/692/pl_16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/692/pl_16.pdf</t>
   </si>
   <si>
     <t>DEFINE E REGULAMENTA OS BENEFÍCIOS EVENTUAIS NO ÂMBITO DA POLÍTICA MUNICIPAL DE ASSISTÊNCIA SOCIAL, DE QUE_x000D_
 TRATA O ART. 22, DA LEI FEDERAL N°. 8.742, DE 07/12/1993” PARA O BENEFÍCIOS EVENTUAIS DA POLÍTICA MUNICIPAL DE ASSISTÊNCIA SOCIAL_x000D_
 DE ACORDO COM A LEI 1.349/96 E DA OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>707</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/707/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/707/projeto.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Protocolo de Intenções consubstanciado no Contrato de Consórcio Público da Agência Reguladora Intermunicipal de Saneamento (ARIS), e dá outras providências.</t>
   </si>
   <si>
     <t>708</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/708/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/708/projeto.pdf</t>
   </si>
   <si>
     <t>REGULAMENTA O USO DOS CEMITÉRIOS MUNICIPAIS, ESTABELECE TARIFAS E PREÇO PÚBLICO PELO USO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>727</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/727/pl_19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/727/pl_19.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo  a promover leilão para alienar sucatas consideradas inservíveis e de propriedade da Prefeitura Municipal e dá outras providências.</t>
   </si>
   <si>
     <t>709</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/709/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/709/projeto.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO FUNDO MUNICIPAL DO IDOSO, O QUAL COMPÕE  O FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL DO_x000D_
 MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2023, PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR E PELO EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>710</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/710/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/710/projeto.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO_x000D_
 FINANCEIRO DE 2023, POR ANULAÇÃO DE DOTAÇÃO E POR PROVÁVEL EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>742</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/742/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/742/projeto.pdf</t>
   </si>
   <si>
     <t>Fixa o valor para pagamento de Obrigações de Pequeno Valor/RPV, decorrentes de decisões judiciais, nos termos do Art. 100, § 3° e 4° da Constituição Federal.</t>
   </si>
   <si>
     <t>749</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/749/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/749/projeto.pdf</t>
   </si>
   <si>
     <t>PROIBE O TRÁFEGO DE VEÍCULOS COM PESO BRUTO SUPERIOR A 10 TONELADAS, NAS ESTRADAS RURAIS MUNICIPAIS DE BOM RETIRO EM DIA DE CHUVA E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>771</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/771/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/771/pl.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a implantação de Educação de Tempo Integral nas unidades educacionais do Município de Bom Retiro, Santa Catarina e dá outras providências.</t>
   </si>
   <si>
     <t>772</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/772/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/772/pl.pdf</t>
   </si>
   <si>
     <t>Introduz Modificações no Artigo 7o da Lei n.° 2259 de 09.12.14, Que Instituiu o Conselho Municipal de Política Cultural.</t>
   </si>
   <si>
     <t>800</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/800/pl_26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/800/pl_26.pdf</t>
   </si>
   <si>
     <t>PROÍBE O USO DE PORTÕES, CERCAS OU  QUALQUER OUTRO MODO DE OBSTRUÇÃO EM  ESTRADAS MUNICIPAIS E NAS VIAS DE  CONEXÃO ENTRE PROPRIEDADES RURAIS.</t>
   </si>
   <si>
     <t>786</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_5_merged_1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_5_merged_1.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Bom Retiro para o Exercício de 2024.</t>
   </si>
   <si>
     <t>785</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/785/pl_28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/785/pl_28.pdf</t>
   </si>
   <si>
     <t>INCLUI AS ALÍNEAS "F" E “G” AO INCISO IV DO  ARTIGO 16 DA LEI N° 2558, DE 24 DE OUTUBRO DE  2023, QUE DEFINE E REGULAMENTA OS BENEFÍCIOS _x000D_
 EVENTUAIS NO ÂMBITO DA POLÍTICA MUNICIPAL  DE ASSISTÊNCIA SOCIAL, DE QUE TRATA O ART. 22,  DA LEI FEDERAL N°. 8.742, DE 07/12/1993” PARA OS  BENEFÍCIOS EVENTUAIS DA POLÍTICA MUNICIPAL  DE ASSISTÊNCIA SOCIAL DE ACORDO COM A LEI  1.349196 E DAS OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>812</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/812/pl_29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/812/pl_29.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a autorização para utilização de bens e  espaços públicos para realização de festas e eventos por  particulares e dá outras providências.</t>
   </si>
   <si>
     <t>801</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/801/pl_30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/801/pl_30.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE CESSÃO DE USO COM O SINDICATO DA AGRICULTURA FAMILIAR DE BOM RETIRO/SC E REGIÃO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>802</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/802/pl_31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/802/pl_31.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE CESSÃO DE USO COM O HOSPITAL NOSSA SENHORA DAS GRAÇAS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>811</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/811/pl_32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/811/pl_32.pdf</t>
   </si>
   <si>
     <t>PROIBE O TRÁFEGO DE VEÍCULOS COM PESO BRUTO SUPERIOR A 10 TONELADAS, NAS ESTRADAS RURAIS MUNICIPAIS DE BOM RETIRO EM DIA DE CHUVA, BEM COMO OBRIGA A REPARAÇÃO DE DANOS CAUSADOS NAS ESTRADAS VICINAIS MUNICIPAIS E DÁ OUTRAS PROVIDENCIAS.</t>
   </si>
   <si>
     <t>827</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_33.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo Municipal a conceder  benefícios aos médicos participantes do Programa Mais  Médicos para o Brasil.</t>
   </si>
   <si>
     <t>828</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/828/pl_34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/828/pl_34.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2023, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>529</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Daniel Sangaletti</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/529/1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/529/1.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a realização de melhorias nas estradas das localidades de Rio Frederico, Serra dos Lorenzi e Três Pontas.</t>
   </si>
   <si>
     <t>530</t>
   </si>
   <si>
     <t>Deuchinha</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/530/2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/530/2.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a limpeza da sarjeta na estrada da localidade de Alto Barbaquá para melhorar a drenagem e evitar a entrada de água na propriedade do Sr. Deivid Marinho da Silva (Piolho).</t>
   </si>
   <si>
     <t>531</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/531/3.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/531/3.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a construção de um bueiro nas proximidades da propriedade da Sra. Marli de Pinho, na localidade de alto Barbaquá, para evitar a entrada de água no referido terreno.</t>
   </si>
   <si>
     <t>532</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/532/4.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/532/4.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a Defesa Civil municipal a realização de vistoria na ponte localizada nas proximidades da Igreja da comunidade de Rio do Meio.</t>
   </si>
   <si>
     <t>533</t>
   </si>
   <si>
     <t>Cláudio Bombeiro</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/533/5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/533/5.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar reparos e cascalhamento na Rua Carlos Souza, no bairro São José, no município de Bom Retiro/SC.</t>
   </si>
   <si>
     <t>539</t>
   </si>
   <si>
     <t>Helena</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/539/6.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/539/6.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a realização de um programa sobre gravidez na adolescência, conforme a Lei Federal n° 13.798/2019.</t>
   </si>
   <si>
     <t>540</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/540/7.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/540/7.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a realização de calçamento das mas do Distrito de Canoas, no município de Bom Retiro/SC.</t>
   </si>
   <si>
     <t>541</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/541/8.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/541/8.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a construção de ‘’bocas de lobo” na continuidade da Rua Santa Clara, bairro Bela Vista, no município de Bom Retiro/SC.</t>
   </si>
   <si>
     <t>542</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/542/9.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/542/9.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a viabilidade sobre a elaboração de projeto de lei, proposto pelo executivo, através de Convênio entre os Municípios, autorizando o município de Chapadão do Lageado/SC a atender a Comunidade do Rio do Meio, devido sua localização geográfica.</t>
   </si>
   <si>
     <t>543</t>
   </si>
   <si>
     <t>Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/543/10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/543/10.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a recuperação do calçamento da Rua Anita Garibaldi, nas proximidades da empresa do Sr. Alcione Sebold.</t>
   </si>
   <si>
     <t>544</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/544/11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/544/11.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a recuperação do calçamento da Rua João Teófilo Deucher.</t>
   </si>
   <si>
     <t>547</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/547/12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/547/12.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a implantação de sentido único de trânsito nas Ruas Constâncio Krumel e Professora Izaura Vargas.</t>
   </si>
   <si>
     <t>548</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/548/13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/548/13.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar o cascalhamento da estrada de acesso a propriedade dos Lessa e da serra das abelhas, na localidade de Figueiredo</t>
   </si>
   <si>
     <t>549</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/549/14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/549/14.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a limpeza de bueiro na Av Major Generoso, nas proximidades da caixa de água do Bairro São José.</t>
   </si>
   <si>
     <t>550</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/550/15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/550/15.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal paia solicitar a limpeza da sarjeta na Rua Padre Paulo, no Bairro São José, para evitar que a água da chuva adentre nas residências deste logradouro.</t>
   </si>
   <si>
     <t>551</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/551/16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/551/16.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr_x000D_
 Prefeito Municipal para solicitar a canalização do riacho Sinhozinho, no trecho próximo a residência da Sra. Rosane Ferreira, no Bairro São José.</t>
   </si>
   <si>
     <t>555</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/555/17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/555/17.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o conserto de bueiro na estrada da localidade de Serra dos Lorenzi, próximo a propriedade do Sr. Adenilson Sangaletti.</t>
   </si>
   <si>
     <t>556</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/556/18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/556/18.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a recuperação do calçamento da Rua Frontino Vieira de Souza, a fim de garantir a segurança e o bem-estar dos moradores e de todos aqueles que transitam por ela.</t>
   </si>
   <si>
     <t>557</t>
   </si>
   <si>
     <t>Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/557/19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/557/19.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da rua Belizário Vedes, no Bairro São José.</t>
   </si>
   <si>
     <t>558</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/558/20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/558/20.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o calçamento da Rua Sebastião B.A. da Silva, no Bairro São José.</t>
   </si>
   <si>
     <t>559</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/559/21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/559/21.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o calçamento das Ruas João Faustino da Mota, Osni Capistrano da Cunha Júnior e Gentil Vieira Borges, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>560</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/560/22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/560/22.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a construção de passeios públicos nas Ruas Professora Isaura Vargas , Constâncio Krumel e Generoso Ildefonso de Oliveira.</t>
   </si>
   <si>
     <t>561</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/561/23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/561/23.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a colocação de cascalho no passeio público adjacente a marginal de acesso ao trevo da BR 282 de acesso a Bom Retiro, no trecho entre a Av. Henrique Eduardo Boell e a Rua Frontino Vieira de Souza.</t>
   </si>
   <si>
     <t>567</t>
   </si>
   <si>
     <t>Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/567/24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/567/24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o calçamento da continuidade da Rua Anita Garibaldi, de modo a garantir a segurança e a qualidade de vida dos moradores, além de facilitar a circulação de pessoas e veículos.</t>
   </si>
   <si>
     <t>568</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/568/25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/568/25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a construção de faixas elevadas de pedestres na rua principal do Distrito de Canoas com o intuito de garantir a segurança dos pedestres e evitar acidentes.</t>
   </si>
   <si>
     <t>569</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/569/26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/569/26.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a construção de faixas elevadas de pedestres na Av. Major Generoso, no Bairro São José (defronte e Capela e nas proximidades do viaduto), e na Av. 24 de Outubro (defronte o SICOOB) com o intuito de garantir a segurança dos pedestres e evitar acidentes.</t>
   </si>
   <si>
     <t>570</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/570/27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/570/27.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a elaboração de uma edição atualizada do mapa rodoviário de Bom Retiro, contemplando todas as estradas vicinais que estão na legislação municipal e demais rodovias oficiais que cortam nosso território.</t>
   </si>
   <si>
     <t>574</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/574/28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/574/28.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a construção de um muro de contenção da rua Padre Paulo, no Bairro São José.</t>
   </si>
   <si>
     <t>575</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/575/29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/575/29.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a recuperação das bocas de lobo, assim como a limpeza das calçadas da rua Cônego Adriano.</t>
   </si>
   <si>
     <t>576</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/576/30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/576/30.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a limpeza das bocas de lobo da rua 14 de Janeiro.</t>
   </si>
   <si>
     <t>577</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/577/31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/577/31.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar uma revisão na tubulação fluvial da cidade para evitar o entupimento e a ocorrência de enxurradas e alagamentos.</t>
   </si>
   <si>
     <t>578</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/578/32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/578/32.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da serra da localidade de Gabiroba.</t>
   </si>
   <si>
     <t>579</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/579/33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/579/33.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o conserto da iluminação da praça Dom Daniel.</t>
   </si>
   <si>
     <t>580</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/580/34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/580/34.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a renovação do revestimento da pista de atletismo do Centro Poliesportivo Arno Oscar Meyer.</t>
   </si>
   <si>
     <t>581</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/581/35.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/581/35.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o alargamento das estradas da região de Cambará.</t>
   </si>
   <si>
     <t>583</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/583/36.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/583/36.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o nivelamento, cascalhamento e desobstrução da rede pluvial na parte não pavimentada da rua Pedro Hugo do Amaral Neto, no bairro Capistrano.</t>
   </si>
   <si>
     <t>584</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/584/37.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/584/37.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar medidas imediatas para o restabelecimento do serviço de coleta de lixo no distrito de Canoas, pois há duas semanas não acontece o recolhimento dos resíduos, representando um risco à saúde pública, favorecendo a proliferação de vetores e doenças.</t>
   </si>
   <si>
     <t>585</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/585/38.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/585/38.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar medidas imediatas para o restabelecimento do fornecimento de água no distrito de Canoas, pois a água é um direito primário de todo cidadão e sua interrupção compromete não apenas as atividades cotidianas, mas também afeta a saúde e a qualidade de vida da população.</t>
   </si>
   <si>
     <t>593</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o calçamento da serra de acesso a comunidade de Paraíso da Serra, visando facilitar o deslocamento de pessoas e veículos, possibilitando a melhoria da infraestrutura de transporte e contribuindo para o desenvolvimento econômico e turístico na região.</t>
   </si>
   <si>
     <t>594</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/594/40.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/594/40.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos na estrada de acesso ao Jardim de Maria.</t>
   </si>
   <si>
     <t>596</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências imediatas para garantir a segurança dos alunos, professores e demais funcionários que frequentam os estabelecimentos educacionais do Município, dentre elas, a contratação de seguranças para fazer a vigilância dos acessos e das_x000D_
 áreas externas das escolas, a implantação de um sistema de controle de acesso, a realização de treinamentos periódicos com os funcionários, para que estejam preparados para lidar com situações de emergência, assim como, formalização de pactuação com as forças de segurança do Estado visando a realização de rondas periódicas em todos os estabelecimentos de educação, sejam eles municipais, estaduais ou particulares.</t>
   </si>
   <si>
     <t>597</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/597/42.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/597/42.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências para disponibilizar consultas pediátricas no município de Bom Retiro, através das unidades próprias de saúde ou através de convênio.</t>
   </si>
   <si>
     <t>598</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/598/43.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/598/43.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências para divulgação de cronograma de castrações de animais de pequeno porte pelo município de Bom Retiro.</t>
   </si>
   <si>
     <t>603</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/603/44.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/603/44.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências, através da Casan, para instalação de rede de água na gruta do bairro São José.</t>
   </si>
   <si>
     <t>604</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/604/46.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/604/46.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências visando a colocação de cascalho em três pontos críticos na estrada da localidade de Rio Frederico, possibilitando condições adequadas para trafegabilidade nesta via.</t>
   </si>
   <si>
     <t>605</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/605/46.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/605/46.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências visando a construção de um bueiro no final da rua Carlos Souza, no bairro São José, a fim de garantir condições adequadas para o tráfego de veículos e pedestres.</t>
   </si>
   <si>
     <t>606</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/606/47.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/606/47.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de vistoria técnica da Defesa Civil Municipal, na Rua Padre Paulo, nas proximidades da gruta do bairro São José, em função do desmoronamento de parte deste logradouro.</t>
   </si>
   <si>
     <t>612</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/612/48.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/612/48.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências urgentes para instalação de tubulação pluvial na rua Jorge Lacerda, próximo ao número 1771, para evitar que as águas das chuvas entrem nas residências deste logradouro.</t>
   </si>
   <si>
     <t>616</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/616/49.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/616/49.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências visando a concessão de apoio financeiro ao Projeto Ginga, que oferece aulas de capoeira para crianças e jovens em nossa comunidade.</t>
   </si>
   <si>
     <t>617</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/617/50.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/617/50.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências imediatas para o conserto das estradas utilizadas pelo veículo de transporte escolar que atende as comunidades de Canoas, Irapuá, Cupim e João Paulo, pois essas vias estão em condições precárias, dificultando o acesso dos alunos à escola e_x000D_
 colocando em risco a segurança dos mesmos.</t>
   </si>
   <si>
     <t>618</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/618/51.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/618/51.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências imediatas para conserto da rede pluvial na Rua Irineu Bomhausen, no bairro Capistrano.</t>
   </si>
   <si>
     <t>624</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/624/52.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/624/52.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para o embelezamento e a limpeza da Av. Henrique Eduardo Boell.</t>
   </si>
   <si>
     <t>625</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/625/53.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/625/53.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para limpeza periódica da Av. 24 de Outubro.</t>
   </si>
   <si>
     <t>626</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/626/54.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/626/54.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de sinalização luminosa e sonora para pedestres no semáforo localizado na Av. 24 de Outubro.</t>
   </si>
   <si>
     <t>632</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/632/55.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/632/55.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar instalação de bueiros inteligentes.</t>
   </si>
   <si>
     <t>633</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/633/56.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/633/56.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a colocação de placas com a denominação das ruas que não possuem essa sinalização, através de recursos próprios ou em parceria com a iniciativa privada.</t>
   </si>
   <si>
     <t>634</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/634/57.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/634/57.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar ao Poder Executivo a urbanização dos acessos ao viaduto sobre a BR 282 de ligação ao bairro São José.</t>
   </si>
   <si>
     <t>635</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
     <t>Helena, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/635/58.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/635/58.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a criação de um programa permanente de combate a violência sexual contra crianças e adolescentes</t>
   </si>
   <si>
     <t>636</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/636/59.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/636/59.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de faixas de pedestres na rua São José, próximo ao Núcleo Municipal São José, assim como adoção de medidas para construção de passeios públicos nesta via.</t>
   </si>
   <si>
     <t>637</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/637/60.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/637/60.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar providências para instalação imediata do parque infantil adquirido para o Núcleo Municipal Canoas.</t>
   </si>
   <si>
     <t>638</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/638/61.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/638/61.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar providências para colocação de uma tampa na caixa de água da antiga sede do Núcleo Municipal São José.</t>
   </si>
   <si>
     <t>645</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
     <t>Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/645/62.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/645/62.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar providências para o nivelamento do terreno adjacente ao Ginásio de Esportes Nenzinho a fim de criar uma área adequada para estacionamento de veículos, pois durante eventos esportivos e atividades comunitárias, há uma crescente demanda por estacionamento.</t>
   </si>
   <si>
     <t>646</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/646/63.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/646/63.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar providências para a colocação da logomarca oficial do Município em toda frota motorizada da Prefeitura, conforme prevê a Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>647</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/647/64.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/647/64.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o cascalhamento do morro do caixão, na localidade de Cerro Baio, possibilitando a passagem segura do ônibus escolar e dos moradores desta região.</t>
   </si>
   <si>
     <t>648</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/648/65.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/648/65.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar alteração do plano de cargos e salários visando o enquadramento dos auxiliares de enfermagem no cargo de técnico em enfermagem, já que todos os profissionais possuem habilitação adequada.</t>
   </si>
   <si>
     <t>649</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/649/66.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/649/66.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o acompanhamento pelo engenheiro civil da prefeitura da obra de calçamento da serra do paraíso e que seja realizada avaliação técnica quanto ao uso de pó de brita ao invés de areia, assim como avaliação da qualidade e resistência dos blocos sextavados.</t>
   </si>
   <si>
     <t>650</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/650/67.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/650/67.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o patrolamento da estrada de acesso ao Riozinho, assim como a desobstrução das sarjetas.</t>
   </si>
   <si>
     <t>651</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/651/68.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/651/68.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de tubulação em toda extensão da rua Rosalino Caetano da Luz, assim como a abertura de uma via próxima para facilitar a passagem de veículos de maior porte.</t>
   </si>
   <si>
     <t>652</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/652/69.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/652/69.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar adoção de providências visando a disponibilidade de um veículo de menor porte para garantir a coleta do lixo nas vias em que a empresa terceirizada não consegue realizar o recolhimento destes resíduos.</t>
   </si>
   <si>
     <t>653</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/653/70.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/653/70.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o asfaltamento da Rua Carlos Wemer, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>658</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/658/71.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/658/71.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da estrada da localidade de Irapuá.</t>
   </si>
   <si>
     <t>659</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/659/72.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/659/72.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a Secretaria Municipal de Educação, Cultura e Esportes a realização de Concurso Literário/ Poético alusivo ao centenário do município de Bom Retiro.</t>
   </si>
   <si>
     <t>660</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Deuchinha, Helena, Moraes, Serginho, Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/660/73.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/660/73.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar revisão da iluminação pública da cidade.</t>
   </si>
   <si>
     <t>661</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/661/74.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/661/74.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a construção de um depósito provisório de lixo e o calçamento da rua Belizário Vedes.</t>
   </si>
   <si>
     <t>662</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/662/75.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/662/75.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar o calçamento da rua João Timóteo Arseno.</t>
   </si>
   <si>
     <t>675</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/675/76.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/675/76.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a construção de um abrigo de passageiros defronte a propriedade do Sr. Marcos Capistrano. na localidade de Santa Clara.</t>
   </si>
   <si>
     <t>676</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/676/77.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/676/77.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar o patrolamento, cascalhamento e abertura das sarjetas das estradas da localidade de Figueiredo, assim como das demais vias utilizadas pelo veículo do transporte escolar.</t>
   </si>
   <si>
     <t>677</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/677/78.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/677/78.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a realização de reunião com as empresas de outros municípios que extraem madeira em Bom Retiro para estabelecer diretrizes para o transporte, incluindo a definição de horários específicos para deslocamento e a obrigatoriedade de manutenção das estradas utilizadas por essa atividade.</t>
   </si>
   <si>
     <t>678</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/678/79.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/678/79.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar inclusão no plano diretor das diretrizes e regulamentos referentes aos passeios públicos, incluindo a definição dos tipos de pavimentos. as especificações de paisagismo, declividade transversal máxima de 2%, a ausência de obstáculos que impeçam a passagem livre, a estipulação de requisitos de durabilidade e resistência ao tráfego nos acessos às garagens e áreas onde a circulação de veículos é proibida, entre outras medidas.</t>
   </si>
   <si>
     <t>679</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/679/80.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/679/80.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a construção de banheiros na quadra coberta da localidade de Barbaquá e a instalação de rede de proteção que abranja toda a extensão da quadra.</t>
   </si>
   <si>
     <t>680</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/680/81.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/680/81.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a instalação de uma academia ao ar livre na localidade de Barbaquá.</t>
   </si>
   <si>
     <t>681</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/681/82.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/681/82.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o conserto da rede de esgoto da Rua Sebastião B.A. da Silva, no bairro São José.</t>
   </si>
   <si>
     <t>689</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/689/83.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/689/83.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar o conserto da rede de esgoto da Carlos Souza, no bairro São José.</t>
   </si>
   <si>
     <t>690</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/690/84.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/690/84.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a implantação de uma faixa elevada de pedestres na Av. Major Generoso, defronte a Prefeitura Municipal.</t>
   </si>
   <si>
     <t>697</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/697/86.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/697/86.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a inclusão de dispositivo no novo Plano Diretor para proibir o carregamento de toras nas estradas públicas do interior do município.</t>
   </si>
   <si>
     <t>698</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/698/86.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/698/86.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar que as câmeras de monitoramento da prefeitura sejam instaladas nos postes de iluminação da cidade, pois as câmeras instaladas em postes metálicos estão sendo constantemente furtadas.</t>
   </si>
   <si>
     <t>699</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/699/87.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/699/87.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar o cascalhamento e patrolamento da rua João Pires, no bairro São José.</t>
   </si>
   <si>
     <t>700</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/700/88.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/700/88.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a publicação de decreto pelo Poder Executivo ou encaminhamento de projeto de lei proibindo a circulação de caminhões utilizados para o transporte de pinus nas estradas vicinais durante os períodos de precipitação pluvial.</t>
   </si>
   <si>
     <t>705</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/705/89.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/705/89.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar o cascalhamento e patrolamento da rua João Francisco Rodrigues, no bairro São José.</t>
   </si>
   <si>
     <t>706</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/706/90.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/706/90.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a formalização de parceria com os apicultores do Município para manutenção das estradas de acesso às áreas de produção apícola e escoamento dos produtos.</t>
   </si>
   <si>
     <t>712</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/712/91.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/712/91.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar reforma da ponte próxima a propriedade do Sr. Daniel da Cruz, no Paraiso da Serra.</t>
   </si>
   <si>
     <t>713</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/713/92.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/713/92.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a elaboração de projeto urbanístico do trevo da BR 282 de acesso a Bom Retiro, com intuito de promover melhorias substanciais no acesso, na sinalização, na iluminação e no aspecto paisagístico desse trevo.</t>
   </si>
   <si>
     <t>714</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/714/93.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/714/93.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, através da presente e na forma regimental REQUER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito_x000D_
 Municipal para solicitar a limpeza de boca de lobo na rua 14 de Janeiro, nas proximidades do número 210.</t>
   </si>
   <si>
     <t>722</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/722/94.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/722/94.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental  REQUERER , ouvido o Digníssimo Plenário, seja oficiado o Exmo. SR. Prefeito Municipal para solicitar o cascalhamento da rua Garibaldi Andrade Vieira, no bairro São José.</t>
   </si>
   <si>
     <t>723</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/723/95.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/723/95.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve , vem através da presente e na forma regimental REQUERER , ouvido o Digníssimo Plenário , seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar reparos na tubulação pluvial da rua Carlos  Souza, no bairro São José.</t>
   </si>
   <si>
     <t>724</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/724/97.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/724/97.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve , vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo plenário , seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos na estrada que liga Guarda Velha ao Costãozinho.</t>
   </si>
   <si>
     <t>725</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/725/97.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/725/97.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve , vem através da presente da presente e na forma regimental REQUERER , ouvido o digníssimo Plenário , seja oficiado o Exmo. Sr. prefeito Municipal para solicitar reparos na iluminação pública na rua Walfredo Kunn , na ligação com a rua Rosalino Caetano da Luz .</t>
   </si>
   <si>
     <t>726</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/726/98.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/726/98.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER , ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar que o equipamento Bobcat adquirido recentemente pela Prefeitura seja utilizado para limpeza das ruas, com intuito de tornar a varrição viária mais eficiente e ágil.</t>
   </si>
   <si>
     <t>735</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/735/99.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/735/99.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a instalação de uma rede de esgoto na Avenida Henrique Eduardo Boell, nas proximidades da Madeireira Rossini, e, de imediato, a realização da limpeza do esgoto a céu aberto no local até a conclusão dessa ação.</t>
   </si>
   <si>
     <t>736</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/736/100.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/736/100.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a colocação de mesas em quantidade adequada na área destinada a alimentação dos alunos que frequentam o Centro de Educação Infantil Alosir Moretti.</t>
   </si>
   <si>
     <t>737</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/737/101.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/737/101.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar, através da Vigilância Sanitária, a realização de análise da água distribuída no distrito de Canoas, com o objetivo de avaliar a qualidade, assegurando sua potabilidade e proporcionando tranquilidade aos moradores desta comunidade.</t>
   </si>
   <si>
     <t>738</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/738/102.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/738/102.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar o desentupimento de bueiro na rua Carlos Souza, no bairro São José, nas proximidades da residência do Sr. Galóia.</t>
   </si>
   <si>
     <t>739</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/739/103.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/739/103.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a criação do programa “Conhecendo Bom Retiro" para proporcionar aos alunos a oportunidade de conhecer locais de interesse histórico, cultural e natural em Bom Retiro, sua história, localidades do interior, geografia e pontos turísticos, através de visitas guiadas e atividades educacionais para enriquecer o aprendizado dos estudantes e promover um senso de pertencimento à comunidade.</t>
   </si>
   <si>
     <t>743</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
     <t>Helena, Moraes, Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/743/104.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/743/104.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem vêm, através da presente e na forma regimental, REQUERER que, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a execução de calçamento na continuidade da Av. 24 de Outubro, sentido localidade de Entrada, com o recurso de R$ 200.000,00 liberado pela Deputada Federal Carmen Zanotto.</t>
   </si>
   <si>
     <t>753</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/753/106.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/753/106.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar adoção de providências para construção de passeios públicos ao longo da Av. Henrique Eduardo Boell.</t>
   </si>
   <si>
     <t>754</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/754/107.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/754/107.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de manutenção na rede pluvial da rua Cônego Adriano e a desobstrução das bocas de lobo deste logradouro.</t>
   </si>
   <si>
     <t>755</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/755/108.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/755/108.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a desobstrução de bueiro na localidade de Rio Frederico, nas proximidades da propriedade do Sr. Alcione Sangaletti.</t>
   </si>
   <si>
     <t>756</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/756/109.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/756/109.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a elevação do bueiro localizado na estrada da localidade de Figueiredo, próximo à propriedade do Sr. Artur Wiggers, bem como a sua desobstrução.</t>
   </si>
   <si>
     <t>757</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/757/110.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/757/110.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a construção de rede de esgoto na rua São José, no bairro São José.</t>
   </si>
   <si>
     <t>758</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/758/111.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/758/111.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento e patrolamento da rua Pedro Hugo do Amaral.</t>
   </si>
   <si>
     <t>764</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Helena</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/764/112.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/764/112.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a disponibilização, em todos os postos de saúde do município e no site da Prefeitura municipal, da listagem dos medicamentos fornecidos pelo Programa Farmácia Básica dos governos Federal e Estadual, com intuito de informar a população sobre_x000D_
 seus direitos.</t>
   </si>
   <si>
     <t>765</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/765/113.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/765/113.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o desentupimento da rede de esgoto da rua Walfredo Kunn, no bairro São José.</t>
   </si>
   <si>
     <t>766</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/766/114.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/766/114.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar adoção de providências para isenção da Contribuição para Custeio de Serviço de Iluminação Pública - COSIP aos moradores da área rural, nos termos da lei complementar municipal n.° 14/06.</t>
   </si>
   <si>
     <t>767</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/767/115.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/767/115.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr._x000D_
 Prefeito Municipal para solicitar a reativação da Fundação Municipal de Cultura.</t>
   </si>
   <si>
     <t>778</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/778/116.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/778/116.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a realização de audiência pública no distrito de Canoas para discutir  o projeto do Plano Diretor e os impactos desse instrumento no planejamento urbano, como  tamanho dos lotes, número máximo de pavimentos, recuos, áreas residenciais, comerciais e  institucionais, assim como outras diretrizes que orientarão o desenvolvimento e planejamento,  para assegurar que o Plano Diretor reflita as necessidades e desejos da comunidade local.</t>
   </si>
   <si>
     <t>779</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/779/117.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/779/117.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a realização de audiência pública no bairro Capistrano a fim de  discutir o projeto do Plano Diretor, abordando os impactos desse instrumento no planejamento  urbano, incluindo questões como tamanho dos lotes, número máximo de pavimentos, recuos,  áreas residenciais e comerciais, área de zoneamento industrial, sua viabilidade e impactos,  criação de áreas verdes, bem como outras diretrizes que guiarão o desenvolvimento e  planejamento, para garantir que o Plano Diretor reflita as necessidades e desejos da  comunidade local.</t>
   </si>
   <si>
     <t>780</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/780/118.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/780/118.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar ao Poder Executivo a realização de audiência pública no bairro São  José para discutir o projeto do Plano Diretor e os impactos desse instrumento no planejamento  urbano, como tamanho dos lotes, número máximo de pavimentos, recuos, áreas residenciais,  comerciais e industriais, assim como outras diretrizes que orientarão o desenvolvimento e  planejamento, para assegurar que o Plano Diretor reflita as necessidades e desejos da  comunidade local.</t>
   </si>
   <si>
     <t>781</t>
   </si>
   <si>
     <t>119</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/781/119.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/781/119.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a revisão dos índices urbanísticos do projeto do Plano Diretor, em  particular a Taxa de Ocupação, em todas as 7 zonas descritas, dado que o valor atual de 80% é  considerado excessivamente alto, e cada zona deve ser avaliada individualmente.</t>
   </si>
   <si>
     <t>782</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/782/120.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/782/120.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar o conserto do depósito de lixo em frente à garagem da Prefeitura de  Bom Retiro, a limpeza do entorno, visando evitar doenças, a propagação de pragas e  proporcionar um aspecto mais agradável ao local.</t>
   </si>
   <si>
     <t>783</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/783/121.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/783/121.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de cascalhamento, patrolamento e abertura de saijetas na  estrada da localidade de Matador.</t>
   </si>
   <si>
     <t>784</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/784/122.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/784/122.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a realização de reparos na servidão adjacente a Rua Athanagildo  Ramos de Andrade, na altura do número 64.</t>
   </si>
   <si>
     <t>794</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/794/124.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/794/124.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a criação de parceria entre a empresa que ocupa o galpão de  reciclagem do Município com os comerciantes, CDL e empresas para criar pontos de coleta  de materiais reciclados.</t>
   </si>
   <si>
     <t>795</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/795/124.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/795/124.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar ao Poder Executivo a inclusão no projeto do Plano Diretor das zonas  de áreas verdes urbanas para implantação de praças, ajardinamento e arborização urbana e  manutenção das áreas verdes existentes.</t>
   </si>
   <si>
     <t>796</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/796/125.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/796/125.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar ao Poder Executivo a instalação de filtro no poço artesiano para  garantir a potabilidade da água distribuída à comunidade do Distrito de Canoas.</t>
   </si>
   <si>
     <t>798</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/798/126.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/798/126.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar adoção de providências para recuperação da iluminação da  quadra de esportes da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>806</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/806/127.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/806/127.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na  forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de rede de esgoto na rua Fúlvio Borges Filho.</t>
   </si>
   <si>
     <t>807</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/807/128.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/807/128.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar providências para a notificação da empresa terceirizada que executa  coleta do lixo em nossa cidade para o imediato e contínuo recolhimento dos resíduos  armazenados no depósito provisório de lixo defronte a Secretaria Municipal de Transportes e  Obras.</t>
   </si>
   <si>
     <t>808</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/808/129.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/808/129.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar adoção de providências para recuperação do muro de gabião  construído no rio Campo Novo.</t>
   </si>
   <si>
     <t>809</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/809/130.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/809/130.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências para instalação imediata da decoração e iluminação natalina com o objetivo de promover o embelezamento da cidade durante a temporada festiva e criar um ambiente mais acolhedor e festivo para os cidadãos, mas também para incentivar e _x000D_
 impulsionar o desenvolvimento econômico do comércio local.</t>
   </si>
   <si>
     <t>818</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/818/131.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/818/131.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a realização de ações de limpeza, alargamento e demais intervenções necessárias nos bueiros da localidade de Barbaquá, visando melhorar a trafegabilidade e  garantir a segurança da comunidade.</t>
   </si>
   <si>
     <t>819</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/819/132.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/819/132.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a limpeza da tubulação do riacho Rincão, próximo ao trevo da BR  282 de acesso a Bom Retiro, visando garantir o pleno escoamento e prevenir possíveis  inundações.</t>
   </si>
   <si>
     <t>820</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/820/133.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/820/133.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a remoção da barreira na Rua Padre Paulo, no bairro São José, com o  objetivo de garantir a mobilidade e o deslocamento adequado dos moradores.</t>
   </si>
   <si>
     <t>823</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/823/134.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/823/134.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar o patrolamento e cascalhamento da estrada das localidades de Cambará e Figueiredo.</t>
   </si>
   <si>
     <t>824</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/824/135.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/824/135.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a revogação da decisão de fechamento das escolas das localidades de  Canoas e Cambará, visando garantir a continuidade das atividades educacionais ao longo de  2024.</t>
   </si>
   <si>
     <t>825</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/825/136.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/825/136.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o conserto do calçamento da Av. 24 de Outubro, nas proximidades do n.° 900.</t>
   </si>
   <si>
     <t>826</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/826/137.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/826/137.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma  regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a recuperação da parte não pavimentada da rua Cônego Adriano, nas  imediações do Destacamento de Polícia Militar, bem como a tomada de medidas para a  limpeza dos terrenos e calçadas públicas.</t>
   </si>
   <si>
     <t>535</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>CEDA - COMISSÃO DE EDUCAÇÃO, SAÚDE, ASSISTÊNCIA, CULTURA</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/535/1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/535/1.pdf</t>
   </si>
   <si>
     <t>Os Vereadores abaixo afirmados, representando a Comissão de Educação, Saúde, Assistência, Cultura e Desporto, que estes subscrevem, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário:_x000D_
 1 - Quais as especialidades médicas são contratadas através do consórcio da região da AMURES - Associação de Municípios da Região Serrana, a qual nosso município pertence?_x000D_
 2 - Listar quais dessas especialidades médicas tiveram interrupções no seu atendimento no ano de 2022, bem como informar quais os períodos interrompidos;_x000D_
 3 - Listar quais os números de pacientes do município de Bom Retiro que ficaram com o atendimento atrasado e os pacientes que ficaram sem atendimento no ano de  2022, separado por especialidade médica.</t>
   </si>
   <si>
     <t>536</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, para requerer as informações sobre os recursos federais recebidos em 2022, destinados aos agentes de saúde:_x000D_
 1 - Foram recebidos recursos federais referentes aos valores atrasados do piso  salarial instituído em maio de 2022? Em caso negativo, explicar os motivos do não recebimento dos recursos;_x000D_
 2 - Houve cobrança por parte do Poder Executivo ao Governo Federal em relação aos recursos atrasados?_x000D_
 3 - Especificar qual o valor total do recurso atrasado;_x000D_
 4 - Por fim, quais foram os recursos referentes ao décimo terceiro salário e se há Recurso Federal referente ao pagamento extra ou décimo quarto salário?</t>
   </si>
   <si>
     <t>537</t>
   </si>
   <si>
     <t>Deuchinha, Helena</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/537/3.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/537/3.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que subscrevem abaixo, no uso de suas atribuições legais, vêm através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, para solicitar informações em relação das obras de asfaltamento das ruas Professora Isaura Vargas, Constâncio Krumer, Dr.Faustino e Generoso lldefonso de Oliveira:_x000D_
 1 - A correção de todas as irregularidades antes da realização do asfaltamento, para que não cause maiores prejuízos aos moradores._x000D_
 2 - A emissão de parecer técnico de engenheiro responsável do Poder Executivo, que ateste a qualidade de execução da obra, garantindo que não haverá alagamentos ou qualquer outra intempérie, nos moldes da Lei n° 2530/2023._x000D_
 3 - Foi realizado o assentamento dos blocos de meio fio dentro das normas técnicas de engenharia? Em caso negativo, que sejam retirados e reinstalados corretamente._x000D_
 4 - Requer ainda, que o parecer técnico garanta que as ruas estejam de acordo com o nivelamento das calçadas e casas já existentes.</t>
   </si>
   <si>
     <t>538</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/538/4.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/538/4.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que estes subscrevem, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo cópia do processo licitatório, contrato e aditivos referente a prestação de serviços de coleta (2022/2023), transporte e destinação final dos resíduos sólidos urbanos e rurais gerados pelo município de Bom Retiro/SC.</t>
   </si>
   <si>
     <t>545</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/545/5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/545/5.pdf</t>
   </si>
   <si>
     <t>O Vereador que estes subscreve, no uso de suas atribuições legais. vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo, através da Secretaria Municipal de Saúde, o número de munícipes que são atendidos pelos agentes comunitários de saúde.</t>
   </si>
   <si>
     <t>553</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/553/6.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/553/6.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa convide representante do Banco do Brasil em Bom Retiro para explanar sobre o atendimento ao público prestado por essa agência bancária.</t>
   </si>
   <si>
     <t>554</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/554/7.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/554/7.pdf</t>
   </si>
   <si>
     <t>O Vereador que estes subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo informações detalhadas sobre o andamento do convênio firmado, no ano de 2021, com o Governo do Estado de Santa Catarina e que previa a construção, através do Programa SC Mais Moradia, de 15 unidades habitacionais no município de Bom Retiro, assim como noticiar se houve repasse de recursos e o local de construção destas casas.</t>
   </si>
   <si>
     <t>564</t>
   </si>
   <si>
     <t>COS - COMISSÃO DE OBRAS, SERVIÇOS PÚBLICOS, COMUNICAÇÃO</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/564/8.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/564/8.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que este subscrevem, integrantes da Comissão de Obras e Serviços, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Controladora Interna da Prefeitura Municipal de Bom Retiro para requerer o seguinte em relação as obras de pavimentação asfáltica das ruas Professora Isaura Vargas, Constâncio Krumel, Dr. Faustino e Generoso Ildefonso de Oliveira:_x000D_
 1 - O Controle Interno da Prefeitura Municipal fez algum acompanhamento do convênio, projeto de engenharia e execução das referidas obras? Em caso positivo, encaminhar a documentação pertinente;_x000D_
 2- O Controle Interno da Prefeitura Municipal tomou conhecimento de possíveis falhas em relação ao projeto e execução das referidas obras de pavimentação asfáltica, ou adotou medidas visando mitigar eventuais erros que possam resultar em prejuízos, auxiliando na missão de preservar o bom uso do dinheiro público? Em caso positivo, encaminhar a documentação pertinente ...</t>
   </si>
   <si>
     <t>565</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/565/9.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/565/9.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado o Poder Executivo para realização de audiência pública de Prestação de Contas da Gestão do Sistema Único de Saúde, conforme prevê a Lei Complementam.0141/2012.</t>
   </si>
   <si>
     <t>566</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/566/10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/566/10.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem através do presente requerer, ouvido o Digníssimo Plenário, seja enviado convite ao Prefeito de Chapadão do Lageado para explanar sobre o transporte de alunos de Bom Retiro que estudam em educandários daquele município, assim como sobre a possibilidade de recuperação da estrada de acesso a localidade de Rio do Meio.</t>
   </si>
   <si>
     <t>573</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/573/11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/573/11.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Controladora Interna da Prefeitura Municipal de Bom Retiro para requerer o seguinte em relação as obras de pavimentação asfáltica da rua Cônego Adriano e da Av. Major Generoso, no trecho entre a Alameda Nereu Ramos e a Rua João Teófilo Deucher,_x000D_
 1 - O Controle Interno da Prefeitura Municipal fez algum acompanhamento do convênio, projeto de engenharia e execução das referidas obras? Em caso positivo, encaminhar a documentação pertinente;_x000D_
 2-0 Controle Interno da Prefeitura Municipal tomou conhecimento de possíveis falhas em relação ao projeto e execução das referidas obras de pavimentação asfáltica, ou adotou medidas visando mitigar eventuais erros que possam resultar em prejuízos, auxiliando na missão de preservar o bom uso do dinheiro público? Em caso positivo, encaminhar a documentação pertinente ou das medidas que serão adotadas;...</t>
   </si>
   <si>
     <t>592</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/592/12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/592/12.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem através do presente requerer, ouvido o Digníssimo Plenário, seja enviado convite ao Presidente do Sindicato dos Servidores Públicos Municipais de Bom Retiro para comparecer a essa Casa para manifestação a respeito da tramitação do PLC n.° 02/23, que dá nova redação ao Parágrafo 2o, do Art. 43, da Lei Complementar n.° 004/04.</t>
   </si>
   <si>
     <t>595</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/595/13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/595/13.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa_x000D_
 requeira ao Poder Executivo o seguinte:_x000D_
 1. Relatório, referente ao exercício de 2023, contendo os gastos com manutenção de veículos e máquinas em oficinas, evidenciando o nome da empresa_x000D_
 prestadora do serviço, a data da emissão da nota fiscal, o valor e a data em que o município realizou o pagamento, e que esse relatório seja formulado de forma clara e objetiva, assim como se está sendo respeitada a ordem cronológica de pagamentos.</t>
   </si>
   <si>
     <t>608</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/608/14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/608/14.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal Indústria, Comércio e Turismo para explanar o seguinte:_x000D_
 1. Como anda o processo de adequação para efetiva implantação da área industrial, tamanho do terreno, o valor de compra deste imóvel e o atual valor de mercado, o número e tamanho dos lotes que serão disponibilizados, assim como se já existem empresas interessadas na área e quais ações o Executivo está desenvolvendo visando atrair a instalação de empresas neste espaço;_x000D_
 2. Realização da XV Festa Estadual do Churrasco;_x000D_
 3. As ações da Secretaria Municipal de Indústria, Comércio e Turismo para o desenvolvimento do setor turístico, da indústria e comércio.</t>
   </si>
   <si>
     <t>609</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/609/15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/609/15.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara envie convite a representante da_x000D_
 SICRED para comparecer a essa Casa para explanar sobre a instalação de uma agência desta Cooperativa em Bom Retiro.</t>
   </si>
   <si>
     <t>610</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/610/16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/610/16.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa_x000D_
 requeira ao Poder Executivo relatório contendo os dias e o horários em que o lixo é recolhido no Bairro Capistrano, bem como informações sobre recentes problemas que tenham ocorrido neste cronograma e que possam ter gerado reclamações por parte dos moradores.</t>
   </si>
   <si>
     <t>611</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/611/17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/611/17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo as seguintes informações em relação aos R$ 100.000,00 (cem mil reais) repassados ao município, através da emenda parlamentar do Deputado Estadual Volnei Weber, para pavimentação de parte da serra de acesso a comunidade de Paraiso da Serra:_x000D_
 1. O referido recurso já foi utilizado para aquisição de materiais para pavimentação de parte da via citada. Em caso positivo, peço que sejam detalhados o material adquirido e a quantidade, bem como o local onde esses materiais estão depositados. No entanto, caso esses materiais tenham sido utilizados para outras ações, solicito a apresentação de uma justificativa e a indicação dos locais onde foram utilizados._x000D_
 2. Em relação à não execução da obra de pavimentação da serra de acesso ao Paraiso da Serra, requer a apresentação de justificativa para tal fato...</t>
   </si>
   <si>
     <t>619</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/619/18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/619/18.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo as seguintes informações em relação a aquisição do terreno para ampliação do  cemitério municipal:_x000D_
 1. Qual foi o procedimento adotado para a aquisição do terreno destinado à ampliação do cemitério municipal e qual o valor envolvido na transação? Encaminhar documentação pertinente a aquisição;_x000D_
 2. Qual a forma de pagamento e o prazo para quitação do valor? Em caso de parcelamento, favor informar o período e valor de cada parcela;_x000D_
 3. Qual o amparo legal para a aquisição ter sido realizada desta forma?_x000D_
 4. Justificar, de forma minuciosa, porque a Prefeitura não pediu autorização legislativa para compra do imóvel, conforme determina o Art. 15 da Lei Orgânica Municipal?..</t>
   </si>
   <si>
     <t>620</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/620/19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/620/19.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo as seguintes informações, através da Comissão Municipal de Esportes, em relação aos horários no ginásio de esportes Nenzinho:_x000D_
 1. Em relação à venda de horários, quais são os dias e horários disponíveis para as equipes utilizarem o ginásio de esportes Nenzinho, e se existem horários disponíveis para venda;_x000D_
 2. A CME disponibiliza algum horário gratuito para treinamento de equipes que representam Bom Retiro em competições? Em caso positivo, quais são os critérios para a distribuição desses horários e quais são os dias e períodos disponíveis para essa finalidade e como devem proceder as equipes interessadas nesta modalidade de uso daquele espaço esportivo.</t>
   </si>
   <si>
     <t>621</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/621/20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/621/20.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
 1 - Relatório contendo os recursos disponíveis nas contas da Prefeitura Municipal e seus fundos.</t>
   </si>
   <si>
     <t>623</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/623/21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/623/21.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem através do presente requerer, parecer à essa Casa para explanar sobre o ouvido o Digníssimo Plenário, que a Mesa da Câmara envie convite aos integrantes da Patrulha Rural da Polícia Militar para comparecer  à essa casa para explanar sobre o funcionamento do referido programa.</t>
   </si>
   <si>
     <t>629</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/629/22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/629/22.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo informações detalhadas das ações que a Prefeitura tem realizado para ampliar a oferta de vagas nas creches municipais.</t>
   </si>
   <si>
     <t>639</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/639/23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/639/23.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo cópia da prestação de contas da XV Festa Estadual do Churrasco.</t>
   </si>
   <si>
     <t>640</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo as seguintes informações:_x000D_
 1. Existe algum servidor atuando em desvio de função na Secretaria Municipal de Transportes e Obras? Em caso positivo, encaminhar nominata dos_x000D_
 servidores envolvidos, juntamente com os cargos originalmente ocupados por cada um e as funções atualmente desempenhadas por eles, assim como a devida justificativa para exercício de atividade não correspondente ao cargo ocupado._x000D_
 2. Explicação oficial sobre a mudança de horário de trabalho na Secretaria Municipal de Transportes e Obras e os motivos que levaram a essa alteração,_x000D_
 bem como quaisquer informações adicionais relevantes relacionadas a essa decisão.</t>
   </si>
   <si>
     <t>663</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/663/25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/663/25.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1. Cópia do diário de bordo da frota de veículos e máquinas da Secretaria de Transportes e Obras, referente ao exercício de 2023;_x000D_
 2. Relatório de todos os serviços realizados pelas máquinas e veículos da Secretaria Municipal de Transportes e Obras durante o ano de 2023, incluindo as datas específicas em que os serviços foram realizados, bem como os horários, as localidades e uma descrição detalhada da natureza dos serviços executados.</t>
   </si>
   <si>
     <t>664</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/664/26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/664/26.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo o seguinte:_x000D_
 1. Relatório, nos termos do Art. 9.° da Lei Municipal 2479/21, do controle físico e financeiro referente a manutenção e operação da frota da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>672</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/672/27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/672/27.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer o seguinte em relação as obras de pavimentação asfáltica das ruas Professora Isaura Vargas. Constâncio Krumel. Dr. Faustino e Generoso Ildefonso de Oliveira:_x000D_
 a) As obras de pavimentação asfáltica nas ruas mencionadas foram finalizadas? Em caso negativo, qual é o cronograma previsto para a conclusão?_x000D_
 b) Em que data foi realizada a última medição das obras? Foi realizada a medição final destas obras? Em caso positivo, informar a data._x000D_
 c) As situações de drenagem de água foram devidamente sanadas após a pavimentação? Se não, quais medidas estão sendo adotadas para solucionar esse problema?_x000D_
 d) Os meio-fios foram instalados em conformidade com as normas técnicas e de segurança?_x000D_
 e) A situação dos passeios danificados durante as obras de pavimentação foi sanada? Quais soluções foram adotadas para...</t>
   </si>
   <si>
     <t>665</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/665/28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/665/28.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer as seguintes informações sobre a empresa Auto Mecânica Moretti - Eireli - ME, referente aos exercícios de 2022 e 2023:_x000D_
 a) Relatório de todos os serviços realizados pela empresa à Prefeitura Municipal de Bom Retiro;_x000D_
 b) Cópia das notas fiscais de mão de obra e peças substituídas, com os valores e incluindo os contratos de prestação de serviços da referida prestadora_x000D_
 terceirizada;_x000D_
 c) Cópia de documento contento as assinaturas dos condutores na retirada dos equipamentos, máquinas e veículos consertados pela referida empresa.</t>
   </si>
   <si>
     <t>666</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/666/29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/666/29.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer informações se o Poder Executivo vem o cumprimento integralmente o disposto na Lei municipal n.° 2429/2019, especialmente no que se refere ao atendimento dos requerimentos de acordo com a ordem cronológica de protocolo, e ainda, se a Prefeitura disponibiliza uma cópia do requerimento ao requerente.</t>
   </si>
   <si>
     <t>667</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/667/30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/667/30.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara envie convite ao Sr. Carlos Alberto dos Santos, representante dos apicultores de Bom Retiro, para comparecer à essa Casa para explanar sobre o programa de melhoramento genético de abelhas.</t>
   </si>
   <si>
     <t>668</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/668/31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/668/31.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer cópia dos empenhos e notas fiscais referente ao conserto de pneus dos veículos e máquinas de propriedade da Prefeitura Municipal, assim como cópia dos documentos assinados pelos condutores atestando a execução do serviço, referente aos exercícios de 2022 e 2023.</t>
   </si>
   <si>
     <t>673</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/673/32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/673/32.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer informações claras sobre os motivos que levaram à não participação do Município de Bom Retiro na Olimpíada Estudantil Catarinense - Olesc - 2023, etapa regional na cidade de Orleans, e dos fatores que influenciaram a decisão de não participar do referido evento, se por restrições orçamentárias/financeiras, problemas logísticos ou outros obstáculos que possam ter contribuído para essa ausência.</t>
   </si>
   <si>
     <t>674</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/674/33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/674/33.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer as seguintes informações:_x000D_
 1. Número de atendimentos realizados, por mês, pelos médicos que atuam na UBS Carlos Alberto de Souza, no ano de 2023. indicando a quantidade de atendimentos realizados por cada profissional._x000D_
 2. Número de habitantes abrangidos por cada equipe de saúde à qual os médicos dessa UBS estão vinculados, a fim de avaliar a adequação da estrutura atual para o atendimento à população.</t>
   </si>
   <si>
     <t>683</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/683/34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/683/34.pdf</t>
   </si>
   <si>
     <t>A Vereadora que esta subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer as seguintes informações:_x000D_
 1. Relação dos medicamentos distribuídos através da farmácia básica nas unidades de saúde do Município, referente aos exercícios de 2022 e 2023. destacando a quantidade distribuída, mês a mês, e o valor gasto individualizado por mês e por medicação;_x000D_
 2. Relação de todos os medicamentos autorizados pela Secretaria Municipal de Saúde para serem adquiridos diretamente nas farmácias e que não fazem parte dos medicamentos distribuídos através da farmácia básica nas unidades de saúde do Município, referente aos exercícios de 2022 e 2023, destacando a quantidade distribuída, mês a mês, e  o valor individualizado gasto por mês com cada medicação e os critérios utilizados_x000D_
 pela pasta para concessão desta autorização.</t>
   </si>
   <si>
     <t>684</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/684/35.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/684/35.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer a notificação dos proprietários de reflorestamentos para que obedeçam aos recuos estabelecidos no Art. 184 da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>685</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/685/36.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/685/36.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Celesc para requerer as seguintes informações:_x000D_
 1 - Quantas unidades consumidoras de energia existem em Bom Retiro, e dessas, quantas pagam a COSIP (Contribuição para o Custeio do Serviço de Iluminação Pública)?_x000D_
 2 - Relatório contendo o valor arrecadado pelo Município de Bom Retiro nos meses de janeiro a junho de 2023 referente a COSIP.</t>
   </si>
   <si>
     <t>694</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/694/37.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/694/37.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que o Poder Executivo informe o cronograma de pagamento à empresa Marcos da Cruz - ME, relativo à aquisição de lajotas utilizadas na pavimentação de ruas.</t>
   </si>
   <si>
     <t>701</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/701/38.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/701/38.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, a convocação da Secretária Municipal de  Administração para explanar sobre o decreto n.° 059/23, que dispõe sobre a adoção de medidas administrativas para contenção de despesas na administração pública municipal, assim como sobre as finanças da Prefeitura Municipal de Bom Retiro.</t>
   </si>
   <si>
     <t>702</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/702/39.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/702/39.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que o Poder Executivo encaminhe os seguintes documentos relacionadas a realização da VX Festa Estadual do Churrasco:_x000D_
 1. Relação completa de todas as despesas efetuadas para a realização da XV Festa Estadual do Churrasco, incluindo valores, fornecedores e natureza das despesas._x000D_
 2. Cópias de todos os empenhos emitidos para as despesas relacionadas ao evento._x000D_
 3. Notas fiscais ou documentos equivalentes que comprovem as despesas realizadas, acompanhados de seus respectivos comprovantes de pagamento._x000D_
 4. Comprovantes de entrada das receitas relativas à XV Festa Estadual do Churrasco, discriminando a origem dos recursos._x000D_
 5. Cópia dos processos licitatórios realizados para a contratação de serviços, produtos ou infraestrutura relacionados ao evento, incluindo editais, atas,_x000D_
 homologações e contratos resultantes._x000D_
 6. Cópias de todos os contratos firmados ...</t>
   </si>
   <si>
     <t>703</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/703/40.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/703/40.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, para requerer ao Poder Executivo, através da Defesa Civil Municipal as seguintes informações:_x000D_
 1- Quais as ações preventivas concretas que a Defesa Civil Municipal adota quando recebe alertas emitidos pelo órgão estadual. Quais são os passos específicos tomados para minimizar riscos e proteger os cidadãos?_x000D_
 2 - Como a Defesa Civil Municipal se prepara para implementar essas ações preventivas? Quais recursos, como pessoal treinado, equipamentos ou materiais, são mobilizados para garantir a eficácia das medidas preventivas?_x000D_
 3 - Como a Defesa Civil Municipal realiza o monitoramento contínuo das situações de risco após a implementação das ações preventivas? Quais são os mecanismos estabelecidos para ajustar ou adaptar as ações, se necessário?_x000D_
 4 - A Defesa Civil Municipal realiza monitoramento periódico para averiguar as condições das galerias, rede pluvial e ...</t>
   </si>
   <si>
     <t>711</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/711/41.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/711/41.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara envie convite a representante da_x000D_
 Associação Bonretirense de Amparo Animal para explanar sobre o abandono de animais.</t>
   </si>
   <si>
     <t>717</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/717/42.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/717/42.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário , que a Mesa da Câmara requeira ao Poder Executivo as seguintes informações sobre o veículo Ambulância, Placas QJR 3358, de propriedade da Prefeitura Municipal: 1.Valor gasto com a retífica do motor da ambulância (peças e mão de obra) e a data em que foi realizado esse serviço;_x000D_
 2. Cópia da nota fiscal das peças trocadas quando foi realizada a retífica do motor da citada ambulância; _x000D_
 3.Valor gasto para substituição do virabrequim após a retífica do motor da referida ambulância, assim como a data que foi realizada essa troca; _x000D_
 4.Relatório detalhado de todos os gastos relacionados à manutenção mecânica desta ambulância desde sua aquisição até a presente data.</t>
   </si>
   <si>
     <t>718</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/718/43.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/718/43.pdf</t>
   </si>
   <si>
     <t>O Vereador abaixo subscreve, no pleno exercício de suas atribuições legais, vem por meio deste requerer, após aprovação do Egrégio Plenário, que a Mesa da Câmara municipal solicite ao  Poder Executivo as seguintes informações: _x000D_
 1 - Motivo pelo qual o rolo compactador de propriedade da Prefeitura tem permanecido estacionado em frente à oficina por vários meses. _x000D_
 2 - Razões pelas quais o referido equipamento não está sendo empregado para auxiliar na recuperação das estradas do município.</t>
   </si>
   <si>
     <t>719</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/719/44.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/719/44.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais ,vem através do presente REQUEREE, ouvido o Digníssimo Plenário ,que a Mesa da Casa Requeira ao Poder Executivo o seguinte:_x000D_
 1. Relatório, referente ao exercício de 2022, contendo os gastos com manutenção de veículos e máquinas em oficinas, evidenciando o nome da empresa prestadora do serviço, a data da emissão da nota fiscal, o valor e a data em que o município realizou o pagamento, e que esse relatório seja formulado de forma clara e objetiva.</t>
   </si>
   <si>
     <t>720</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/720/45.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/720/45.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve , no uso de suas atribuições legais, vem através do presente REQUERER , ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo o seguinte :_x000D_
 1.A apresentação de um relatório abrangente que detalhe os cargos comissionados atualmente existentes no quadro de pessoal da Prefeitura Municipal, os respectivos vencimentos, identificando quais destes cargos estão ocupados e que esses dados sejam organizados por secretaria; _x000D_
 2.Relatório do montante despendido pela Prefeitura Municipal mensalmente para manter os cargos comissionados; _x000D_
 3.Informações sobre as intenções da Prefeitura Municipal para redução do número de cargos comissionados em razão da atual crise financeira, quais cargos serão reduzidos, qual será o impacto financeiro dessas reduções, e quais cargos serão mantidos, juntamente com as razões para a manutenção desses cargos.</t>
   </si>
   <si>
     <t>721</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/721/46.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/721/46.pdf</t>
   </si>
   <si>
     <t>O  Vereador que este subscreve , no uso de suas atribuições legais , vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira  ao Poder Executivo, o seguinte: _x000D_
 1 - Cópia de todos os documentos elaborados pela Prefeitura Municipal relacionados a iniciativa de promover a ratificação das divisas do Município, em especial, nas localidades de Guarda Velha, Costãozinho e Barbaquá.</t>
   </si>
   <si>
     <t>728</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/728/req_47.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/728/req_47.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente Requerer, ouvido o Digníssimo Plenário, a convocação da Secretária Municipal de Saúde para explanar sobre os efeitos decorrentes da promulgação do Decreto Municipal n.° 059/23 nas ações da área da saúde, especialmente em relação a redução da disponibilidade de medicamentos fornecidos à população, fisioterapia, transporte de pacientes e sobre a_x000D_
 realização de exames laboratoriais, de imagem e outros no âmbito do município.</t>
   </si>
   <si>
     <t>732</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/732/48.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/732/48.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo as seguintes informações:_x000D_
 1. Qual é o estado atual da limpeza da tubulação na Rua Frontino Vieira de Souza e se ela atende aos requisitos necessários para garantir o funcionamento adequado do sistema de drenagem pluvial?_x000D_
 2. Informações sobre a data da última limpeza realizada na referida tubulação;_x000D_
 3. Por fim, que o Poder Executivo informe se há um cronograma estabelecido para futuras operações de limpeza e manutenção da tubulação na Rua Frontino Vieira de Souza. Em caso positivo, encaminhar o referido cronograma.</t>
   </si>
   <si>
     <t>740</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/740/49.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/740/49.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa envie convite a representante da Associação dos Moradores do Distrito de Canoas para explanar sobre as demandas daquela comunidade.</t>
   </si>
   <si>
     <t>745</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/745/50.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/745/50.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Agricultura e Meio Ambiente para prestar esclarecimentos relativos à frota agrícola e aos serviços prestados aos agricultores.</t>
   </si>
   <si>
     <t>746</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a realização de Audiência Pública para discutir a responsabilidade sobre a manutenção da estrada da localidade de Três Pontas.</t>
   </si>
   <si>
     <t>747</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/747/52.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/747/52.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Transportes e Obras para prestar esclarecimentos relativos à publicação do decreto n.° 059/23 nas ações da referida secretaria e as projeções futuras de trabalho da pasta.</t>
   </si>
   <si>
     <t>748</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/748/53.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/748/53.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações detalhadas sobre o funcionamento do banheiro público localizado no Jardim Hercílio Luz, bem como esclarecimentos sobre como obter as chaves para acesso ao local.</t>
   </si>
   <si>
     <t>752</t>
   </si>
   <si>
     <t>Landir</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/752/54.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/752/54.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa envie convite a presidente da Associação Núcleo de Aprendizagem e Produção Maria Mariano para explanar sobre as ações desenvolvidas por essa entidade.</t>
   </si>
   <si>
     <t>759</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo extratos bancários e suas respectivas movimentações financeiras referente ao recurso de R$ 200.000,00 liberados pela Deputada Federal Carmen Zanotto para calçamento e a informação da data para início desta obra.</t>
   </si>
   <si>
     <t>760</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/760/56.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/760/56.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo o seguinte:_x000D_
 1. Cópias dos extratos bancários e dos registros financeiros relativos aos recursos alocados para as obras de pavimentação asfáltica nas seguintes ruas: Professora Isaura Vargas, Constâncio Krumel, Dr. Faustino e Generoso Ildefonso de Oliveira._x000D_
 2. Relatório detalhado das medições dessas obras, incluindo informações sobre o valor pago até o momento, o percentual de execução alcançado e as datas em que essas medições foram realizadas._x000D_
 3. Informações claras sobre o status atual das obras mencionadas. Se as obras não estiverem concluídas, esclarecimentos sobre o que ainda precisa ser realizado para finalizá-las e a responsabilidade pela conclusão das mesmas.</t>
   </si>
   <si>
     <t>761</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/761/57.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/761/57.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa_x000D_
 requeira ao Poder Executivo o seguinte: _x000D_
 1. Relatório, referente aos meses de abril de 2023 a setembro de 2023, contendo os gastos com manutenção de veículos e máquinas em oficinas, evidenciando o nome da empresa prestadora do serviço, a data da emissão da nota fiscal, o valor e a data em que o município realizou o pagamento, e que esse relatório seja formulado de forma clara e objetiva, assim como se está sendo respeitada a ordem cronológica de pagamentos.</t>
   </si>
   <si>
     <t>762</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/762/58.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/762/58.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo o seguinte:_x000D_
 1. Qual é o número total de câmeras de videomonitoramento instaladas nas ruas da cidade e quais delas estão atualmente em funcionamento?_x000D_
 2. Cópia dos contratos celebrados com as empresas encarregadas da administração e operação dessas câmeras de vídeomonitoramento.</t>
   </si>
   <si>
     <t>763</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/763/59.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/763/59.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa envie convite ao comandante do destacamento do Corpo de Bombeiros em Bom Retiro, sargento Rafael Eger, para explanar sobre as ações desenvolvidas pela corporação.</t>
   </si>
   <si>
     <t>788</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/788/60.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/788/60.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem  através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo os relatórios de fiscalização de todas as obras públicas do Município, de acordo com a Lei n.° 2530/22.</t>
   </si>
   <si>
     <t>789</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/789/61.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/789/61.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem  através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa  requeira ao CISAMA as seguintes informações sobre a Estação de Tratamento de Esgoto do  bairro Capistrano:_x000D_
 1. Relatórios de medições da obra;_x000D_
 2. Relatório esclarecendo quais etapas da obra faltam ser concluídas com seus respectivos valores;_x000D_
 3. Quais os motivos da não conclusão da obra;_x000D_
 4. Quais soluções propostas pelo CISAMA para finalização da obra;_x000D_
 5. Ainda há recursos disponíveis do Governo Federal aguardando para serem liberados.</t>
   </si>
   <si>
     <t>790</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/790/62.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/790/62.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do  presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder  Executivo, através do Controle Interno do município o seguinte:_x000D_
 1. Cópia do parecer/análise feita Controle Interno no Processo Licitatório n°  27/2023, modalidade Pregão Eletrônico 12/2023, por ser responsável na fiscalização dos atos da  Administração, cabendo-lhe, analisar e avaliar, quanto à legalidade, eficiência, eficácia e  economicidade, os registros contábeis, os atos de gestão, entre eles: os processos licitatórios, a  execução de contratos, comprovando a legalidade, avaliando os resultados da gestão dos recursos  públicos, em razão da venda do espaço público para Prestação de serviços e promoção de  evento, para organização e gestão da XV Festa Estadual do Churrasco, no valor de R$ 20.000,00  (Vinte Mil Reais), em contra partida a contratada adquiriu o direito de 100% da arrecadação ...</t>
   </si>
   <si>
     <t>799</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/799/63.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/799/63.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através  do presente requerer, ouvido o Digníssimo Plenário, a convocação da Secretária Municipal de  Administração para prestar esclarecimentos acerca do montante economizado pelo Poder  Executivo em razão da edição do decreto n.° 059/23, que dispõe sobre a adoção de medidas  administrativas para contenção de despesas na administração pública municipal, assim como _x000D_
 sobre as finanças da Prefeitura Municipal de Bom Retiro.</t>
   </si>
   <si>
     <t>803</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/803/64.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/803/64.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa envie convite  ao Comandante Joaquim Roque de Souza, 1 Sargento do GBM dos Bombeiros de Bom  Retiro, para explanar sobre as ocorrências e números atendidos na abrangência da OBM, o  número do efetivo, número de viaturas, bem como quais as dificuldades que eles encontram _x000D_
 para atendimentos em ocorrências. Ao final, solicita a explanação a respeito do quartel em  modo geral para que nossa comunidade possa estar ciente sobre o trabalho exercido pelos  nobres bombeiros e bombeiras do nosso município.</t>
   </si>
   <si>
     <t>813</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/813/65.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/813/65.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através  do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário  Municipal de Indústria, Comércio e Turismo para prestar os seguintes esclarecimentos:_x000D_
 1. Apresentar um panorama atualizado sobre o desenvolvimento da área  industrial, abordando os seguintes tópicos: a) Progresso do projeto elétrico.; b) Status da  liberação de licenças pelo Instituto do Meio Ambiente (IMA); c) Prazos estabelecidos para a  execução dos projetos; d) Recursos financeiros disponíveis para a implementação; e)  Esclarecimentos sobre a responsabilidade pela terraplanagem - se a cargo da Secretaria de  Obras ou terceirizada; f) Detalhamento dos incentivos oferecidos pela prefeitura a novos  empresários interessados em investir na área industrial._x000D_
 2. Atualização sobre o parque de recreação no bairro Capistrano, local  anteriormente designado como lixão, incluindo qualquer informação relevante fornecida ...</t>
   </si>
   <si>
     <t>814</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/814/66.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/814/66.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara  Municipal a realização uma audiência pública para discutir o recente anúncio de fechamento  da Escola do Campo Cambará Professora Margarida Buggler Wiggers, reconhecendo a  importância da instituição na promoção da educação e no desenvolvimento da comunidade _x000D_
 local, visando estabelecer um diálogo aberto entre a comunidade e as autoridades, garantindo  assim a participação ativa da população no processo decisório.</t>
   </si>
   <si>
     <t>815</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/815/67.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/815/67.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo assina, no exercício de suas atribuições legais, vem, por meio deste, REQUERER, após ouvir o Digníssimo Plenário, que a Mesa da Casa solicite  ao Poder Executivo informações específicas acerca da destinação dos recursos no valor de R$  500.000,00, repassados pelo Governo do Estado por meio do Programa Recupera SC,  destinados à restauração das estradas prejudicadas pelas chuvas em Bom Retiro:_x000D_
 1. Informar a data de efetivação do depósito deste valor nos cofres_x000D_
 2. Relatório detalhado sobre as estradas, pontes e localidades que serão beneficiadas por esses recursos, destacando aquelas que já passaram por intervenções até o  momento atual e delineando as ações planejadas a serem executadas._x000D_
 3. Detalhar o cronograma de execução das obras, incluindo informações  sobre cada fase realizada._x000D_
 4. Cópias dos orçamentos ou dos processos licitatórios realizados para a  realização dessas iniciativas.</t>
   </si>
   <si>
     <t>816</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/816/68.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/816/68.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo assina, no exercício de suas atribuições legais, vem, por  meio deste, REQUERER, após ouvir o Digníssimo Plenário, que a Mesa da Casa solicite ao  Poder Executivo, através da Secretaria Municipal de Educação, Cultura e Esportes,  esclarecimentos sobre o recente anúncio de encerramento das atividades na Escola do Campo  Cambará Professora Margarida Buggler Wiggers:_x000D_
 1. Detalhamento dos motivos que motivarem a decisão da Prefeitura municipal  no fechamento da referida escola para o ano de 2024;_x000D_
 2. Esclarecimento sobre a possível relação da decisão com uma política de  redução de gastos;_x000D_
 3. Prestação de informações acerca do impacto financeiro que a manutenção da  escola aberta representa para o município;_x000D_
 4. Apresentação de dados que respaldem as previsões positivas relacionadas ao  encerramento da mencionada instituição de ensino.</t>
   </si>
   <si>
     <t>817</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/817/69.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/817/69.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo assina, no exercício de suas atribuições legais, vem, por meio deste, REQUERER, após ouvir o Digníssimo Plenário, que a Mesa da Casa solicite ao Poder Executivo, informações pormenorizadas sobre os motivos que ensejaram a inatividade da ambulância do Serviço de Atendimento Móvel de Urgência - SAMU em 03/12/23, assim como em todas as demais datas em que o referido veículo esteve indisponível ao longo do ano de 2023</t>
   </si>
   <si>
     <t>607</t>
   </si>
   <si>
     <t>DLE</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>Câmara de Vereadores de Bom Retiro - CMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/607/projeto_decreto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/607/projeto_decreto.pdf</t>
   </si>
   <si>
     <t>CONCEDE AFASTAMENTO PARA TRATAMENTO MÉDICO AO PREFEITO MUNICIPAL.</t>
   </si>
   <si>
     <t>682</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/682/decreto_2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/682/decreto_2.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM RETIRO, RELATIVAS AO EXERCÍCIO DE 2021.</t>
   </si>
   <si>
     <t>572</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/572/plc_1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/572/plc_1.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE CARÁTER COMISSIONADO, FIXA O RESPECTIVO VENCIMENTO, ALTERA NÚMERO DE VAGAS DE RECEPCIONISTA E AGENTE MUNICIPAL DE DEFESA CIVIL E EXTINGUE CARGOS E VAGAS NA ESTRUTURA ADMINISTRATIVA DA_x000D_
 PREFEITURA MUNICIPAL DE BOM RETIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>586</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/586/plc_2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/586/plc_2.pdf</t>
   </si>
   <si>
     <t>DÁ NOVA REDAÇÃO AO PARÁGRAFO 2" DO ART. 43 DA LEI COMPLEMENTAR N° 04/2004, QUE INSTITUI_x000D_
 O PLANO DE CARREIRA, CARGOS E SALÁRIOS E O ESTATUTO DO MAGISTÉRIO PÚBLICO DO MUNICÍPIO DE BOM RETIRO, REVOGA A LEI COMPLEMENTAR N° 82/2019 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>602</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/602/plc_4_projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/602/plc_4_projeto.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A ALTERAÇÃO DO NÚMERO DE VAGAS DE VIGIA NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE BOM RETIRO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>628</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/628/plc_5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/628/plc_5.pdf</t>
   </si>
   <si>
     <t>“Altera o Código Tributário Municipal para estabelecer meios de pagamento para recebimento de crédito.</t>
   </si>
   <si>
     <t>670</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/670/plc_6.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/670/plc_6.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DE CARGOS DE CARÁTER COMISSIONADO, FIXA RESPECTIVO VENCIMENTO , ALTERA NÚMERO DE VAGAS DE RECEPCIONISTA E AGENTE MUNICIPAL DE DEFESA CIVIL NA ESTRUTURA ADMINISTRATIVA DA PREFEITURA MUNICIPAL DE BOM RETIRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>730</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/730/projeto_nv.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/730/projeto_nv.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 23 E 24 DA LEI COMPLEMENTAR 04/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>729</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/729/projeto_nv.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/729/projeto_nv.pdf</t>
   </si>
   <si>
     <t>ALTERA OS ARTIGOS 13 E 14 DA LEI COMPLEMENTAR 03/2004 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>731</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/731/projeto_original.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/731/projeto_original.pdf</t>
   </si>
   <si>
     <t>Autoriza o Poder Executivo do município de Bom Retiro, a conceder parcela variável de complementação remuneratória ao vencimento do Enfermeiro, do Técnico de Enfermagem e do Auxiliar de Enfermagem e dá outras providências.</t>
   </si>
   <si>
     <t>590</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/590/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/590/projeto.pdf</t>
   </si>
   <si>
     <t>DÁ NOMENCLATURA  A UNIDADE BÁSICA DE SAÚDE DO BAIRRO CAPISTRANO.</t>
   </si>
   <si>
     <t>693</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/693/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/693/projeto.pdf</t>
   </si>
   <si>
     <t>DÁ NOMENCLATURA A QUADRA DE GRAMA SINTÉTICA ANEXA AO CENTRO POLIESPORTIVO ARNO OSCAR MEYER</t>
   </si>
   <si>
     <t>797</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/797/projeto_xadrez.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/797/projeto_xadrez.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O “PROGRAMA PEDAGÓGICO XADREZ  NAS ESCOLAS” NA REDE MUNICIPAL DE ENSINO DO  MUNICÍPIO DE BOM RETIRO/SC.</t>
   </si>
   <si>
     <t>787</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_resolucao.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_resolucao.pdf</t>
   </si>
   <si>
     <t>Fica concedido Diploma de Honra ao Mérito ao Sr. MILTON GRACIANO  PERON, pelos relevantes serviços prestados ao Município de Bom Retiro.</t>
   </si>
   <si>
     <t>810</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/810/projeto_de_resolucao_02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/810/projeto_de_resolucao_02.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO.</t>
   </si>
   <si>
     <t>534</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/534/1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/534/1.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência a regional da Celesc solicitando adoção de providências para corte das árvores situadas próximas a rede e que oferecem riscos ao fornecimento de energia na Rua Professora Isaura Vargas, centro, no município de Bom Retiro/SC.</t>
   </si>
   <si>
     <t>546</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Daniel Sangaletti, Deuchinha, Helena, Landir, Moraes, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/546/2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/546/2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento da Sra. Laureci_x000D_
 André Ferreira</t>
   </si>
   <si>
     <t>552</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/552/3.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/552/3.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplausos a Deputada Federal e Secretária de_x000D_
 Estado da Saúde, Carmen Zanotto, pela sanção da Lei 14.443/2022, de sua autoria, que permite a realização de laqueadura e vasectomia sem a necessidade de autorização do cônjuge, possibilitando mais liberdade e autonomia para decidir sobre o planejamento familiar e a realização de procedimentos cirúrgicos.</t>
   </si>
   <si>
     <t>563</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/563/4.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/563/4.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao Deputado Estadual, Marcius_x000D_
 Machado, para solicitar a possibilidade de repasse de recursos financeiros para a aquisição de um parque infantil para o Núcleo Municipal Henrique Hemkmaier, proporcionando um espaço seguro e adequado para crianças brincarem e se divertirem, promovendo o desenvolvimento físico, social e emocional delas.</t>
   </si>
   <si>
     <t>582</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/582/5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/582/5.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência a Comissão de Prevenção e Combate as_x000D_
 Drogas da Assembléia Legislativa de Santa Catarina solicitando a realização de palestras nas escolas do município de Bom Retiro com o objetivo de conscientizar sobre os perigos do uso de drogas e seus impactos negativos na vida pessoal, social e familiar, visando contribuir para um futuro mais salutar e livre de violência.</t>
   </si>
   <si>
     <t>591</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/591/6.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/591/6.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência a regional da Celesc solicitando adoção de providências para corte de árvores que se encontram próximas à rede elétrica da Av. 24 de Outubro, entre a Rua Carlos Werner e a Rua Frederico Deucher, e que apresentam um crescimento desordenado, com galhos que podem comprometer a fiação elétrica e gerar riscos de curto circuito e interrupção do fornecimento de energia.</t>
   </si>
   <si>
     <t>613</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Daniel Sangaletti, Deuchinha, Helena, Moraes, Serginho, Soni, Zé do Nazo</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, requerem que, após ouvido o Plenário, a Mesa da Casa envie votos pesar pelo falecimento do ex-Vereador Vilmar Pires.</t>
   </si>
   <si>
     <t>614</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/614/8.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/614/8.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos pesar pelo falecimento do Sr. Zildo Costa.</t>
   </si>
   <si>
     <t>615</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/615/9.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/615/9.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos pesar pelo falecimento da professora municipal Joelma Josyane Farias.</t>
   </si>
   <si>
     <t>630</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Deuchinha, Helena, Moraes, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/630/10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/630/10.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplausos ao Prefeito do município de_x000D_
 Chapadão do Lageado pelo excelente trabalho realizado na manutenção da estrada da localidade de Rio do Meio.</t>
   </si>
   <si>
     <t>631</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/631/11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/631/11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Apelo a ser enviada ao Sr. Rodrigo Pacheco, Presidente do Congresso Nacional e ao Sr. Arthur Lira, Presidente da Câmara Federal para que se posicionem contrários a decisão do Tribunal Superior Eleitoral (TSE) acerca da cassação do mandato do Deputado Federal Deltan Dallagnol e empreenda esforços para que essa decisão seja revista e anulada, em função da mesma estar baseada em erros gravíssimos, estando viciada na sua forma e conteúdo.</t>
   </si>
   <si>
     <t>641</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/641/12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/641/12.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso a Comissão de Combate às Drogas_x000D_
 da Assembléia Legislativa pela realização de palestra aos alunos do município de Bom Retiro.</t>
   </si>
   <si>
     <t>642</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/642/13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/642/13.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso a Sra. Paulina Ghizoni Goedert pela_x000D_
 celebração de seus 103 anos de vida, um marco extraordinário que merece ser devidamente celebrado e enaltecido.</t>
   </si>
   <si>
     <t>643</t>
   </si>
   <si>
     <t>Zé do Nazo, Deuchinha, Helena, Moraes, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/643/14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/643/14.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Valmor Moretti.</t>
   </si>
   <si>
     <t>644</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/644/15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/644/15.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao Secretário de Estado da Infraestrutura para solicitar a doação de uma motoniveladora, já que recentemente, o Município de Bom Retiro foi designado para assumir a responsabilidade pela manutenção e conservação de trechos de estradas que antes estavam sob a jurisdição do Estado e esse equipamento seria de grande_x000D_
 valia para enfrentarmos os desafios relacionados à manutenção das estradas sob nossa responsabilidade.</t>
   </si>
   <si>
     <t>655</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/655/16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/655/16.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência a Secretária de Estado da Infraestrutura_x000D_
 e Mobilidade solicitando a recuperação urgente do trecho da SC 110, entre Bom Retiro e Petrolândia, pois esta rodovia está repleta de buracos e com pontos intransitáveis, trazendo prejuízos materiais aos condutores e dificuldades para escoamento da safra agropecuária da região.</t>
   </si>
   <si>
     <t>656</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/656/17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/656/17.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao Sr. Albanês de Souza Sá pela passagem de seu aniversário.</t>
   </si>
   <si>
     <t>657</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Deuchinha, Helena, Moraes, Serginho, Soni, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/657/18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/657/18.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de votos de pesar pelo falecimento da Sra. Benta Martins Corrêa.</t>
   </si>
   <si>
     <t>671</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/671/19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/671/19.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso a APAE de Bom Retiro pela realização e_x000D_
 efetivo sucesso do Festival Regional Nossa Arte.</t>
   </si>
   <si>
     <t>686</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/686/20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/686/20.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso a equipe de futsal R&amp;C Schlemper / H&amp;S FC pela conquista da VI edição da Copa Municipal de Futsal.</t>
   </si>
   <si>
     <t>687</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/687/21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/687/21.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso aos atletas Tainá da Luz Gonçalves de Sá e Alex Pedro pela conquista no Torneio Internacional Mega Open de Taekwondo, assim como a equipe do Centro de Referência da Assistência Social por apoiar a prática deste esporte através de suas oficinas.</t>
   </si>
   <si>
     <t>688</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/688/22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/688/22.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de votos de pesar pelo falecimento do Sr. Judas Tadeu de Andrade.</t>
   </si>
   <si>
     <t>695</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/695/23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/695/23.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao produtor de queijo artesanal_x000D_
 serrano, Air de Agostinho Zanelato, pela conquista da medalha de ouro no VI Prêmio Queijo Brasil.</t>
   </si>
   <si>
     <t>696</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/696/24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/696/24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao Corpo de Bombeiros de Bom Retiro pela atuação durante a ocorrência de incêndio, no último sábado, no bairro São José.</t>
   </si>
   <si>
     <t>715</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/715/25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/715/25.pdf</t>
   </si>
   <si>
     <t>O vereador que abaixo subscreve, nos termo do Regimento Interno desta Casa requer o encaminhamento de ofício a CELESC para solicitar uma revisão completa nos postes de energia elétrica, em parceria com as empresas de telecomunicação locatárias, a fim de identificar e remover os fios excedentes ou em desuso, contribuindo para a segurança e para redução da poluição visual.</t>
   </si>
   <si>
     <t>716</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/716/26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/716/26.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Iria Menegaz Neckel.</t>
   </si>
   <si>
     <t>733</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/733/27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/733/27.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência a CELESC para manifestar a_x000D_
 necessidade premente de designação de funcionários adicionais para atuar na operação e manutenção da infraestrutura elétrica no município de Bom Retiro, pois a crescente demanda por energia elétrica e a extensa malha de linhas de distribuição de energia em nossa região têm gerado desafios significativos para a manutenção, operação e atendimento das instalações elétricas, tomando imprescindível a alocação de recursos humanos adicionais para garantir a continuidade e a qualidade do serviço prestado.</t>
   </si>
   <si>
     <t>734</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/734/28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/734/28.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Pedro Celeste_x000D_
 Gorges.</t>
   </si>
   <si>
     <t>741</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/741/29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/741/29.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência aos Presidentes do Senado Federal e da_x000D_
 Câmara dos Deputados e a toda bancada catarinense no Congresso Nacional em oposição à legalização do aborto no Brasil.</t>
   </si>
   <si>
     <t>744</t>
   </si>
   <si>
     <t>Deuchinha, Helena, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/744/30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/744/30.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao Presidente da Assembléia Legislativa Mauro de Nadai, ao Deputado Estadual Lucas Neves e ao Secretário de Estado da Agricultura Valdir Colatto, demonstrando a necessidade premente para permitir o controle populacional de javalis através da caça destes animais, pois se trata  de espécie exótica e invasora, que tem causado sérios prejuízos à agricultura, destruindo plantações e afetando o ecossistema local, além de representar riscos à saúde pública e oferecer perigos físicos às comunidades rurais.</t>
   </si>
   <si>
     <t>750</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/750/31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/750/31.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao Comandante do 6o BPM, Ten. Cel. Fabiano da Silva, pela reativação do PROERD no município de Bom Retiro, programa de grande importância para a nossa comunidade, que contribui de forma significativa para a educação e prevenção ao uso de drogas entre nossas crianças e jovens.</t>
   </si>
   <si>
     <t>751</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/751/32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/751/32.pdf</t>
   </si>
   <si>
     <t>768</t>
   </si>
   <si>
     <t>Deuchinha, Helena, Moraes, Serginho, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/768/33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/768/33.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Carmilene_x000D_
 Muniz.</t>
   </si>
   <si>
     <t>769</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/769/34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/769/34.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie de moção de aplauso ao Senador Esperidião Amin pela_x000D_
 atuação na CPMI do dia 08 de janeiro e pela relatoria da PEC 08/21, que limita as decisões monocráticas e pedidos de vista do STF.</t>
   </si>
   <si>
     <t>770</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Daniel Sangaletti, Deuchinha, Helena, Landir, Moraes, Serginho, Soni, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/770/35.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/770/35.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência à Secretaria de Estado da Saúde com o intuito de otimizar o sistema de agendamento de consultas e procedimentos com médicos vasculares durante os mutirões de atendimento realizados no município de Anita Garibaldi, e que tais atendimentos sejam agrupados em horários próximos e organizados por município, a fim de otimizar o deslocamento dos pacientes, redução de despesas e o tempo de espera dos cidadãos que necessitam de cuidados médicos vasculares.</t>
   </si>
   <si>
     <t>773</t>
   </si>
   <si>
     <t>Deuchinha, Helena, Moraes, Serginho, Soni, Zé do Nazo</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a  Mesa da Casa envie correspondência ao Governador do Estado, Jorginho Melo, a  Secretária de Estado da Saúde, Carmen Zanotto, e ao Deputado Estadual Marcius  Machado para solicitar recursos ao município de Bom Retiro para construção de centro  de tratamento de saúde com hidroterapia, fisioterapia, pilates e para as práticas  interativas complementares em saúde (PICS).</t>
   </si>
   <si>
     <t>774</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/774/37.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/774/37.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o  Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do ex-Vereador e _x000D_
 presidente desta Câmara Municipal, João Batista da Silva.</t>
   </si>
   <si>
     <t>775</t>
   </si>
   <si>
     <t>Deuchinha, Helena, Moraes, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/775/38.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/775/38.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a  Mesa da Casa envie correspondência a Associação dos Municípios da Região Serrana -  AMURES para solicitar a realização de levantamento topográfico e  georreferenciamento, com a finalidade de revisar as divisas entre o Município de Bom  Retiro e o Município de Alfredo Wagner, a fim de garantir que uma parte do território  das comunidades de Guarda Velha, Costãozinho e Barbaquá, historicamente associadas  a Bom Retiro, permaneça sob a sua jurisdição, onde já possuem laços sólidos e recebem os serviços públicos necessários.</t>
   </si>
   <si>
     <t>776</t>
   </si>
   <si>
     <t>Deuchinha, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/776/39.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/776/39.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o  Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Merwin Rubens _x000D_
 Alvarez Lara.</t>
   </si>
   <si>
     <t>777</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Deuchinha, Helena, Moraes, Serginho, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/777/40.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/777/40.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário,  a Mesa da Casa envie Moção de Aplausos ao Professor Robson da Cruz, em _x000D_
 reconhecimento à sua notável iniciativa e dedicação para que Bom Retiro sediasse a  etapa Mesorregional do Festival Dança Catarina, contribuindo para a promoção da  cultura e das artes na comunidade e para a projeção do nome de nosso município.</t>
   </si>
   <si>
     <t>791</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/791/41.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/791/41.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a  Mesa da Casa envie correspondência a regional da Celesc solicitando adoção de providências  para corte das árvores situadas próximas a rede e que oferecem riscos ao fornecimento de  energia na região das comunidades de Três Pontas, Corote, Gabiroba, Sapato, Rio Frederico e Rio do Meio.</t>
   </si>
   <si>
     <t>792</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/792/42.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/792/42.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, requerem que, após ouvido o  Plenário, a Mesa da Casa envie correspondência a Coordenadoria Regional da Secretaria de  Estado da Infraestrutura e Mobilidade para solicitar o corte ou poda de árvores na Unidade de  Bom Retiro visando prevenir potenciais problemas na rede de energia elétrica e garantir a  segurança e o adequado funcionamento da infraestrutura elétrica.</t>
   </si>
   <si>
     <t>793</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/793/43.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/793/43.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o  Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Otaviano Batista _x000D_
 Correia.</t>
   </si>
   <si>
     <t>804</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Deuchinha, Helena, Moraes, Serginho, Soni, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/804/44.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/804/44.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o  Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Ivandina _x000D_
 Branger Goedert.</t>
   </si>
   <si>
     <t>805</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/805/45.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/805/45.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplausos ao Corpo de Bombeiros Militar de Santa _x000D_
  Catarina - Quartel de Bom Retiro e sua guarnição: Cabo Bombeiro Militar Eduardo (Eduardo Rothstein Alves), Bombeiro Comunitário Peter (Luis Peter de Andrade), Bombeiro Comunitário Toni (Toni Jerri dos Santos), Bombeira Comunitária Ana Carolina (Ana Carolina Pereira) pelo excelente trabalho realizado no dia 26/11/2023  (domingo), por volta de 14h45m, onde conseguiram com sucesso impedir um cidadão de atentar contra sua própria segurança, na ponte da Avenida Major Generoso que passa sobre a BR-282, e o encaminharam ao Hospital Nossa Senhora das Graças. Destacamos o reconhecimento ainda ao Capitão Bombeiro Militar Teles (Raniel Teles Pinheiro) que de folga prestou todo auxílio e foi essencial ao bom desfecho da ocorrência.</t>
   </si>
   <si>
     <t>821</t>
   </si>
   <si>
     <t>Helena, Moraes, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/821/46.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/821/46.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário,  a Mesa da Casa envie Moção de Aplauso à CELESC pelo manejo da vegetação nas _x000D_
 localidades de Três Pontas, Rio Frederico, Corote e Rio do Meio, notadamente sob as  redes de transmissão, visando prevenir problemas na rede de energia e garantir a  segurança e eficiência da infraestrutura elétrica.</t>
   </si>
   <si>
     <t>822</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/822/47.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/822/47.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o  Plenário, a Mesa da Casa envie Moção de Aplauso à Deputada Federal Carmen Zanotto _x000D_
 pela luta na aprovação e implementação do piso salarial nacional do Enfermeiro, do  Técnico de Enfermagem, do Auxiliar de Enfermagem e da Parteira, garantindo, desta  forma, condições dignas de trabalho e valorização para os mencionados profissionais.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
@@ -3848,68 +3848,68 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/528/projeto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/562/projeto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/571/projeto_certo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/587/projeto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/588/projeto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/589/projeto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/600/copia_projeto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/599/projeto_certo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/654/projeto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/622/parte_do_projeto_merged_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/627/projeto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/704/projeto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/669/projeto.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/691/pl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/692/pl_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/707/projeto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/708/projeto.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/727/pl_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/709/projeto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/710/projeto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/742/projeto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/749/projeto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/771/pl.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/772/pl.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/800/pl_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_5_merged_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/785/pl_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/812/pl_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/801/pl_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/802/pl_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/811/pl_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/828/pl_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/529/1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/530/2.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/531/3.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/532/4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/533/5.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/539/6.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/540/7.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/541/8.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/542/9.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/543/10.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/544/11.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/547/12.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/548/13.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/549/14.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/550/15.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/551/16.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/555/17.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/556/18.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/557/19.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/558/20.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/559/21.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/560/22.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/561/23.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/567/24.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/568/25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/569/26.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/570/27.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/574/28.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/575/29.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/576/30.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/577/31.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/578/32.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/579/33.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/580/34.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/581/35.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/583/36.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/584/37.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/585/38.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/594/40.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/597/42.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/598/43.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/603/44.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/604/46.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/605/46.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/606/47.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/612/48.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/616/49.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/617/50.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/618/51.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/624/52.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/625/53.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/626/54.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/632/55.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/633/56.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/634/57.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/635/58.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/636/59.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/637/60.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/638/61.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/645/62.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/646/63.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/647/64.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/648/65.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/649/66.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/650/67.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/651/68.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/652/69.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/653/70.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/658/71.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/659/72.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/660/73.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/661/74.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/662/75.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/675/76.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/676/77.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/677/78.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/678/79.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/679/80.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/680/81.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/681/82.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/689/83.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/690/84.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/697/86.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/698/86.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/699/87.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/700/88.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/705/89.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/706/90.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/712/91.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/713/92.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/714/93.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/722/94.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/723/95.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/724/97.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/725/97.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/726/98.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/735/99.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/736/100.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/737/101.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/738/102.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/739/103.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/743/104.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/753/106.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/754/107.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/755/108.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/756/109.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/757/110.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/758/111.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/764/112.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/765/113.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/766/114.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/767/115.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/778/116.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/779/117.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/780/118.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/781/119.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/782/120.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/783/121.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/784/122.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/794/124.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/795/124.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/796/125.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/798/126.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/806/127.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/807/128.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/808/129.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/809/130.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/818/131.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/819/132.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/820/133.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/823/134.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/824/135.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/825/136.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/826/137.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/535/1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/537/3.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/538/4.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/545/5.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/553/6.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/554/7.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/564/8.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/565/9.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/566/10.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/573/11.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/592/12.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/595/13.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/608/14.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/609/15.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/610/16.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/611/17.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/619/18.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/620/19.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/621/20.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/623/21.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/629/22.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/639/23.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/663/25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/664/26.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/672/27.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/665/28.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/666/29.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/667/30.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/668/31.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/673/32.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/674/33.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/683/34.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/684/35.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/685/36.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/694/37.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/701/38.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/702/39.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/703/40.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/711/41.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/717/42.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/718/43.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/719/44.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/720/45.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/721/46.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/728/req_47.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/732/48.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/740/49.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/745/50.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/747/52.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/748/53.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/752/54.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/760/56.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/761/57.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/762/58.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/763/59.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/788/60.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/789/61.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/790/62.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/799/63.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/803/64.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/813/65.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/814/66.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/815/67.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/816/68.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/817/69.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/607/projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/682/decreto_2.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/572/plc_1.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/586/plc_2.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/602/plc_4_projeto.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/628/plc_5.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/670/plc_6.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/730/projeto_nv.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/729/projeto_nv.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/731/projeto_original.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/590/projeto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/693/projeto.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/797/projeto_xadrez.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/810/projeto_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/534/1.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/546/2.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/552/3.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/563/4.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/582/5.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/591/6.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/614/8.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/615/9.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/630/10.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/631/11.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/641/12.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/642/13.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/643/14.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/644/15.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/655/16.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/656/17.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/657/18.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/671/19.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/686/20.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/687/21.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/688/22.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/695/23.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/696/24.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/715/25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/716/26.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/733/27.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/734/28.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/741/29.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/744/30.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/750/31.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/751/32.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/768/33.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/769/34.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/770/35.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/774/37.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/775/38.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/776/39.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/777/40.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/791/41.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/792/42.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/793/43.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/804/44.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/805/45.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/821/46.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/822/47.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/528/projeto.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/562/projeto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/571/projeto_certo.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/587/projeto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/588/projeto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/589/projeto.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/600/copia_projeto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/599/projeto_certo.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/654/projeto.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/622/parte_do_projeto_merged_1.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/627/projeto.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/704/projeto.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/669/projeto.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/691/pl.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/692/pl_16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/707/projeto.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/708/projeto.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/727/pl_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/709/projeto.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/710/projeto.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/742/projeto.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/749/projeto.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/771/pl.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/772/pl.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/800/pl_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/786/projeto_5_merged_1.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/785/pl_28.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/812/pl_29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/801/pl_30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/802/pl_31.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/811/pl_32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/827/projeto_33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/828/pl_34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/529/1.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/530/2.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/531/3.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/532/4.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/533/5.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/539/6.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/540/7.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/541/8.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/542/9.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/543/10.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/544/11.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/547/12.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/548/13.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/549/14.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/550/15.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/551/16.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/555/17.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/556/18.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/557/19.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/558/20.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/559/21.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/560/22.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/561/23.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/567/24.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/568/25.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/569/26.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/570/27.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/574/28.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/575/29.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/576/30.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/577/31.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/578/32.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/579/33.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/580/34.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/581/35.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/583/36.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/584/37.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/585/38.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/594/40.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/597/42.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/598/43.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/603/44.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/604/46.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/605/46.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/606/47.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/612/48.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/616/49.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/617/50.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/618/51.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/624/52.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/625/53.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/626/54.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/632/55.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/633/56.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/634/57.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/635/58.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/636/59.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/637/60.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/638/61.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/645/62.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/646/63.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/647/64.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/648/65.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/649/66.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/650/67.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/651/68.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/652/69.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/653/70.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/658/71.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/659/72.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/660/73.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/661/74.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/662/75.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/675/76.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/676/77.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/677/78.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/678/79.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/679/80.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/680/81.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/681/82.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/689/83.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/690/84.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/697/86.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/698/86.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/699/87.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/700/88.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/705/89.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/706/90.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/712/91.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/713/92.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/714/93.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/722/94.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/723/95.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/724/97.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/725/97.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/726/98.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/735/99.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/736/100.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/737/101.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/738/102.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/739/103.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/743/104.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/753/106.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/754/107.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/755/108.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/756/109.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/757/110.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/758/111.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/764/112.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/765/113.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/766/114.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/767/115.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/778/116.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/779/117.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/780/118.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/781/119.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/782/120.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/783/121.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/784/122.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/794/124.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/795/124.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/796/125.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/798/126.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/806/127.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/807/128.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/808/129.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/809/130.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/818/131.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/819/132.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/820/133.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/823/134.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/824/135.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/825/136.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/826/137.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/535/1.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/537/3.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/538/4.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/545/5.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/553/6.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/554/7.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/564/8.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/565/9.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/566/10.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/573/11.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/592/12.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/595/13.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/608/14.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/609/15.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/610/16.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/611/17.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/619/18.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/620/19.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/621/20.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/623/21.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/629/22.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/639/23.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/663/25.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/664/26.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/672/27.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/665/28.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/666/29.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/667/30.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/668/31.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/673/32.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/674/33.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/683/34.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/684/35.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/685/36.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/694/37.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/701/38.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/702/39.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/703/40.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/711/41.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/717/42.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/718/43.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/719/44.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/720/45.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/721/46.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/728/req_47.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/732/48.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/740/49.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/745/50.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/747/52.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/748/53.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/752/54.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/760/56.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/761/57.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/762/58.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/763/59.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/788/60.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/789/61.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/790/62.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/799/63.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/803/64.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/813/65.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/814/66.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/815/67.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/816/68.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/817/69.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/607/projeto_decreto.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/682/decreto_2.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/572/plc_1.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/586/plc_2.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/602/plc_4_projeto.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/628/plc_5.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/670/plc_6.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/730/projeto_nv.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/729/projeto_nv.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/731/projeto_original.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/590/projeto.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/693/projeto.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/797/projeto_xadrez.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/787/projeto_de_resolucao.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/810/projeto_de_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/534/1.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/546/2.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/552/3.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/563/4.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/582/5.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/591/6.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/614/8.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/615/9.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/630/10.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/631/11.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/641/12.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/642/13.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/643/14.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/644/15.pdf" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/655/16.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/656/17.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/657/18.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/671/19.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/686/20.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/687/21.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/688/22.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/695/23.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/696/24.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/715/25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/716/26.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/733/27.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/734/28.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/741/29.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/744/30.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/750/31.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/751/32.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/768/33.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/769/34.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/770/35.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/774/37.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/775/38.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/776/39.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/777/40.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/791/41.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/792/42.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/793/43.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/804/44.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/805/45.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/821/46.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2023/822/47.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H302"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="4" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="89.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="101.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="100.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>