--- v0 (2025-12-06)
+++ v1 (2026-03-16)
@@ -54,3107 +54,3107 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>829</t>
   </si>
   <si>
     <t>2024</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>PLENÁRIO - PLE</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/</t>
   </si>
   <si>
     <t>Convalida a Compra de bem imóvel ao Município de Bom Retiro para ampliação do cemitério público municipal.</t>
   </si>
   <si>
     <t>830</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Bom Retiro - PMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/830/projeto_2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/830/projeto_2.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO MUNICIPAL  A CONTRATAR OPERAÇÃO DE CRÉDITO  JUNTO À CAIXA ECONÔMICA FEDERAL, NO  ÂMBITO DO PROGRAMA FINISA - FINANCIAMENTO À INFRAESTRUTURA E AO SANEAMENTO NA MODALIDADE APOIO FINANCEIRO DESTINADO A APLICAÇÃO EM _x000D_
 DESPESA DE CAPITAL E A OFERECER  GARANTIAS E DÁ OUTRAS.</t>
   </si>
   <si>
     <t>848</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/848/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/848/projeto.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO NA PREFEITURA MUNICIPAL DE BOM RETIRO, NO EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO _x000D_
 DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>849</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/849/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/849/projeto.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO NA  PREFEITURA MUNICIPAL DE BOM RETIRO, NO  EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO _x000D_
 DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>850</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/850/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/850/projeto.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO NA PREFEITURA MUNICIPAL DE BOM RETIRO, NO EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO _x000D_
 DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>922</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/922/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/922/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação do Conselho Municipal de Defesa do Meio Ambiente - CONDEMA, e dá outras providências”.</t>
   </si>
   <si>
     <t>923</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/923/7.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/923/7.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO FUNDO MUNICIPAL DE SAÚDE DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, _x000D_
 POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>924</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/924/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/924/projeto.pdf</t>
   </si>
   <si>
     <t>ATUALIZA O PISO SALARIAL DOS PROFISSIONAIS DO MAGISTÉRIO PÚBLICO DA EDUCAÇÃO BÁSICA DO MUNICÍPIO DE BOM RETIRO, ESTADO _x000D_
 DE SANTA CATARINA, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>925</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
     <t>FIXA O PISO SALARIAL DOS AGENTE COMUNITÁRIO DE SAÚDE E AGENTE DE ENDEMIAS, DE ACORDO COM A EMENDA CONSTITUCIONAL N° 120, DE 05 DE MAIO DE 2022.</t>
   </si>
   <si>
     <t>933</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/933/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/933/pl.pdf</t>
   </si>
   <si>
     <t>RATIFICA O CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERMUNICIPAL DE SAÚDE CIS-AMURES.</t>
   </si>
   <si>
     <t>934</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/934/pl_11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/934/pl_11.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL DE QUE TRATA O ARTIGO 37, X DA CF/88 AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS E PENSIONISTAS, ESTAGIÁRIOS, E DOS AGENTES POLÍTICOS MUNICIPAIS, REAJUSTA VENCIMENTOS E AUXÍLIO-ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>935</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/935/pl_12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/935/pl_12.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 3o DA LEI N° 2182/13, DE 23 DE JULHO 2013, QUE TRATA DA COMPOSIÇÃO DO CONSELHO MUNICIPAL DE ASSISTÊNCIA SOCIAL - CMAS.</t>
   </si>
   <si>
     <t>953</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/953/pl_13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/953/pl_13.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE &amp;OM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>954</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/954/pl_14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/954/pl_14.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DO FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL DO _x000D_
 MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>955</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/955/projeto_julho.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/955/projeto_julho.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a criação e o funcionamento do Serviço de Controle de Zoonoses e do Centro de Triagem Municipal de Animais Domésticos _x000D_
 e dá outras providências.</t>
   </si>
   <si>
     <t>956</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/956/16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/956/16.pdf</t>
   </si>
   <si>
     <t>Introduz Modificações no Artigo 3° da Lei n.º 1410 de 19,12.97, Que Instituiu o Conselho Municipal de Saúde.</t>
   </si>
   <si>
     <t>970</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_17.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2025 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1005</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1005/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1005/pl.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO SUPLEMENTAR NO ORÇAMENTO FUNDO MUNICIPAL DE SAÚDE DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, _x000D_
 POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1031</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1031/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1031/pl.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE CESSÃO DE USO COM A ASSOCIAÇÃO DE AGRICULTORES NOSSA SENHORA DE LURDES "A.A.N.S.L" E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1032</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1032/pl_20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1032/pl_20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PROMOVER A REAVALIAÇÃO LEILÃO PARA ALIENAR SUCATAS, CONSIDERADAS INSERVÍVEIS E DE PROPRIEDADE _x000D_
 DA PREFEITURA MUNICIPAL E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1035</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1035/pl_21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1035/pl_21.pdf</t>
   </si>
   <si>
     <t>INSTITUI NOVA LOGOMARCA TURÍSTICA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1036</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1036/pl_22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1036/pl_22.pdf</t>
   </si>
   <si>
     <t>ABRE CREDITO SUPLEMENTAR NO ORÇAMENTO DA PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1044</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1044/pl_23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1044/pl_23.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO NA PREFEITURA MUNICIPAL DE BOM RETIRO, NO EXERCÍCIO FINANCEIRO DE 2024, E ALTERA O ART. 9o DA LEI N° 2200/2013.</t>
   </si>
   <si>
     <t>1045</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1045/pl_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1045/pl_24.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1047</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1047/pl_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1047/pl_25.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO MUNICÍPIO DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO DE DOTAÇÃO E POR PROVÁVEL EXCESSO DE ARRECADAÇÃO.</t>
   </si>
   <si>
     <t>1051</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1051/projeto_26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1051/projeto_26.pdf</t>
   </si>
   <si>
     <t>1071</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1071/pl_27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1071/pl_27.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Bom Retiro para o Exercício de 2025.</t>
   </si>
   <si>
     <t>1079</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto.pdf</t>
   </si>
   <si>
     <t>1080</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1080/29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1080/29.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1081</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1081/30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1081/30.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NA PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1082</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1082/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1082/projeto.pdf</t>
   </si>
   <si>
     <t>1087</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1087/32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1087/32.pdf</t>
   </si>
   <si>
     <t>1088</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1088/33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1088/33.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2024, POR ANULAÇÃO DE _x000D_
 DOTAÇÃO.</t>
   </si>
   <si>
     <t>1089</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1089/34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1089/34.pdf</t>
   </si>
   <si>
     <t>1090</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1090/pl_35.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1090/pl_35.pdf</t>
   </si>
   <si>
     <t>1091</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto.pdf</t>
   </si>
   <si>
     <t>1092</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto.pdf</t>
   </si>
   <si>
     <t>1093</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1093/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1093/pl.pdf</t>
   </si>
   <si>
     <t>1094</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1094/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1094/pl.pdf</t>
   </si>
   <si>
     <t>1095</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1095/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1095/projeto.pdf</t>
   </si>
   <si>
     <t>1096</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto.pdf</t>
   </si>
   <si>
     <t>1097</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1097/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1097/pl.pdf</t>
   </si>
   <si>
     <t>832</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>Daniel Sangaletti</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar a substituição das luminárias convencionais por lâmpadas de LED nas vias públicas do Município.</t>
   </si>
   <si>
     <t>845</t>
   </si>
   <si>
     <t>Helena</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/845/2.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/845/2.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar que a obra de calçamento da continuidade da Av. 24 de Outubro, com recursos proveniente da emenda parlamentar da Deputada Federal Carmen Zanotto no valor de R$ 200.000,00, seja executada obedecendo critérios técnicos de engenharia para implantação das camadas de base e sub-base e de reforço do subleito para garantir o tráfego de veículos pesados e a durabilidade desta obra.</t>
   </si>
   <si>
     <t>846</t>
   </si>
   <si>
     <t>Deuchinha</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/846/3.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/846/3.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar contato com os proprietários do loteamento que está sendo implantado no antigo campo de futebol para proceder o fechamento da lagoa artificial existente no local.</t>
   </si>
   <si>
     <t>851</t>
   </si>
   <si>
     <t>Helena, Moraes, Serginho, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/851/4.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/851/4.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de placas de sinalização PARE no entroncamento da Rua São José com a Rua Walfredo Kunn, com o intuito de reforçar a segurança dos transeuntes, principalmente dos alunos que frequentam o Núcleo Municipal São José, garantindo assim um tráfego mais seguro e organizado.</t>
   </si>
   <si>
     <t>852</t>
   </si>
   <si>
     <t>Soni, Moraes, Serginho, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/852/5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/852/5.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito  Municipal para solicitar o cascalhamento das ruas do Bairro São José.</t>
   </si>
   <si>
     <t>853</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Deuchinha, Helena</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/853/6.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/853/6.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a implementação de um curso intitulado "Primeiro Emprego" destinado a capacitação de jovens residentes em nosso Município, para proporcionar uma preparação eficaz para ingressarem no mercado de trabalho, desenvolvimento pessoal, empreendedor e profissional, mas também para o progresso econômico e social de nossa comunidade como um todo.</t>
   </si>
   <si>
     <t>854</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/854/7.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/854/7.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a produção de vídeo institucional intitulado "Porque Investir em Bom Retiro", com intuito de destacar os potenciais do Município em diversos segmentos, visando atrair investimentos e promover a cidade junto a potenciais investidores, destacando suas vantagens e oportunidades.</t>
   </si>
   <si>
     <t>855</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/855/8.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/855/8.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a recuperação de ponte na localidade de Sapato, nas proximidades da  antiga escola desta comunidade.</t>
   </si>
   <si>
     <t>858</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o fornecimento de alimentação ou lanche para pacientes e acompanhantes que fazem tratamento de saúde fora do Município, pois muitos são economicamente desfavorecidos, enfrentando dificuldades financeiras para arcar com os custos alimentares durante o período de tratamento.</t>
   </si>
   <si>
     <t>859</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/859/10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/859/10.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o aumento do número de vagas de estacionamento aos veículos do transporte escolar defronte a Escola de Educação Básica Alexandre de Gusmão.</t>
   </si>
   <si>
     <t>860</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/860/11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/860/11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar um estudo nas ruas São José, Cônego Adriano e Antonio José Coelho visando a criação de pontos de estacionamento, rotas para os veículos do transporte escolar e adoção de sentido único.</t>
   </si>
   <si>
     <t>861</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/861/12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/861/12.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cumprimento da lei federal 14.654/23, que toma obrigatória a divulgação dos estoques dos medicamentos das farmácias que compõem o Sistema Único de Saúde.</t>
   </si>
   <si>
     <t>872</t>
   </si>
   <si>
     <t>Cláudio Bombeiro</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/872/13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/872/13.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de melhorias nas ruas do bairro São José, principalmente na rua Carlos Souza, em razão dos estragos decorrentes das últimas chuvas.</t>
   </si>
   <si>
     <t>873</t>
   </si>
   <si>
     <t>Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/873/14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/873/14.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de um número apropriado de bocas de lobo na Rua Dorval Ferreira de Macedo para garantir o escoamento adequado das águas da chuva e evitar possíveis alagamentos.</t>
   </si>
   <si>
     <t>874</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/874/15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/874/15.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento, cascalhamento e a abertura de sarjetas na estrada de acesso às comunidades de Irapuá, Cerro Baio e Cupim, em razão das péssimas condições em que se encontram as estradas, o que tem acarretado não somente o atraso recorrente no horário _x000D_
 de chegada do ônibus escolar, mas também dificultado o deslocamento dos moradores dessas comunidades.</t>
   </si>
   <si>
     <t>875</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/875/16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/875/16.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização da limpeza das bocas de lobo na Rua Carlos Werner, devido ao alto volume de água que corre, visando prevenir danos à residência de número 1280.</t>
   </si>
   <si>
     <t>876</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/876/17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/876/17.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a implementação de medidas para evitar que o escoamento das águas pluviais da Avenida Major Generoso seja direcionado para a Rua Carlos Souza, a fim de prevenir danos à residência do Sr. Marcos Roberto Semman.</t>
   </si>
   <si>
     <t>886</t>
   </si>
   <si>
     <t>Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/886/18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/886/18.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a desobstrução de um bueiro localizado na estrada de Matador, próximo à propriedade do Senhor Sérgio Henrique Elias (Lilik), devido à formação de uma lâmina de água sobre a estrada e para garantir a segurança dos moradores e usuários da via.</t>
   </si>
   <si>
     <t>887</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a implementação um aplicativo oficial em que seja possível ao cidadão relatar demandas e acompanhar os protocolos de solicitação.</t>
   </si>
   <si>
     <t>888</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/888/20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/888/20.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos, mesmo de forma temporária, nas pontes danificadas pelas recentes chuvas, principalmente na localidade de Três Pontas.</t>
   </si>
   <si>
     <t>889</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/889/21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/889/21.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento da Rua Carlos Souza, no bairro São José, assim como a manutenção da rede pluvial.</t>
   </si>
   <si>
     <t>890</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/890/22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/890/22.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento da servidão Arlindo Cruz.</t>
   </si>
   <si>
     <t>891</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/891/23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/891/23.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento da serra de acesso a comunidade de Paraiso da Serra.</t>
   </si>
   <si>
     <t>892</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/892/24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/892/24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a desobstrução dos bueiros e sarjetas nas estradas das regiões de Matador, Costão do Frade, Barbaquá, Rio Frederico, Três Pontas, Gabiroba, Rio do Meio, entre outras, devido ao transbordamento de água sobre as vias, comprometendo a segurança e a trafegabilidade dos moradores e usuários.</t>
   </si>
   <si>
     <t>893</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a desobstrução de bueiro em frente a Associação dos Servidores do DEINFRA.</t>
   </si>
   <si>
     <t>900</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/900/26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/900/26.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos e o nivelamento do calçamento da Av. 24 de Outubro para assegurar mais segurança nesta via, melhorar a mobilidade urbana e melhorar o aspecto estético do logradouro.</t>
   </si>
   <si>
     <t>901</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/901/27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/901/27.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos no calçamento da Rua Anita Garibaldi para assegurar mais segurança nesta via, melhorar a mobilidade urbana, garantir mais segurança aos pedestres, principalmente aos alunos da Escola de ensino Básico Alexandres de Gusmão, e melhorar o aspecto estético do logradouro.</t>
   </si>
   <si>
     <t>902</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/902/28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/902/28.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento da estrada da localidade de Irapuá.</t>
   </si>
   <si>
     <t>903</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/903/29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/903/29.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de serviços de limpeza, incluindo roçadas e coleta de lixo, nas ruas Padre Luiz Franceschet e Rosalindo Caetano da Luz, no Bairro São José.</t>
   </si>
   <si>
     <t>904</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/904/30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/904/30.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a colocação de uma tampa de concreto na estrutura de contenção da rede fluvial do riacho Rincão, aos fundos da COHAB.</t>
   </si>
   <si>
     <t>905</t>
   </si>
   <si>
     <t>Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/905/31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/905/31.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o desentupimento de boca de lobo na rua São José, no bairro São José.</t>
   </si>
   <si>
     <t>906</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/906/32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/906/32.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o conserto de bueiro na estrada da localidade de Sapato, nas proximidades da antiga escola da comunidade.</t>
   </si>
   <si>
     <t>910</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/910/33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/910/33.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento e a instalação de um bueiro na estrada da localidade de Costãozinho, nas proximidades da propriedade do Sr. Teco.</t>
   </si>
   <si>
     <t>911</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/911/34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/911/34.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a limpeza da sarjeta e de bueiro na estrada da localidade de Paraiso da Serra.</t>
   </si>
   <si>
     <t>912</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento das ruas não pavimentadas do bairro São José.</t>
   </si>
   <si>
     <t>913</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/913/36.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/913/36.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a pintura das faixas de pedestres nas vias de maior circulação do nosso município, visando assim garantir a segurança e a mobilidade dos cidadãos.</t>
   </si>
   <si>
     <t>914</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/914/37.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/914/37.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a implementação de medidas para recuperar a estrada em frente à Igreja Assembleia de Deus, localizada na Avenida Major Generoso, bairro São José, evitando o escoamento das águas pluviais no meio da pista.</t>
   </si>
   <si>
     <t>915</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/915/38.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/915/38.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a canalização de rede de esgoto no entroncamento das ruas Gentil Vieira Borges e Osni Capistrano da Cunha.</t>
   </si>
   <si>
     <t>916</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/916/39.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/916/39.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o conserto do calçamento da rua João Pedro de Souza.</t>
   </si>
   <si>
     <t>917</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/917/40.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/917/40.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de faixa de pedestres elevada na Av. 24 de Outubro, defronte a SICREDI.</t>
   </si>
   <si>
     <t>918</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/918/41.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/918/41.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o alargamento da estrada da localidade de Campo Novo, do rio Campo Novo</t>
   </si>
   <si>
     <t>920</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/920/43.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/920/43.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a adoção de providências para que as escolas desativadas, construídas em madeira, sejam desmanchadas ou colocadas em leilão, pois algumas dessas estruturas encontram-se em estado precário, representando um risco iminente de colapso que poderia ameaçar a segurança dos moradores vizinhos, além disso, o abandono dessas edificações as toma propensas à proliferação de animais peçonhentos, insetos e morcegos, aumentando significativamente os perigos para a saúde e o bem-estar da comunidade.</t>
   </si>
   <si>
     <t>926</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/926/44.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/926/44.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a limpeza da praça Dom Daniel Hostin e a poda da vegetação existente neste espaço público.</t>
   </si>
   <si>
     <t>929</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/929/45.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/929/45.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento das ruas não pavimentadas do bairro Capistrano.</t>
   </si>
   <si>
     <t>930</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da estrada da localidade de Rio Frederico.</t>
   </si>
   <si>
     <t>931</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/931/47.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/931/47.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de parceria público-privada para instalação de placas indicativas nas vias da cidade com os respectivos nomes das ruas.</t>
   </si>
   <si>
     <t>932</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/932/48.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/932/48.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de patrolamento e cascalhamento na rua Roberto Goedert, no bairro Capistrano, além do desentupimento da tubulação no ponto de interseção com a rua Carlos Werner.</t>
   </si>
   <si>
     <t>940</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/940/49.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/940/49.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o patrolamento e cascalhamento da estrada da localidade de Matador.</t>
   </si>
   <si>
     <t>941</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/941/50.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/941/50.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o patrolamento e cascalhamento da rua Padre Luiz Franceschet, localizada no bairro São José, bem como efetuar reparos na rede de esgoto deste logradouro.</t>
   </si>
   <si>
     <t>942</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/942/51.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/942/51.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização urgente de reparos no calçamento da Rua Anita Garibaldi, próximo à Escola de Educação Básica Alexandre de Gusmão e ao Supermercado Cravil, devido ao estado atual que representa um risco à segurança tanto de pedestres quanto de motoristas.</t>
   </si>
   <si>
     <t>943</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/943/52.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/943/52.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de manutenção na rua Carlos Souza, assim como abertura de valas para escoamento fluvial.</t>
   </si>
   <si>
     <t>944</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/944/53.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/944/53.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a execução de trabalhos de conservação e nivelamento na calçada da Rua Cônego Adriano, assim como a realização de reparos na área não pavimentada desta via, especificamente no ponto de interseção com a Avenida Henrique Eduardo Boell.</t>
   </si>
   <si>
     <t>945</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/945/54.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/945/54.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento das ruas do distrito de Canoas.</t>
   </si>
   <si>
     <t>948</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/948/55.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/948/55.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de manutenção na rede pluvial na rua Padre Paulo, a fim de garantir o adequado escoamento das águas pluviais.</t>
   </si>
   <si>
     <t>949</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/949/56.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/949/56.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar aquisição de rádios comunicadores para os veículos do transporte escolar, com a finalidade de assegurar uma comunicação eficaz entre os condutores e as autoridades, principalmente em situações de emergência ou em áreas remotas onde o acesso à telefonia móvel é limitado.</t>
   </si>
   <si>
     <t>950</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da estrada da localidade de Paraiso da Serra, em direção às propriedades dos Senhores Saulo Yung e Jair Philippi Filho, pois o trânsito do ônibus escolar está prejudicado e as crianças estão faltando na aula.</t>
   </si>
   <si>
     <t>951</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/951/58.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/951/58.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o cascalhamento e patrolamento da estrada das localidades de Campo Novo e Paraiso da Serra até a BR 282.</t>
   </si>
   <si>
     <t>952</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/952/59.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/952/59.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de manutenção na rede pluvial na Av. Major Generoso, no Bairro São José, próximo a caixa d’água, a fim de garantir o adequado escoamento das águas pluviais.</t>
   </si>
   <si>
     <t>963</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/963/60.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/963/60.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o _x000D_
 Exmo. Sr. Prefeito Municipal para solicitar ampliação da rede de esgoto na rua Frederico Kühl, no bairro Capistrano.</t>
   </si>
   <si>
     <t>964</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
     <t>Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/964/61.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/964/61.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o _x000D_
 Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento e patrolamento dos pontos mais críticos da estrada da localidade de Barbaquá, assim como a recuperação de bueiro próximo a localidade de Invernadinha.</t>
   </si>
   <si>
     <t>965</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/965/62.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/965/62.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o _x000D_
 Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da estrada da localidade de Caneleira.</t>
   </si>
   <si>
     <t>966</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/966/63.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/966/63.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o aumento das taxas cobradas pelo exercício da atividade do comércio eventual ou ambulante, no Município de Bom Retiro, assim como a manutenção da isenção desta taxa a todos os agricultores, residentes e domiciliados em nosso município quando da comercialização de seus produtos “in natura”, ou industrializados.</t>
   </si>
   <si>
     <t>967</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/967/64.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/967/64.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a realização de chamada pública para o cargo de vigia a todas as unidades escolares municipais.</t>
   </si>
   <si>
     <t>968</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
     <t>Fernando Keko</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/968/65.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/968/65.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar o alargamento da estrada da localidade de Irapuá.</t>
   </si>
   <si>
     <t>974</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
     <t>Helena, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/974/66.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/974/66.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na formaregimental REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a realização de reunião entre a Prefeitura Municipal, os pais dos alunos que utilizam o transporte escolar e os motoristas dos respectivos veículos, com o propósito de discutir a segurança das estradas e do transporte escolar.</t>
   </si>
   <si>
     <t>975</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/975/67.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/975/67.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a reforma ou substituição do telhado do Pré- escolar Capistrano, devido às goteiras existentes nas salas de aula.</t>
   </si>
   <si>
     <t>976</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/976/68.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/976/68.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a notificação dos proprietários de terras nas localidades de Sapato e Corote que não estão cumprindo o recuo obrigatório de 10 metros nas divisas com as estradas municipais para o plantio de reflorestamentos, conforme estipulado no Art. 184, §2°, _x000D_
 I, da Lei Orgânica Municipal.</t>
   </si>
   <si>
     <t>983</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/983/69.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/983/69.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a pintura externa do ginásio de esportes Vereador Osni Scotti, no bairro São José.</t>
   </si>
   <si>
     <t>984</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/984/70.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/984/70.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, vêm através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a recuperação da iluminação pública da rua Gentil Vieira Borges.</t>
   </si>
   <si>
     <t>985</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/985/71.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/985/71.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de câmeras de videomonitoramento na Secretaria Municipal de Transportes e Obras e a conclusão do muro ao redor desta sede, a fim de melhorar a segurança do local e proteger o patrimônio público.</t>
   </si>
   <si>
     <t>986</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/986/72.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/986/72.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a construção de cabeceiras na ponte da localidade de Costãozinho, possibilitando a instalação do kit de transposição repassado pela Defesa Civil de Santa Catarina.</t>
   </si>
   <si>
     <t>987</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/987/73.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/987/73.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar adoção de providências visando a colocação de cascalho na parte não pavimentada Av. 24 de Outubro, sentido Lages, possibilitando condições adequadas para trafegabilidade nesta via.</t>
   </si>
   <si>
     <t>988</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/988/74.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/988/74.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar adoção de providências visando a colocação de cascalho em alguns pontos das estradas das Localidades do Rio Frederico e Serra dos Lorenzi, possibilitando condições adequadas para trafegabilidade nestas estradas.</t>
   </si>
   <si>
     <t>989</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/989/75.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/989/75.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a limpeza da entrada da Rua João Timóteo Arseno, no bairro São José.</t>
   </si>
   <si>
     <t>990</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/990/76.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/990/76.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar reparos ao calçamento da Rua Belizário Capistrano da Cunha.</t>
   </si>
   <si>
     <t>991</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/991/76.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/991/76.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que a Mesa Diretora realize _x000D_
 campanha institucional para explicar a população o processo legislativo municipal.</t>
   </si>
   <si>
     <t>995</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/995/78.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/995/78.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a elevação da altura do meio-fio em pontos da Rua Dorval de Macedo, bem como a construção de mais uma boca de lobo, aproveitando as obras de pavimentação atualmente em andamento na referida rua.</t>
   </si>
   <si>
     <t>996</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/996/79.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/996/79.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a realização de reparo na rede de esgoto na Rua Belizário Capistrano da Cunha, no bairro São José.</t>
   </si>
   <si>
     <t>997</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a realização de reparo na rede de esgoto rua Antônio José Coelho.</t>
   </si>
   <si>
     <t>998</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a realização de reparo na rede de esgoto rua João Teófilo Deucher, nas proximidades do loteamento Nova Morada.</t>
   </si>
   <si>
     <t>999</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/999/82.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/999/82.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar o cascalhamento urgente do trecho da estrada que liga as comunidades de Cambará e Figueiredo, tendo em vista sua condição precária e as dificuldades enfrentadas pelos moradores da região para trafegar pelo local.</t>
   </si>
   <si>
     <t>1006</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para  solicitar ao Poder Executivo o alargamento da estrada da localidade de Costãozinho.</t>
   </si>
   <si>
     <t>1007</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar  ao Poder Executivo o cascalhamento do trecho da Rua Antônio Mariano da Silva com a Rua João Faustino da Mota, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>1000</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
     <t>Deuchinha, Helena, Moraes</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para adoção de providências para o acendimento da iluminação do Centro Poliesportivo Amo Oscar Meyer nos finais de semana e feriados, possibilitando a utilização deste espaço durante esses períodos e para garantir a segurança dos freqüentadores e estimular a prática esportiva.</t>
   </si>
   <si>
     <t>1001</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1001/86.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1001/86.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a recuperação do calçamento da rua Martinho Cascaes, nas proximidades da empresa Moto Deucher.</t>
   </si>
   <si>
     <t>1011</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1011/87.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1011/87.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento, patrolamento e alargamento da estrada da localidade de Serra dos Lorenzi.</t>
   </si>
   <si>
     <t>1012</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
     <t>Helena, Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1012/88.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1012/88.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem vêm, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a recuperação de bueiro na estrada da localidade de Sapato.</t>
   </si>
   <si>
     <t>1013</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1013/89.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1013/89.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar providências necessárias à implantação de passeios públicos ao longo da Av. Henrique Eduardo Boêll e na marginal da BR-282 que conecta essa avenida ao trevo, assim como melhoria da iluminação pública existente e à instalação de iluminação pública nos trechos que não possuem essa infraestrutura.</t>
   </si>
   <si>
     <t>1014</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1014/90.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1014/90.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento da estrada da localidade de Matador.</t>
   </si>
   <si>
     <t>1015</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1015/91.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1015/91.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar adoção de providências para limpeza do terreno localizado entre o Centro de Educação Infantil Alosir Moretti e o loteamento Vista do Sol.</t>
   </si>
   <si>
     <t>1016</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1016/92.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1016/92.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar de providências para colocação de cascalho e abertura das saijetas na estrada da localidade de Barbaquá, nas imediações do bar do Sr. Olímpio.</t>
   </si>
   <si>
     <t>1024</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Deuchinha</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1024/93.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1024/93.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar o cascalhamento da rua Dorval Ferreira de Macedo, no trecho próximo à Avenida Major Generoso.</t>
   </si>
   <si>
     <t>1025</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1025/94.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1025/94.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento da rua Carlos Werner até a BR 282.</t>
   </si>
   <si>
     <t>1026</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1026/95.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1026/95.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de câmeras de videomonitoramento na Secretaria Municipal de Transportes e Obras, inclusive no almoxarifado, e a conclusão do muro ao redor desta sede, a fim de melhorar a segurança do local e proteger o patrimônio público.</t>
   </si>
   <si>
     <t>1027</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1027/96.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1027/96.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de melhorias nas ruas sem calçamento do bairro Capistrano.</t>
   </si>
   <si>
     <t>1028</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1028/97.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1028/97.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a limpeza da rua Anita Garibaldi com a Bobcat.</t>
   </si>
   <si>
     <t>1029</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1029/98.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1029/98.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de reparos no calçamento da Avenida 24 de Outubro, sentido localidade de Entrada.</t>
   </si>
   <si>
     <t>1030</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1030/99.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1030/99.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o conserto do calçamento da rua João Pedro de Souza, no trecho entre as igrejas Assembleia de Deus e Quadrangular.</t>
   </si>
   <si>
     <t>1041</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1041/100.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1041/100.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal solicitando a realização de reparos, cascalhamento e a abertura de saídas de água na estrada da localidade de Irapuá II</t>
   </si>
   <si>
     <t>1042</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1042/101.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1042/101.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a disponibilização de mais um veículo da Secretaria Municipal de Saúde para transporte de pacientes a Lages, facilitando os horários de consulta e evitando que os pacientes permaneçam o dia todo na cidade vizinha.</t>
   </si>
   <si>
     <t>1046</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a inclusão dos bairros Capistrano e São José na rota do transporte escolar, garantindo o atendimento a todos os alunos dessas regiões, em virtude da segurança no trânsito, das condições adversas do tempo, e da dificuldade dos pais em levá-los devido à incompatibilidade de horários com suas obrigações de trabalho.</t>
   </si>
   <si>
     <t>1049</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1049/103.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1049/103.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a reforma geral do terminal rodoviário municipal.</t>
   </si>
   <si>
     <t>1054</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1054/104.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1054/104.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a execução de manutenção urgente na rede de esgoto localizada na rua Frederico Kühl, no Bairro Capistrano</t>
   </si>
   <si>
     <t>1055</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1055/105.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1055/105.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a execução de manutenção colocação de tubos na rua Antônio José Coelho bairro Bela Vista.</t>
   </si>
   <si>
     <t>1056</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1056/106.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1056/106.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a instalação de sinalização no entroncamento da rua Walfredo Kumm com rua São José Bairro São José.</t>
   </si>
   <si>
     <t>1057</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1057/107.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1057/107.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a colocação de uma lâmpada no poste na rua Geci Ferreira de Abreu.</t>
   </si>
   <si>
     <t>1058</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
     <t>Landir</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1058/108.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1058/108.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado o Sr. Prefeito _x000D_
 Municipal para solicitar o rebaixamento de morro na BRO 380, nas proximidades da entrada da localidade de Soledade, na BR 282.</t>
   </si>
   <si>
     <t>1059</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1059/109.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1059/109.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos na iluminação pública de três postes situados na Rua Walfredo Kunn.</t>
   </si>
   <si>
     <t>1063</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1063/110.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1063/110.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar a realização de reparos na estrada da localidade de Caneleira.</t>
   </si>
   <si>
     <t>1066</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1066/111.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1066/111.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para que seja averiguado possível vazamento de esgoto na rua Carlos Souza Bairro São José e caso o problema não seja de responsabilidade da Prefeitura, que seja encaminhado ao órgão competente para a realização do reparo necessário.</t>
   </si>
   <si>
     <t>1070</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1070/112.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1070/112.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. _x000D_
 Prefeito Municipal para solicitar o patrolamento e cascalhamento da rua Carlos Souza.</t>
   </si>
   <si>
     <t>1072</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1072/113.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1072/113.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a inclusão na rota do transporte escolar de uma aluna residente na propriedade do Sr. Jorge, localizada em Caneleira.</t>
   </si>
   <si>
     <t>1077</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1077/114.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1077/114.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar o patrolamento e cascalhamento da estrada que liga as comunidades de Cambará e Figueiredo, sendo o trecho mais crítico entre a igreja e a unidade da cooperativa Copercampos.</t>
   </si>
   <si>
     <t>1078</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1078/115.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1078/115.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a realização de manutenção na rua Rosalino Caetano da Luz, próximo a antiga Igreja Deus é Amor.</t>
   </si>
   <si>
     <t>1083</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1083/116.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1083/116.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a colocação de cascalho na Av. Henrique Eduardo Boell, nas proximidades da Associação do DEINFRA.</t>
   </si>
   <si>
     <t>1084</t>
   </si>
   <si>
     <t>117</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1084/117.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1084/117.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a instalação de câmera de videomonitoramento no entroncamento da Rua Idalino Scotti com a Avenida Henrique Eduardo Boell.</t>
   </si>
   <si>
     <t>833</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/833/01.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/833/01.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr. Prefeito Municipal, para requerer informações acerca da destinação dos recursos no valor de  R$ 500.000,00 (quintos mil reais) repassados pelo Governo do Estado, por meio do Programa  Recupera SC, em 2023, destinados à restauração das estradas prejudicadas pelas Chuvas em _x000D_
 Bom Retiro:- Relatório detalhado e comprovantes fiscais acerca da aplicação do recurso que foi  recebido no valor de R$ 500.000,00 (quinhentos mil reais), até o presente momento.</t>
   </si>
   <si>
     <t>834</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/834/02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/834/02.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais,  vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado o Exmo. Sr.  Prefeito Municipal, para requerer as seguintes informações:- Requer informações sobre o atendimento da Farmácia Básica de Saúde da Unidade _x000D_
 do Centro, pois há notícias de que está fechada. Se estiver fechada, requer explanação dos motivos.</t>
   </si>
   <si>
     <t>837</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/837/3.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/837/3.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder  Executivo as seguintes informações sobre a escavadeira hidráulica Volvo 140, de propriedade da Prefeitura Municipal, desde a sua aquisição até a presente data:_x000D_
  1 - Relatório detalhado de todos os gastos relacionados à manutenção mecânica desta escavadeira, incluindo despesas com peças e mão de obra, gastos com combustíveis, lubrificantes, filtros e outras despesas pertinentes ao funcionamento e conservação adequada da máquina.</t>
   </si>
   <si>
     <t>838</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/838/4.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/838/4.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo as seguintes informações:_x000D_
  1. Detalhes sobre o status atual do processo de emissão das escrituras públicas das residências populares edificadas na área designada como zona especial de interesse social, localizada no bairro Capistrano. Explicação pormenorizada acerca dos motivos que ocasionaram o atraso na conclusão da documentação pertinente junto ao cartório de registro de imóveis._x000D_
  2. Esclarecimentos quanto aos procedimentos pendentes para a entrega das escrituras públicas aos beneficiários e uma estimativa precisa sobre a data de conclusão do registro público, visando à efetivação da posse dos imóveis pelos respectivos moradores.</t>
   </si>
   <si>
     <t>839</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/839/5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/839/5.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo as seguintes informações:_x000D_
  1. Esclarecimento quanto à natureza da nova rede de energia elétrica em processo de instalação pela Celesc: trata-se de uma rede de alta tensão?_x000D_
  2. Justificativa para a instalação desta rede de energia elétrica dentro dos limites urbanos da cidade._x000D_
  3. Identificação dos critérios utilizados para determinar o trajeto desta rede de energia elétrica, bem como o responsável pela definição desta rota._x000D_
  4. Objetivo principal da implementação desta nova rede de energia elétrica._x000D_
  5. Avaliação dos possíveis impactos desta obra na rede de fornecimento de energia elétrica aos consumidores de Bom Retiro, incluindo a possibilidade de prejuízos._x000D_
  6. Informação sobre se a obra contemplará melhorias nas redes de energia elétrica situadas no interior do município de Bom Retiro...</t>
   </si>
   <si>
     <t>840</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/840/6.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/840/6.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo as seguintes informações sobre a obra da estação de tratamento de esgoto do bairro Capistrano:_x000D_
  1 - Informações se a obra já foi finalizada;_x000D_
  2 - As medições desta obra foram finalizadas?_x000D_
  3- O Governo Federal repassou a totalidade dos recursos financeiros para execução e conclusão desta obra?_x000D_
  4- O CISAMA já emitiu o termo de aceite de obra para construtora responsável pela execução desta obra? Em caso positivo, o encaminhamento da _x000D_
 documentação pertinente._x000D_
  5 - Encaminhamento de relatório de fiscalização desta obra, as planilhas de medicação, o controle financeiro dos recursos federais, estaduais e municipais e toda  documentação correlata;_x000D_
  6 - Se a obra não foi finalizada informar os motivos e quais etapas ainda não foram concluídas e a data prevista para sua entrega.</t>
   </si>
   <si>
     <t>841</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/841/7.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/841/7.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através  do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo a abertura de um procedimento administrativo para averiguar eventual responsabilidade da Secretaria Municipal de Saúde na não entrega de medicamentos à população na farmácia do posto de saúde central por um período excedente a 15 dias.</t>
   </si>
   <si>
     <t>842</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/842/8.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/842/8.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações sobre as medidas adotadas pela Prefeitura para garantir que a empresa contratada proceda com a recuperação do calçamento na continuidade da Av. 24 de Outubro, no sentido da localidade de Entrada.</t>
   </si>
   <si>
     <t>843</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/843/9.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/843/9.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através  do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder  Executivo informações acerca das medidas adotadas pela Prefeitura para garantir a  fiscalização dos recuos estipulados no Art. 184 da Lei Orgânica Municipal referentes à  implantação de reflorestamentos e se houve notificação aos proprietários para a regularização  dessas plantações, a fim de garantir a conformidade com as disposições estabelecidas.</t>
   </si>
   <si>
     <t>856</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/856/10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/856/10.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações detalhadas sobre o programa de distribuição de calcário, bem como sobre o pagamento de frete realizado pelos agricultores à Prefeitura, os quais, até o momento, não receberam o referido produto para correção do solo, tampouco um posicionamento oficial do Executivo sobre o montante pago.</t>
   </si>
   <si>
     <t>862</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/862/11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/862/11.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo relatório detalhado dos recursos recebidos para o setor turístico, desde o início deste mandato até a presente data, com a devida especificação dos valores e das ações, abrangendo os recursos depositados diretamente no caixa do município, bem como aqueles _x000D_
 direcionados através da Associação dos Municípios da Região Serrana (Amures).</t>
   </si>
   <si>
     <t>863</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/863/12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/863/12.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Prefeitura Municipal de Bom Retiro para requerer as seguintes informações:_x000D_
  1. Relação detalhada dos medicamentos distribuídos através da farmácia básica nas unidades de saúde do Município, referente ao exercício de 2023, contendo a quantidade distribuída, mês a mês, e o valor gasto individualizado por mês e por medicação._x000D_
  2. Relação completa de todos os medicamentos autorizados pela Secretaria Municipal de Saúde para serem adquiridos diretamente nas farmácias e que não fazem parte dos medicamentos distribuídos através da farmácia básica nas unidades de saúde do Município, referente ao exercício de 2023, contendo a quantidade distribuída, mês a mês, e o valor individualizado gasto por mês com cada medicação. Além disso, solicitamos os critérios utilizados pela pasta para concessão desta autorização...</t>
   </si>
   <si>
     <t>864</t>
   </si>
   <si>
     <t>Serginho, Cláudio Bombeiro, Daniel Sangaletti, Deuchinha, Helena, Landir, Moraes, Soni, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/864/13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/864/13.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara envie convite à regional da Celesc, solicitando sua presença nesta Casa Legislativa com o propósito de apresentar informações sobre os investimentos realizados na rede de energia de nosso município, bem como as medidas adotadas para reduzir os incidentes de falta de energia, especialmente nas áreas rurais, e as ações empreendidas para agilizar o restabelecimento do fornecimento de energia elétrica, visando minimizar os prejuízos enfrentados pelos consumidores.</t>
   </si>
   <si>
     <t>865</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/865/14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/865/14.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Defesa Civil Municipal para realização de um laudo técnico sobre as condições da tubulação do riacho Rincão, situado na região onde atravessa a rodovia BR 282, a fim de indicar possíveis falhas e obstruções, visando mitigar os riscos de alagamentos na região, prevenir prejuízos e garantir a  segurança dos moradores.</t>
   </si>
   <si>
     <t>866</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/866/15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/866/15.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado o Poder Executivo municipal para o seguinte:_x000D_
  1 - Encaminhamento de informações detalhadas sobre as manutenções e intervenções nas bocas de lobo e redes de escoamento pluvial nos anos de 2023 e 2024 pela Prefeitura municipal, descrição das atividades realizadas em cada ação de limpeza, como remoção de detritos, desobstrução e reparos estruturais, a localização da estrutura e a data da intervenção;_x000D_
  2 - Relatório completo sobre o planejamento e execução de projetos de melhoria da infraestrutura de drenagem pluvial para os próximos anos, incluindo investimentos previstos, cronograma de obras e áreas prioritárias de intervenção;_x000D_
  3 - Procedimentos adotados pela Prefeitura Municipal quando recebe reclamações sobre o entupimento de bocas de lobo ou problemas na rede pluvial, incluindo detalhes sobre como são registradas...</t>
   </si>
   <si>
     <t>868</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/868/16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/868/16.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado o Poder Executivo municipal para o seguinte:_x000D_
  1. Informar o valor destinado à Secretaria de Transportes e Obras para a manutenção das estradas do interior, bem como o montante planejado para gastos mensais ao longo do ano de 2024;_x000D_
  2. Esclarecer quais estradas serão beneficiadas com os investimentos provenientes desse orçamento e fornecer o cronograma de execução correspondente;_x000D_
  3. Apresentar um relatório das estradas que receberam melhorias no ano de 2024, destacando se foram recuperadas em sua totalidade ou apenas parcialmente, além de descrever os serviços executados em cada trecho;_x000D_
  4. Disponibilizar um relatório detalhado sobre os investimentos realizados ao longo do ano de 2023, discriminando mês a mês e especificando as estradas que receberam tais investimentos em cada respectivo período...</t>
   </si>
   <si>
     <t>869</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/869/17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/869/17.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado o Poder Executivo municipal para requerer informações detalhadas sobre o motivo pelo qual a Bobcat, adquirida há alguns meses com o propósito específico de ser empregada na varrição das ruas, ainda não foi utilizada para tal finalidade.</t>
   </si>
   <si>
     <t>870</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/870/18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/870/18.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que o Executivo Municipal, através da Secretaria Municipal de Assistência Social, as seguintes informações e ações em relação à situação de uma pessoa que reside em condições insalubres no Centro Poliesportivo Municipal Amo Oscar Meyer:_x000D_
  1. Confirmação oficial por parte da Prefeitura Municipal sobre a existência dessa pessoa residindo em condições insalubres no local mencionado, e desde quando essa situação está ocorrendo;_x000D_
  2. Descrição detalhada das medidas já implementadas pelo Executivo Municipal para oferecer moradia digna e tratamento adequado para o morador em questão, incluindo programas sociais, assistência médica e psicológica, encaminhamentos para instituições de acolhimento, entre outras ações;_x000D_
  3. Apresentação de um relatório contendo as intervenções realizadas até o _x000D_
 momento para a remoção do lixo espalhado pelo morador no local ...</t>
   </si>
   <si>
     <t>871</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/871/19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/871/19.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, o envio de convite ao Presidente da ACIBOM - Associação Empresarial de Bom Retiro, com o propósito de explanar a esta Casa sobre as ações da referida entidade.</t>
   </si>
   <si>
     <t>884</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/884/20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/884/20.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeria ao Poder Executivo informações sobre as ações adotadas pela Prefeitura Municipal para desobstrução efetiva de bueiros e sarjetas na estrada da localidade de Matador, cujos problemas têm prejudicado o acesso aos empreendimentos turísticos locais, o escoamento da _x000D_
 produção agrícola, a segurança dos moradores e demais usuários desta via.</t>
   </si>
   <si>
     <t>885</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/885/21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/885/21.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeria ao Poder Executivo as seguintes informações sobre obras da UBS do bairro Capistrano, cobertura da garagem da Secretaria Municipal de Transportes e Obras, creche do bairro São José e ampliação do Núcleo Municipal Henrique Hemkmaier:_x000D_
  1. Relatório da etapa de execução atual das referidas obras;_x000D_
  2. Valor que ainda falta pagar até o término destas obras;_x000D_
  3. Qual o prazo previsto para conclusão destas obras.</t>
   </si>
   <si>
     <t>897</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/897/22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/897/22.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo as seguintes informações:_x000D_
  1. Quais políticas e programas a Prefeitura tem implementado para lidar com a população de cães e gatos abandonados ou sem tutor identificado?_x000D_
  2. Qual é o procedimento adotado para recolhimento, abrigo e encaminhamento desses animais, incluindo o destino, como adoção responsável, parcerias com entidades protetoras ou outras medidas?_x000D_
  3. Como é realizado o controle populacional de cães e gatos, especialmente através de programas de esterilização/castração?_x000D_
  4. Qual é o orçamento destinado a essas ações e como os recursos são distribuídos?_x000D_
  5. Existe algum programa de conscientização pública sobre a posse responsável de animais de estimação e sobre os cuidados a serem dispensados aos animais de rua?</t>
   </si>
   <si>
     <t>898</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/898/23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/898/23.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeria ao Poder Executivo informações sobre o procedimento adotado pela Prefeitura Municipal para auxiliar os moradores que foram obrigados a deixar seus lares devido às fortes chuvas recentemente no bairro São José, próximo ao riacho Rincão:_x000D_
  1. Quais medidas emergenciais foram tomadas pela Prefeitura para garantir o acolhimento e a segurança dos moradores desabrigados ou desalojados no bairro São José após as chuvas?_x000D_
  2. Qual é o procedimento adotado para o fornecimento de abrigo temporário, alimentação, assistência médica e outros serviços essenciais às famílias afetadas?_x000D_
  3. Como está sendo realizada a avaliação dos danos causados às residências e às propriedades dos moradores afetados pelas chuvas, e qual é o apoio oferecido para a reconstrução ou reparo desses locais?_x000D_
  4. Existe algum plano de contingência ou protocolo ...</t>
   </si>
   <si>
     <t>899</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/899/25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/899/25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no pleno exercício de suas atribuições legais, vem por meio deste requerer, após aprovação do Egrégio Plenário, que a Mesa da Câmara Municipal solicite ao Poder Executivo as seguintes informações sobre o rolo compactador de propriedade de Prefeitura municipal:_x000D_
  1 - Qual é o estado atual do referido equipamento, se está em funcionamento ou fora de operação devido a algum defeito ou necessidade de reparo;_x000D_
  2 - Qual é a previsão para o conserto do equipamento e se já foi iniciado algum procedimento para sua manutenção;_x000D_
  3 - Detalhamento dos custos estimados para o conserto do equipamento, incluindo mão de obra, peças necessárias e outros gastos relacionados;_x000D_
  4 - Caso o equipamento esteja inoperante, quais são as medidas alternativas adotadas pelo Poder Executivo para suprir a necessidade de manutenção das estradas municipais;_x000D_
  5 - Outras informações pertinentes.</t>
   </si>
   <si>
     <t>909</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/909/26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/909/26.pdf</t>
   </si>
   <si>
     <t>0 Vereador que abaixo subscreve, no pleno exercício de suas atribuições legais, vem por meio deste requerer, após aprovação do Egrégio Plenário, que a Mesa da Câmara Municipal solicite ao Poder Executivo as seguintes informações:_x000D_
  1 - Quais cursos profissionalizantes foram realizados pelo Poder Executivo no município de Bom Retiro.</t>
   </si>
   <si>
     <t>927</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/927/27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/927/27.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no pleno exercício de suas atribuições legais, vem por meio deste requerer, após aprovação do Egrégio Plenário, que a Mesa da Câmara Municipal solicite ao Poder Executivo as seguintes informações referentes a um acidente ocorrido há aproximadamente dois anos envolvendo um veículo Gol pertencente à Secretaria Municipal de Saúde:_x000D_
  1. Se o veículo estava segurado na ocasião do acidente;_x000D_
  2. Caso o veículo estivesse segurado, qual foi o valor da indenização recebida e a data de pagamento deste sinistro;_x000D_
  3. Como foi utilizado o valor da indenização por parte da administração da administração municipal.</t>
   </si>
   <si>
     <t>928</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/928/28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/928/28.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, no pleno exercício de suas atribuições legais, vem por meio deste requerer, após aprovação do Egrégio Plenário, que a Mesa da Câmara Municipal solicite ao Poder Executivo as seguintes informações sobre a continuidade do calçamento da Àv. 24 de Outubro:_x000D_
  1. Informações detalhadas se o projeto executivo foi elaborado contemplando intervenções no subsolo para garantir a resistência do calçamento e com previsão de sistema de drenagem pluvial;_x000D_
  2. Confirmar se o material necessário para a execução do calçamento já foi adquirido;_x000D_
  3. Identificar qual empresa será responsável pela execução deste calçamento.</t>
   </si>
   <si>
     <t>938</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/938/29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/938/29.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no pleno exercício de suas atribuições legais, vem por meio deste requerer, após aprovação do Egrégio Plenário, que a Mesa da Câmara Municipal solicite ao Poder Executivo esclarecimentos sobre a falta de medicamentos na farmácia do posto de saúde central, tais como eitalopram, zolpidem, rosuvastatina, entre outros.</t>
   </si>
   <si>
     <t>939</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/939/30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/939/30.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, o envio de convite ao _x000D_
 Coordenador do Grupo ADAD Bom Retiro para explanar sobre projeto educacional desenvolvido com crianças e adolescentes.</t>
   </si>
   <si>
     <t>946</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria ao Poder Executivo o seguinte:_x000D_
  1 - Listagem contendo todos os alunos transportados pelos veículos do transporte escolar e que têm faltado às aulas devido às condições das estradas. Requer que esta listagem inclua a localidade de residência de cada aluno, juntamente com o registro do número de faltas, por aluno, ocorridas nos meses de fevereiro, março e abril do corrente ano.</t>
   </si>
   <si>
     <t>947</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/947/32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/947/32.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria ao Poder Executivo a seguinte informação:_x000D_
  1 - Nome da pessoa que autorizou o patrolamento da estrada de acesso à localidade de Rio Frederico às vésperas da realização da festa desta comunidade.</t>
   </si>
   <si>
     <t>957</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/957/33.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/957/33.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria ao Poder Executivo as seguintes informações:_x000D_
  1 - Esclarecimentos detalhados sobre o que ocasionou o dano à bomba utilizada na lavagem de máquinas e veículos na garagem municipal, bem como informações sobre a previsão de reparos ou aquisição de um novo equipamento para essa finalidade.</t>
   </si>
   <si>
     <t>958</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/958/34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/958/34.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria ao Poder Executivo as seguintes informações:_x000D_
  1 - Esclarecimentos detalhados sobre a ausência de manutenção da iluminação pública em nossa cidade, incluindo as razões para essa situação e quais medidas estão sendo planejadas ou executadas para resolver esse problema.</t>
   </si>
   <si>
     <t>959</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/959/35.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/959/35.pdf</t>
   </si>
   <si>
     <t>960</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/960/36.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/960/36.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, que a Mesa da Casa requeria ao Poder Executivo informações sobre as medidas adotadas pela Prefeitura Municipal para ampliar a segurança e diminuir a velocidade de veículos, incluindo a possibilidade de instalação de redutores de velocidade, como lombadas ou faixas elevadas de pedestres nos seguintes pontos:_x000D_
  1. Rua Generoso Idelfonso de Oliveira, de acesso ao Centro de Educação Infantil Alosir Moretti;_x000D_
  2. Avenida 24 de Outubro, próximo ao Sicredi;_x000D_
  3. Avenida Major Generoso, nas proximidades do Pré-Escolar São José e Creche Irmã Paula.</t>
   </si>
   <si>
     <t>961</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/961/37.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/961/37.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, no pleno exercício de suas atribuições legais, vem por meio deste requerer, após aprovação do Egrégio Plenário, que a Mesa da Câmara Municipal requeria ao Poder Executivo as seguintes informações sobre a continuidade do calçamento da Av. 24 de Outubro:_x000D_
  1 - Qual o mês previsto para início das obras?_x000D_
  2 - Será realizada obra de drenagem pluvial e obra de base e sub-base? Em caso, positivo, encaminhar documentação pertinente;_x000D_
  3 - Enviar o plano de trabalho e todos os materiais técnicos referente o referido calçamento;_x000D_
  4 - Enviar todos os extratos bancários onde estão depositados os recursos destinados a pavimentação da continuidade da Av. 24 de outubro.</t>
   </si>
   <si>
     <t>977</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/977/38.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/977/38.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo o seguinte:_x000D_
  1 - Relatório contendo os recursos disponíveis nas contas da Prefeitura Municipal e seus fundos;</t>
   </si>
   <si>
     <t>978</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/978/39.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/978/39.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, que a Mesa Diretora requeira ao Poder Executivo as seguintes informações sobre o fechamento da Escola do Campo Cambará Professora Margarida Buggler Wiggers e o transporte escolar da região:_x000D_
  1. Qual é o valor mensal economizado pelo município com o fechamento da Escola do Campo Cambará Professora Margarida Buggler Wiggers?_x000D_
  2. Qual é o valor investido mensalmente no transporte escolar para a região do Cambará?_x000D_
  3. Quantas linhas de transporte escolar atendem essa região?_x000D_
 4. Quais são os veículos utilizados para o transporte dos alunos (modelo, capacidade, ano de fabricação)?_x000D_
  5. Os veículos utilizados para o transporte escolar são de propriedade do município ou terceirizados?_x000D_
  6. As estradas da região estão em boas condições de tráfego e oferecem condições adequadas e seguras?</t>
   </si>
   <si>
     <t>979</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/979/40.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/979/40.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, o envio de convite ao gerente do escritório local da Casan para comparecer a essa Casa para explanar sobre as obras de ampliação da rede de água no município de Bom Retiro.</t>
   </si>
   <si>
     <t>993</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/993/41.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/993/41.pdf</t>
   </si>
   <si>
     <t>A Vereadora que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo o seguinte:_x000D_
  1. Relatório, referente aos meses de setembro de 2023 a dezembro de 2023, contendo os gastos com manutenção de veículos e máquinas em oficinas, _x000D_
 evidenciando o nome da empresa prestadora do serviço, a data da emissão da nota fiscal, o valor gasto e a data em que o município realizou o pagamento, e que esse relatório seja formulado de forma clara e objetiva.</t>
   </si>
   <si>
     <t>994</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/994/42.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/994/42.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Casa requeira ao Poder Executivo informações dos motivos que resultaram na averbação de registro do lote n.° 03, quadra 2, da rua D, do loteamento Secador, em nome do Sr. Alcides Luiz dos Santos, e que foi regularizado através do Programa Lar Legal, tendo em vista que tal lote era de propriedade do Sr. Alcide Joaquim Correa.</t>
   </si>
   <si>
     <t>1010</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1010/43.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1010/43.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Saúde para prestar esclarecimentos sobre o funcionamento da farmácia do posto de saúde central e a distribuição de medicamentos, assim como das medidas adotadas pelo gestor para melhorias no atendimento dos trabalhos da Secretaria Municipal de Saúde desde _x000D_
 que assumiu a referida pasta.</t>
   </si>
   <si>
     <t>1017</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1017/44.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1017/44.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Agricultura e Meio Ambiente para explanar sobre as ações da referida pasta, assim como das medidas adotadas pelo gestor para melhorias no atendimento.</t>
   </si>
   <si>
     <t>1019</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1019/45.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1019/45.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo, através da Secretaria Municipal de Saúde, as seguintes informações relacionadas aos médicos municipais, para garantir o cumprimento do estabelecido quanto ao pagamento de gratificação de 50% em seus vencimentos para realização de atendimentos de urgência e emergência nos postos de saúde:_x000D_
  1. Estão os médicos municipais cumprindo rigorosamente seus horários?_x000D_
  2. Os médicos estão atendendo urgência e emergência conforme estipulado em _x000D_
 lei?_x000D_
  3. Estão auxiliando médicos com maior demanda para assim flexibilizar e agilizar os atendimentos e não sobrecarregar outros profissionais médicos?_x000D_
  4. Caso seja comprovada a ausência do cumprimento de uma das questões acima, qual o procedimento que o município utilizará para apurar os fatos, _x000D_
 tendo em vista que, além de seus vencimentos, os referidos profissionais ...</t>
   </si>
   <si>
     <t>1020</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1020/46.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1020/46.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo, informações se os vigias noturnos da Prefeitura municipal estão recebendo adicional noturno, conforme prevê o Estatuto dos Servidores Municipais.</t>
   </si>
   <si>
     <t>1038</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1038/47.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1038/47.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo, informações sobre o cumprimento do contrato firmado com a empresa _x000D_
 responsável pela coleta de lixo, DML:_x000D_
  1 - A empresa DML está cumprindo todas as cláusulas contratuais conforme estipulado? Se houver alguma pendência ou falha, favor especificar._x000D_
  2 - É obrigação da empresa DML realizar a coleta de lixo em áreas de difícil acesso? Caso contrário, por favor, esclareça se o contrato isenta a empresa dessa responsabilidade e se essa obrigação recai sobre a Prefeitura._x000D_
  3 - Nos casos em que a coleta de lixo é realizada pela Prefeitura, qual é a contrapartida prevista no contrato para a empresa DML? Existem condições específicas ou acordos adicionais para essas situações?</t>
   </si>
   <si>
     <t>1040</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1040/48.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1040/48.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo, as seguintes informações:_x000D_
  1. Onde se encontra o subsolador, código patrimonial 916846, adquirido em 09/02/2001 e que consta na relação de bens do município?_x000D_
  2. A Prefeitura tem conhecimento de que, no dia 26/08/2023, por volta das 6h40, esse equipamento foi retirado das dependências da Secretaria Municipal de Transportes e Obras?_x000D_
  3. Caso tenha ciência desse fato, por que não foram tomadas providências para apuração dos fatos?_x000D_
  4. Se o equipamento não for encontrado, qual procedimento o Executivo irá adotar para resolver este problema?</t>
   </si>
   <si>
     <t>1050</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1050/49.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1050/49.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo, as seguintes informações sobre o poço artesiano construído na localidade de Santa Clara:_x000D_
  1. O poço apresentou água? Em caso afirmativo, qual é a vazão em metros cúbicos?_x000D_
  2. Por que o poço ainda não está em funcionamento para atender a comunidade?_x000D_
  3. Qual é a previsão para que o poço seja ativado e comece a atender a população?</t>
   </si>
   <si>
     <t>1052</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1052/50.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1052/50.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo, as seguintes informações sobre a obra reassentamento das lajotas e reparos no calçamento da Av. 24 de Outubro:_x000D_
  1. Qual o nome do engenheiro responsável pela elaboração do projeto e acompanhamento da obra?_x000D_
  2. Qual o valor total da obra, incluindo todos os custos envolvidos?_x000D_
  3. O que declara o técnico responsável sobre a durabilidade e a garantia de que o calçamento será executado com a qualidade necessária para assegurar _x000D_
 sua funcionalidade a longo prazo?</t>
   </si>
   <si>
     <t>1053</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1053/51.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1053/51.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo, informações detalhadas sobre a forma como foi executado o calçamento da servidão anexa à Avenida 24 de Outubro, na altura do número 835, o custo desta obra e se houve pagamento ou foi custeado pela Prefeitura municipal.</t>
   </si>
   <si>
     <t>1067</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1067/52.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1067/52.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações sobre a previsão de construção da ponte que liga a localidade de Guarda Velha ao Costãozinho.</t>
   </si>
   <si>
     <t>1068</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1068/53.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1068/53.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo os seguintes esclarecimentos:_x000D_
  1 - Quais são os motivos que impedem a motoniveladora New Holland de estar em operação, considerando que a máquina recentemente passou por um processo de manutenção?_x000D_
  2 - Qual é a previsão para que essa máquina retome às suas atividades?_x000D_
  3 - Existe garantia para os serviços executados na referida máquina? Caso tenha havido falha na execução da manutenção, quais providências a Prefeitura tomou para reivindicar essa garantia, assegurando seu retorno ao serviço?</t>
   </si>
   <si>
     <t>1069</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1069/54.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1069/54.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações relativas ao empréstimo do equipamento subsolador retirado da Secretaria de Obras no ano de 2023:_x000D_
  1. Informar a data e o horário em que o requerimento para cessão do equipamento foi realizado, conforme registro documental disponível._x000D_
  2. Identificar o responsável pelo requerimento e fornecer cópia do documento comprovante do pedido._x000D_
  3. Especificar se houve cobrança pelo empréstimo do equipamento e detalhar as condições acordadas, se aplicável._x000D_
  4. Informar o número de dias em que o subsolador permaneceu fora das dependências da Secretaria de Obras, com data de retirada e de devolução._x000D_
  5. Identificar a pessoa que realizou a devolução do equipamento e a data em que o mesmo foi devolvido à Secretaria Municipal de Transportes e Obras.</t>
   </si>
   <si>
     <t>1073</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1073/55.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1073/55.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara requeira ao Poder Executivo informações detalhadas sobre os tubos de concreto que se encontram armazenados na localidade de Canoas há mais de dois anos._x000D_
  1 - Qual a destinação planejada para os tubos de concreto que estão na localidade de Canoas?_x000D_
  2 - Quantas unidades de tubos de concreto estão atualmente armazenadas neste local?_x000D_
  3 - Existe a intenção de utilizar esses tubos na própria localidade de Canoas, ou eles serão transferidos para uso em outra região do município?</t>
   </si>
   <si>
     <t>1074</t>
   </si>
   <si>
     <t>CLL - COMISSÃO DE LEGISLAÇÃO E JUSTIÇA</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1074/56.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1074/56.pdf</t>
   </si>
   <si>
     <t>A Comissão de Legislação e Justiça que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que a Mesa da Câmara realize audiência pública, nos termos do Art. 40, § 4o, da Lei 10.257/2001 (Regulamenta os arts. 182 e 183 da Constituição Federal, estabelece diretrizes gerais da política urbana e dá outras providências - Estatuto das Cidades) para apresentação e discussão _x000D_
 dos PLCs 004/24, 005/24, 006/24,007/24, 008/24 e 009/24.</t>
   </si>
   <si>
     <t>992</t>
   </si>
   <si>
     <t>DLE</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/992/decreto_legislativo.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/992/decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM _x000D_
 RETIRO, RELATIVAS AO EXERCÍCIO DE 2022.</t>
   </si>
   <si>
     <t>831</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/831/plc_1.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/831/plc_1.pdf</t>
   </si>
   <si>
     <t>Atualiza as regras da COSIP em conformidade com a Emenda  Constitucional n° 132/2023, sem alterar os valores de cobrança.</t>
   </si>
   <si>
     <t>847</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/847/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/847/projeto.pdf</t>
   </si>
   <si>
     <t>“Amplia o número de vagas no cargo de provimento efetivo de motorista na Estrutura Administrativa da Prefeitura Municipal de  Bom Retiro e dá outras providências ”</t>
   </si>
   <si>
     <t>877</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/877/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/877/projeto.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a possibilidade de o servidor público de cargo efetivo optar pelo aumento da carga horária da jornada de trabalho semanal.</t>
   </si>
   <si>
     <t>878</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/878/04.24_-_projeto_de_lei_do_plano_diretor.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/878/04.24_-_projeto_de_lei_do_plano_diretor.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Plano Diretor de Desenvolvimento Município de Bom Retiro/SC e dá outras providências.</t>
   </si>
   <si>
     <t>879</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/879/05.24_-_projeto_de_lei_de_uso_e_ocupacao_do_solo.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/879/05.24_-_projeto_de_lei_de_uso_e_ocupacao_do_solo.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Projeto de Lei de Uso e Ocupação do Solo de Bom Retiro/SC e dá outras providências.</t>
   </si>
   <si>
     <t>880</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/880/06.24_-_projeto_de_lei_de_parcelamento.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/880/06.24_-_projeto_de_lei_de_parcelamento.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Projeto de Lei do Parcelamento do Solo de Bom Retiro/SC e dá outras providências.</t>
   </si>
   <si>
     <t>881</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/881/07._projeto_de_lei_do_perimetro_urbano.docx</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/881/07._projeto_de_lei_do_perimetro_urbano.docx</t>
   </si>
   <si>
     <t>Dispõe sobre o Perímetro Urbano da Sede de Bom Retiro/SC e do Distrito de Canoas e dá outras providências.</t>
   </si>
   <si>
     <t>882</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/882/08.24_-_projeto_de_lei_do_codigo_de_obra_-.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/882/08.24_-_projeto_de_lei_do_codigo_de_obra_-.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Obras do Município de Bom Retiro/SC e dá outras providências.</t>
   </si>
   <si>
     <t>883</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/883/09.24_-_projeto_de_lei_do_codigo_de_posturas.doc</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/883/09.24_-_projeto_de_lei_do_codigo_de_posturas.doc</t>
   </si>
   <si>
     <t>Dispõe sobre o Código de Posturas do Município de Bom Retiro/SC e dá outras providências.</t>
   </si>
   <si>
     <t>1033</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1033/plc_10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1033/plc_10.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O CRIAÇÃO DA GRATIFICAÇÃO DE PRODUTIVIDADE FISCAL AOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE BOM RETIRO, _x000D_
 QUE EXERCEM ATIVIDADE DE FISCALIZAÇÃO DE OBRAS, POSTURAS, TRIBUTOS E VIGILÂNCIA SANITÁRIA.</t>
   </si>
   <si>
     <t>1037</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1037/plc_11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1037/plc_11.pdf</t>
   </si>
   <si>
     <t>Regulamenta o Sistema de Readaptação Funcional dos Servidores Públicos Efetivos do Município de Bom Retiro e dá outras providências.</t>
   </si>
   <si>
     <t>1034</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1034/pl.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1034/pl.pdf</t>
   </si>
   <si>
     <t>Amplia o número de vagas no cargo de provimento efetivo de motorista na Estrutura Administrativa da Prefeitura Municipal de _x000D_
 Bom Retiro e dá outras providências.</t>
   </si>
   <si>
     <t>1217</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>Câmara de Vereadores de Bom Retiro - CMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1217/projeto_de_lei_n_001_2024.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1217/projeto_de_lei_n_001_2024.pdf</t>
   </si>
   <si>
     <t>CONCEDE AUMENTO DE VENCIMENTOS AOS SERVIDORES DO LEGISLATIVO.</t>
   </si>
   <si>
     <t>919</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/919/pl_02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/919/pl_02.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A DIVULGAÇÃO DA LISTAGEM DE TODOS OS MEDICAMENTOS DISPONÍVEIS E EM FALTA NA REDE MUNICIPAL DE SAÚDE DO MUNICÍPIO DE BOM RETIRO/SC E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>969</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/969/projeto.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/969/projeto.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DE QUE TRATA O ARTIGO 37, X, DA CF/88.</t>
   </si>
   <si>
     <t>1061</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1061/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1061/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>FIXA O SUBSÍDIO DOS AGENTES POLÍTICOS DO MUNICÍPIO DE BOM RETIRO - SC PARA A LEGISLATURA 2025 A 2028 E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1064</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_resolucao_01.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_resolucao_01.pdf</t>
   </si>
   <si>
     <t>CONCEDE DIPLOMA DE HONRA AO MÉRITO.</t>
   </si>
   <si>
     <t>1065</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_resolucao_02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_resolucao_02.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO.</t>
   </si>
   <si>
     <t>1076</t>
   </si>
   <si>
     <t>Rosinha, Deuchinha, Helena, Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1076/projeto_resolucao_03.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1076/projeto_resolucao_03.pdf</t>
   </si>
   <si>
     <t>857</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/857/prosta_emenda_01.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/857/prosta_emenda_01.pdf</t>
   </si>
   <si>
     <t>ADICIONA INCISO XXXVII AO ART. 95 DA LEI ORGÂNICA DO MUNICÍPIO DE BOM RETIRO, DISPONDO SOBRE COMPETÊNCIAS PRIVATIVAS DO PREFEITO.</t>
   </si>
   <si>
     <t>835</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/835/01.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/835/01.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento da Sr. Pablo Jocil _x000D_
 Waltrick.</t>
   </si>
   <si>
     <t>836</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/836/02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/836/02.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento da Sr. Nelson _x000D_
 Aristiliano Dutra.</t>
   </si>
   <si>
     <t>844</t>
   </si>
   <si>
     <t>Zé do Nazo, Daniel Sangaletti, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/844/3.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/844/3.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie de votos de pesar pelo falecimento do Sr. Júlio Cesar da _x000D_
 Rosa Hersing.</t>
   </si>
   <si>
     <t>867</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/867/4.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/867/4.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie ao Departamento Nacional de Infraestrutura de Transportes, _x000D_
 solicitando providências para a remoção de um depósito ilegal de lixo, localizado no terreno sob a jurisdição do DNIT, nas proximidades do trevo da BR 282, que dá acesso à cidade de Bom Retiro e que essas medidas sejam urgentes visando preservar o meio ambiente e garantir a segurança e o bem-estar da comunidade local.</t>
   </si>
   <si>
     <t>895</t>
   </si>
   <si>
     <t>Zé do Nazo, Deuchinha, Helena, Moraes, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/895/5.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/895/5.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Erni Francisco _x000D_
 Deinani.</t>
   </si>
   <si>
     <t>896</t>
   </si>
   <si>
     <t>Deuchinha, Moraes, Serginho, Zé do Nazo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/896/6.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/896/6.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Marlene da _x000D_
 Rosa.</t>
   </si>
   <si>
     <t>907</t>
   </si>
   <si>
     <t>Daniel Sangaletti, Deuchinha, Helena, Moraes, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/907/7.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/907/7.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Ricardo Michel _x000D_
 do Nascimento.</t>
   </si>
   <si>
     <t>908</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/908/8.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/908/8.pdf</t>
   </si>
   <si>
     <t>A Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Apelo a ser enviada ao Excelentíssimo Sr. Jorginho dos Santos Melo, Governador do Estado de Santa Catarina, nos termos abaixo:_x000D_
  Excelentíssimo Senhor Governador Jorginho Mello, Por meio desta, com a mais profunda consideração e respeito, representando os interesses coletivos dos candidatos que lograram êxito nas rigorosas etapas do Concurso Público da Polícia Militar de Santa Catarina, com o intuito de formalizar um apelo crucial em prol da segurança pública de nosso estado._x000D_
  A presente solicitação se fundamenta na situação do efetivo atual da Polícia Militar de Santa Catarina, que, neste momento, encontra-se abaixo de 10 mil policiais. Nos últimos três anos, a média anual de saídas do efetivo foi de 376policiais, evidenciando uma carência significativa de profissionais necessários para a manutenção da ordem e segurança pública em nosso estado...</t>
   </si>
   <si>
     <t>921</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/921/9.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/921/9.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Arlindo Antônio _x000D_
 Alexandre.</t>
   </si>
   <si>
     <t>937</t>
   </si>
   <si>
     <t>Moraes, Rosinha</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/937/10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/937/10.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Áurea Peron _x000D_
 Cabral.</t>
   </si>
   <si>
     <t>962</t>
   </si>
   <si>
     <t>Helena, Moraes, Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/962/11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/962/11.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem, requerem que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplausos a Deputada Federal Carmen _x000D_
 Zanotto pela destinação de R$ 200.000,00 para a APAE de Bom Retiro e de R$ 300.000,00 para o Hospital Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>972</t>
   </si>
   <si>
     <t>Helena, Moraes, Rosinha, Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/972/12.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/972/12.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. MARIZA _x000D_
 APARECIDA NIENKOETTER.</t>
   </si>
   <si>
     <t>973</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/973/13.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/973/13.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso Fundação Cultural de Bom Retiro e _x000D_
 a Academia Liz Velho pelo espetáculo de ballet realizado em Bom Retiro.</t>
   </si>
   <si>
     <t>980</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/980/14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/980/14.pdf</t>
   </si>
   <si>
     <t>A Vereadora que subscreve este documento requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso à Defesa Civil de Bom _x000D_
 Retiro pelos recursos captados, totalizando aproximadamente R$ 4.200.000,00 (quatro milhões e duzentos mil reais).</t>
   </si>
   <si>
     <t>981</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/981/15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/981/15.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este documento requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso para o Sr. Abel da Silva, _x000D_
 Prefeito de Chapadão do Lageado, pela manutenção da estrada da Localidade de Rio do Meio e pelo transporte dos alunos.</t>
   </si>
   <si>
     <t>982</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/982/16.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/982/16.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este documento requer que, após ouvido o Plenário, a Mesa da Casa envie ofício ao DNIT para solicitar a desobstrução _x000D_
 da tubulação do riacho Rincão que passa sob a BR 282, em Bom Retiro.</t>
   </si>
   <si>
     <t>1002</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1002/17.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1002/17.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este documento requer que, após ouvido o Plenário, a Mesa da Casa envie ofício envie ofício à CELESC solicitando _x000D_
 providências em relação ao transformador localizado na Rua Rosalino Caetano da Luz, no bairro São José, que tem apresentado problemas freqüentes</t>
   </si>
   <si>
     <t>1003</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1003/18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1003/18.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este documento requer que, após ouvido o Plenário, a Mesa da Casa envie oficio à Escola de Ensino Médio Valmir _x000D_
 Omarques Nunes solicitando a liberação do estacionamento interno durante os eventos neste educandário, momento em que o movimento desta rua se toma intenso, e com a escassez de vagas de estacionamento na região, isso tem causado transtornos aos participantes e moradores, além de elevar o risco de acidentes.</t>
   </si>
   <si>
     <t>1004</t>
   </si>
   <si>
     <t>Helena, Deuchinha, Moraes, Rosinha, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1004/19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1004/19.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do jovem José Henrique _x000D_
 da Cunha Cabral.</t>
   </si>
   <si>
     <t>1008</t>
   </si>
   <si>
     <t>A Vereadora que subscreve este documento requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso para o Deputado Estadual _x000D_
 Lucas Neves pela destinação de R$ 100.000,00 para o Hospital Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1009</t>
   </si>
   <si>
     <t>Deuchinha, Fernando Keko</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1009/21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1009/21.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve este requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso para a Deputada Federal Ana Paula Lima pela intermediação junto ao Governo Federal para liberação de R$ 5.200.000,00 para realização de obras e ações pelo município de Bom Retiro.</t>
   </si>
   <si>
     <t>1018</t>
   </si>
   <si>
     <t>Deuchinha, Fernando Keko, Helena, Landir, Moraes, Rosinha, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1018/22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1018/22.pdf</t>
   </si>
   <si>
     <t>A Vereadora que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. ALTAIR _x000D_
 SIMIANO.</t>
   </si>
   <si>
     <t>1021</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1021/23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1021/23.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie ofício para as operadoras de serviços de telefonia móvel, _x000D_
 solicitando informações sobre o motivo pelo qual, na falta de luz, os usuários ficam sem rede, impossibilitando até chamadas de emergência, e se ainda existem baterias auxiliares para manter os serviços.</t>
   </si>
   <si>
     <t>1022</t>
   </si>
   <si>
     <t>Deuchinha, Cláudio Bombeiro, Helena, Rosinha, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1022/24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1022/24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso a empresa Ecotrilhas pelos 10 de fundação</t>
   </si>
   <si>
     <t>1023</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1023/25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1023/25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso a equipe JK Futsal pela conquista da Copa Municipal de Bom Retiro.</t>
   </si>
   <si>
     <t>1039</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1039/26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1039/26.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, após ouvido o Plenário, requer que a Mesa Diretora desta Casa Legislativa envie correspondência à Superintendência Regional do DNIT - Lages/SC, solicitando providências para notificar os responsáveis pelo uso irregular da área de domínio do DNIT na marginal da BR 282, no acesso a Bom Retiro, onde o local vem sendo utilizado como depósito de madeira e para o descarte irregular de lixo.</t>
   </si>
   <si>
     <t>1043</t>
   </si>
   <si>
     <t>Fernando Keko, Deuchinha, Helena, Moraes, Rosinha, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1043/27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1043/27.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do ex-Vereador Sr. _x000D_
 Aduci Tolentino Rosar</t>
   </si>
   <si>
     <t>1048</t>
   </si>
   <si>
     <t>Cláudio Bombeiro, Deuchinha, Fernando Keko, Landir, Moraes</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1048/28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1048/28.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência à bancada catarinense no Congresso Nacional, solicitando que se manifeste para sustar a obrigatoriedade da vacinação contra a COVID-19 em crianças, defendendo o direito de escolha dos pais ou responsáveis.</t>
   </si>
   <si>
     <t>1062</t>
   </si>
   <si>
     <t>Serginho, Cláudio Bombeiro, Deuchinha, Fernando Keko, Helena, Landir, Moraes, Rosinha, Soni</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1062/29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1062/29.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie correspondência ao 6 Batalhão de Polícia Militar para _x000D_
 solicitar o aumento do efetivo da PM em Bom Retiro.</t>
   </si>
   <si>
     <t>1075</t>
   </si>
   <si>
     <t>Deuchinha, Helena, Rosinha, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1075/30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1075/30.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos moção de aplausos a empresa Ecotrilhas, pelo documentário "Bom Retiro Conta Sua História", uma importante contribuição para o resgate e valorização da memória e cultura de nosso município.</t>
   </si>
   <si>
     <t>1085</t>
   </si>
   <si>
     <t>Deuchinha, Serginho</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1085/31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1085/31.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie moção de aplausos ao grupo Antigos de Bom Retiro pelo sucesso do 7° Encontro de Carros Antigos.</t>
   </si>
   <si>
     <t>1086</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1086/32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1086/32.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie moção de aplausos ao grupo Turma do Churras pela realização de mais uma edição do Natal Solidário.</t>
   </si>
   <si>
     <t>936</t>
   </si>
   <si>
     <t>El</t>
   </si>
   <si>
     <t>Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/936/emenda_a_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/936/emenda_a_lei.pdf</t>
   </si>
   <si>
     <t>ADICIONA INCISO XXXVII AO ART. 95 DA LEI ORGÂNICA DO MUNICÍPIO DE BOM RETIRO, DISPONDO _x000D_
 SOBRE COMPETÊNCIAS PRIVATIVAS DO PREFEITO.</t>
   </si>
   <si>
     <t>971</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_decreto_legislativo.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_decreto_legislativo.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM RETIRO, RELATIVAS AO EXERCÍCIO DE 2022.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
@@ -3461,67 +3461,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/830/projeto_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/848/projeto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/849/projeto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/850/projeto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/922/projeto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/923/7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/924/projeto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/933/pl.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/934/pl_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/935/pl_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/953/pl_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/954/pl_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/955/projeto_julho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/956/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1005/pl.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1031/pl.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1032/pl_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1035/pl_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1036/pl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1044/pl_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1045/pl_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1047/pl_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1051/projeto_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1071/pl_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1080/29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1081/30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1082/projeto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1087/32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1088/33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1089/34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1090/pl_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1093/pl.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1094/pl.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1095/projeto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1097/pl.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/845/2.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/846/3.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/851/4.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/852/5.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/853/6.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/854/7.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/855/8.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/859/10.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/860/11.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/861/12.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/872/13.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/873/14.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/874/15.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/875/16.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/876/17.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/886/18.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/888/20.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/889/21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/890/22.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/891/23.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/892/24.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/900/26.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/901/27.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/902/28.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/903/29.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/904/30.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/905/31.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/906/32.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/910/33.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/911/34.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/913/36.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/914/37.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/915/38.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/916/39.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/917/40.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/918/41.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/920/43.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/926/44.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/929/45.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/931/47.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/932/48.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/940/49.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/941/50.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/942/51.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/943/52.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/944/53.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/945/54.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/948/55.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/949/56.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/951/58.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/952/59.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/963/60.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/964/61.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/965/62.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/966/63.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/967/64.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/968/65.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/974/66.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/975/67.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/976/68.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/983/69.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/984/70.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/985/71.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/986/72.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/987/73.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/988/74.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/989/75.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/990/76.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/991/76.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/995/78.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/996/79.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/999/82.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1001/86.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1011/87.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1012/88.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1013/89.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1014/90.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1015/91.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1016/92.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1024/93.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1025/94.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1026/95.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1027/96.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1028/97.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1029/98.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1030/99.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1041/100.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1042/101.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1049/103.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1054/104.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1055/105.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1056/106.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1057/107.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1058/108.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1059/109.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1063/110.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1066/111.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1070/112.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1072/113.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1077/114.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1078/115.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1083/116.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1084/117.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/833/01.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/834/02.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/837/3.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/838/4.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/839/5.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/840/6.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/841/7.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/842/8.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/843/9.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/856/10.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/862/11.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/863/12.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/864/13.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/865/14.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/866/15.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/868/16.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/869/17.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/870/18.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/871/19.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/884/20.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/885/21.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/897/22.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/898/23.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/899/25.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/909/26.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/927/27.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/928/28.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/938/29.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/939/30.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/947/32.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/957/33.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/958/34.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/959/35.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/960/36.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/961/37.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/977/38.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/978/39.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/979/40.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/993/41.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/994/42.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1010/43.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1017/44.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1019/45.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1020/46.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1038/47.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1040/48.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1050/49.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1052/50.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1053/51.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1067/52.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1068/53.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1069/54.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1073/55.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1074/56.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/992/decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/831/plc_1.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/847/projeto.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/877/projeto.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/878/04.24_-_projeto_de_lei_do_plano_diretor.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/879/05.24_-_projeto_de_lei_de_uso_e_ocupacao_do_solo.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/880/06.24_-_projeto_de_lei_de_parcelamento.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/881/07._projeto_de_lei_do_perimetro_urbano.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/882/08.24_-_projeto_de_lei_do_codigo_de_obra_-.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/883/09.24_-_projeto_de_lei_do_codigo_de_posturas.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1033/plc_10.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1037/plc_11.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1034/pl.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1217/projeto_de_lei_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/919/pl_02.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/969/projeto.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1061/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1076/projeto_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/857/prosta_emenda_01.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/835/01.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/836/02.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/844/3.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/867/4.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/895/5.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/896/6.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/907/7.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/908/8.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/921/9.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/937/10.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/962/11.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/972/12.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/973/13.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/980/14.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/981/15.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/982/16.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1002/17.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1003/18.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1004/19.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1009/21.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1018/22.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1021/23.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1022/24.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1023/25.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1039/26.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1043/27.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1048/28.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1062/29.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1075/30.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1085/31.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1086/32.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/936/emenda_a_lei.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_decreto_legislativo.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/830/projeto_2.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/848/projeto.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/849/projeto.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/850/projeto.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/922/projeto.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/923/7.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/924/projeto.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/933/pl.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/934/pl_11.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/935/pl_12.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/953/pl_13.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/954/pl_14.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/955/projeto_julho.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/956/16.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/970/projeto_de_lei_17.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1005/pl.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1031/pl.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1032/pl_20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1035/pl_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1036/pl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1044/pl_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1045/pl_24.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1047/pl_25.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1051/projeto_26.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1071/pl_27.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1079/projeto.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1080/29.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1081/30.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1082/projeto.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1087/32.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1088/33.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1089/34.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1090/pl_35.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1091/projeto.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1092/projeto.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1093/pl.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1094/pl.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1095/projeto.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1096/projeto.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1097/pl.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/845/2.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/846/3.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/851/4.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/852/5.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/853/6.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/854/7.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/855/8.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/859/10.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/860/11.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/861/12.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/872/13.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/873/14.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/874/15.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/875/16.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/876/17.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/886/18.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/888/20.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/889/21.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/890/22.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/891/23.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/892/24.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/900/26.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/901/27.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/902/28.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/903/29.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/904/30.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/905/31.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/906/32.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/910/33.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/911/34.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/913/36.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/914/37.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/915/38.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/916/39.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/917/40.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/918/41.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/920/43.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/926/44.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/929/45.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/931/47.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/932/48.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/940/49.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/941/50.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/942/51.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/943/52.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/944/53.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/945/54.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/948/55.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/949/56.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/951/58.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/952/59.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/963/60.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/964/61.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/965/62.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/966/63.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/967/64.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/968/65.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/974/66.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/975/67.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/976/68.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/983/69.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/984/70.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/985/71.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/986/72.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/987/73.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/988/74.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/989/75.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/990/76.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/991/76.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/995/78.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/996/79.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/999/82.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1001/86.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1011/87.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1012/88.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1013/89.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1014/90.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1015/91.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1016/92.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1024/93.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1025/94.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1026/95.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1027/96.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1028/97.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1029/98.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1030/99.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1041/100.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1042/101.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1049/103.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1054/104.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1055/105.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1056/106.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1057/107.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1058/108.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1059/109.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1063/110.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1066/111.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1070/112.pdf" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1072/113.pdf" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1077/114.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1078/115.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1083/116.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1084/117.pdf" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/833/01.pdf" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/834/02.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/837/3.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/838/4.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/839/5.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/840/6.pdf" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/841/7.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/842/8.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/843/9.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/856/10.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/862/11.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/863/12.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/864/13.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/865/14.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/866/15.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/868/16.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/869/17.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/870/18.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/871/19.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/884/20.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/885/21.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/897/22.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/898/23.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/899/25.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/909/26.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/927/27.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/928/28.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/938/29.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/939/30.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/947/32.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/957/33.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/958/34.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/959/35.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/960/36.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/961/37.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/977/38.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/978/39.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/979/40.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/993/41.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/994/42.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1010/43.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1017/44.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1019/45.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1020/46.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1038/47.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1040/48.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1050/49.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1052/50.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1053/51.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1067/52.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1068/53.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1069/54.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1073/55.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1074/56.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/992/decreto_legislativo.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/831/plc_1.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/847/projeto.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/877/projeto.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/878/04.24_-_projeto_de_lei_do_plano_diretor.doc" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/879/05.24_-_projeto_de_lei_de_uso_e_ocupacao_do_solo.doc" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/880/06.24_-_projeto_de_lei_de_parcelamento.doc" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/881/07._projeto_de_lei_do_perimetro_urbano.docx" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/882/08.24_-_projeto_de_lei_do_codigo_de_obra_-.doc" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/883/09.24_-_projeto_de_lei_do_codigo_de_posturas.doc" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1033/plc_10.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1037/plc_11.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1034/pl.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1217/projeto_de_lei_n_001_2024.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/919/pl_02.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/969/projeto.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1061/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1064/projeto_resolucao_01.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1065/projeto_resolucao_02.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1076/projeto_resolucao_03.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/857/prosta_emenda_01.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/835/01.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/836/02.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/844/3.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/867/4.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/895/5.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/896/6.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/907/7.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/908/8.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/921/9.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/937/10.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/962/11.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/972/12.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/973/13.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/980/14.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/981/15.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/982/16.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1002/17.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1003/18.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1004/19.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1009/21.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1018/22.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1021/23.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1022/24.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1023/25.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1039/26.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1043/27.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1048/28.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1062/29.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1075/30.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1085/31.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/1086/32.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/936/emenda_a_lei.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2024/971/projeto_de_decreto_legislativo.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H269"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="89.140625" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="123.42578125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="122.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>