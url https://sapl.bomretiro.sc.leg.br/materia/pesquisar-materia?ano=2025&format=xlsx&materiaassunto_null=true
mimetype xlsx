--- v0 (2025-12-06)
+++ v1 (2026-01-25)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3094" uniqueCount="1380">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="3309" uniqueCount="1474">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -409,92 +409,152 @@
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/pl_31.pdf</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/pl_32.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA _x000D_
 PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO _x000D_
 FINANCEIRO DE 2025, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
+    <t>1492</t>
+  </si>
+  <si>
+    <t>33</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1492/33.2025.pl_loa.docx-mesclado.pdf</t>
+  </si>
+  <si>
+    <t>Estima a Receita e fixa a Despesa do Município de Bom Retiro para o Exercício de 2026.</t>
+  </si>
+  <si>
     <t>1479</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1479/pl.pdf</t>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1479/pl_34.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA O REGIME DE TELETRABALHO NO ÂMBITO DO MUNICÍPIO DE BOM RETIRO- SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/pl_35.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção da modalidade de Ensino _x000D_
 Infantil do Pré Escolar Capistrano junto ao Núcleo _x000D_
 Municipal Henrique Hemkmaier e dá nova denominação, e dá outras providências.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_lei_n_36_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CADASTRO NACIONAL _x000D_
 DA PESSOA JURÍDICA (CNPJ) PARA A_x000D_
  MUNICIPAL DE EDUCAÇÃO, SECRETARIA_x000D_
 CULTURA E ESPORTE DE BOM RETIRO/SC E DA _x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
+    <t>1490</t>
+  </si>
+  <si>
+    <t>38</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1490/pl_38.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE CULTURA DE BOM RETIRO, CRIA O CONSELHO MUNICIPAL DE POLÍTICA CULTURAL E O FUNDO MUNICIPAL DE CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1491</t>
+  </si>
+  <si>
+    <t>39</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>DISPÕE SOBRE A DELEGAÇÃO AO CISAMA, POR MEIO DE CONTRATO DE PROGRAMA, DE ATIVIDADES RELACIONADAS ÀMODERNIZAÇÃO, EFICIENTIZAÇÂO, EXPANSÃO, OPERAÇÃO E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NO MUNICÍPIO DE BOM RETIRO, ESTABELECE REGRAS DE RATEIO DAS DESPESAS, DISCIPLINA A GESTÃO DA COSIP E DÁ OUTRAS PROVIDÊNCIAS.</t>
+  </si>
+  <si>
+    <t>1489</t>
+  </si>
+  <si>
+    <t>40</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1489/pl_40.pdf</t>
+  </si>
+  <si>
+    <t>RATIFICA A 2 ALTERAÇÃO DO CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERFEDERATIVO DE SAÚDE DA REGIÃO DA AMURES - CISAMURES</t>
+  </si>
+  <si>
+    <t>1493</t>
+  </si>
+  <si>
+    <t>41</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_de_lei.pdf</t>
+  </si>
+  <si>
+    <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA CÂMARA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2025, POR ANULAÇÃO (TRANSPOSIÇÃO) DE DOTAÇÃO.</t>
+  </si>
+  <si>
     <t>1098</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CLÁUDIO BOMBEIRO</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_n_001_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar a roçada do antigo lixão, localizado no bairro Capistrano, bem como nas imediações próximas ao Ginásio de Esportes Nenzinho.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_n_002_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar o cascalhamento e patrolamento da rua Carlos Souza, no bairro São José.</t>
@@ -778,135 +838,120 @@
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento e patrolamento da estrada da localidade de Irapuá.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_n_031_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o reassentamento das lajotas da rua Cônego Adriano, no entroncamento entre a Av. Henrique Eduardo Boëll e a Rua João Pedro de Souza.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_n_032_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o reassentamento das lajotas da rua João Pedro de Souza.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>33</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_n_033_2025.pdf</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_n_034_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparo na rede pluvial da Rua Carlos Werner, no bairro Capistrano, nas proximidades do antigo lixão.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_n_035_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a construção de galeria pluvial na Rua Carlos Werner, nas proximidades da Malharia Dietrich.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/indicacao_n_036_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de fraldários nas Unidades Básicas de Saúde do centro e dos bairros, bem como no Jardim Hercílio Luz, em parceria com a Secretaria Municipal de Indústria, Comércio e Turismo.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_n_037_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o término do calçamento da Avenida 24 de Outubro, no sentido da localidade de Entrada.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>38</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_n_038_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização da manutenção e roçada da Rua Cônego Adriano.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>39</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/indicacao_n_039_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a construção de bocas de lobo na Rua Dorval Ferreira de Macedo.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>40</t>
-[...1 lines deleted...]
-  <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_n_040_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o desentupimento da tubulação do riacho Sinhozinho.</t>
   </si>
   <si>
     <t>1138</t>
-  </si>
-[...1 lines deleted...]
-    <t>41</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_n_041_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de câmeras de monitoramento no cemitério municipal, com o intuito de coibir atos de vandalismo e furtos em jazigos, como os recentemente ocorridos, identificando e responsabilizando eventuais autores, garantindo a preservação do patrimônio público e o respeito aos familiares e entes sepultados.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_n_042_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento e patrolamento da Rua Rosalino Caetano da Luz, a fim de melhorar as condições de tráfego e garantir maior segurança e conforto aos moradores e usuários da via.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>43</t>
   </si>
@@ -3090,50 +3135,248 @@
     <t>211</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ind1cacao_n_211_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o patrolamento e cascalhamento da estrada da localidade de _x000D_
 Barbaquá.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_n_212_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos na Av. Henrique Eduardo Boêll, no _x000D_
 Bairro Bela Vista, nas proximidades da ASDBR, bem como a instalação de rede pluvial.</t>
+  </si>
+  <si>
+    <t>1494</t>
+  </si>
+  <si>
+    <t>213</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_n_213_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para que proceda à análise da possibilidade de implementação de faixas _x000D_
+elevadas e lombadas ao longo de toda a extensão da Avenida Major Generoso, verificando os _x000D_
+pontos com maior fluxo e travessia de pedestres, com o objetivo de garantir a segurança da _x000D_
+população e a redução da velocidade dos veículos.</t>
+  </si>
+  <si>
+    <t>1495</t>
+  </si>
+  <si>
+    <t>214</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_n_214_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar a realização de reparos no calçamento da Rua São José, nas _x000D_
+proximidades do posto de saúde do bairro São José.</t>
+  </si>
+  <si>
+    <t>1496</t>
+  </si>
+  <si>
+    <t>215</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_n_215_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar o corte do mato e a limpeza na Rua Carlos Souza, no bairro _x000D_
+São José.</t>
+  </si>
+  <si>
+    <t>1497</t>
+  </si>
+  <si>
+    <t>216</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_n_216_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar a substituição das lixeiras de madeira por contêineres com _x000D_
+tampa nos pontos específicos que recebem maior quantidade de lixo.</t>
+  </si>
+  <si>
+    <t>1498</t>
+  </si>
+  <si>
+    <t>217</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_n_217_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar a manutenção do trecho final da Rua Anita Garibaldi, que _x000D_
+apresenta diversos buracos e necessita de reparos imediatos.</t>
+  </si>
+  <si>
+    <t>1499</t>
+  </si>
+  <si>
+    <t>218</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_v_218_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar a colocação de um banner explicativo em frente à Secretaria _x000D_
+Municipal de Saúde, divulgando à população os pontos e os horários em que o ônibus da _x000D_
+saúde realiza o transporte dos pacientes dos bairros São José e Capistrano.</t>
+  </si>
+  <si>
+    <t>1500</t>
+  </si>
+  <si>
+    <t>219</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_n_219_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar que seja realizado um estudo técnico de viabilidade para _x000D_
+tomar a Rua Professora Isaura Vargas via de mão única, permitindo aos motoristas realizar a _x000D_
+conversão à esquerda na Rua Constâncio Krumel ou acessar a Rua Athanagildo Ramos de _x000D_
+Andrade, com intuito de melhorar a segurança e a fluidez do tráfego na referida via.</t>
+  </si>
+  <si>
+    <t>1501</t>
+  </si>
+  <si>
+    <t>220</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_v_220_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar a aquisição de uma câmara conservadora de vacinas reserva, _x000D_
+destinada ao uso em situações emergenciais, a fim de evitar a interrupção das vacinações na _x000D_
+UBS em casos de necessidade.</t>
+  </si>
+  <si>
+    <t>1502</t>
+  </si>
+  <si>
+    <t>221</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1502/ind1cacao_n_221_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar a realização de manutenção na serra de acesso a localidade _x000D_
+de Paraiso da Serra.</t>
+  </si>
+  <si>
+    <t>1503</t>
+  </si>
+  <si>
+    <t>222</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_n_222_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar o recolhimento do lixo no depósito provisório da localidade _x000D_
+de Barbaquá.</t>
+  </si>
+  <si>
+    <t>1504</t>
+  </si>
+  <si>
+    <t>223</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_n_223_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a substituição da caixa coletora de resíduos localizada na Rua Gentil Vieira Borges, a qual se encontra em péssimo estado de conservação e, por ser utilizada tanto para a coleta de esgoto quanto para a drenagem de águas pluviais, vem ocasionando transtornos à população local e representando risco à saúde pública, bem como à segurança de pedestres e motoristas.</t>
+  </si>
+  <si>
+    <t>1505</t>
+  </si>
+  <si>
+    <t>224</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_n_224_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar a recolocação das lajotas na Av. 24 de Outubro, na _x000D_
+proximidades do escritório da CELESC.</t>
+  </si>
+  <si>
+    <t>1506</t>
+  </si>
+  <si>
+    <t>225</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_v_225_2025.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
+regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
+Prefeita Municipal para solicitar a realização de manutenção na Av. Henrique Eduardo Boêll, _x000D_
+nas proximidades da Igreja Adventista do Sétimo Dia.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_n_001_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal, para requerer as seguintes informações:_x000D_
 1.	Qual empresa executou os trabalhos na ponte que liga Campo Novo e Paraíso da Serra?_x000D_
 2.	Qual valor do contrato firmado pelos trabalhos prestados?_x000D_
 3.	Tem projeto detalhado para execução dos serviços?_x000D_
 4.	A obra tem garantia?_x000D_
 5.	No contrato de prestação de serviço o município daria uma contrapartida como: mão de obra, diesel e maquinário?</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
@@ -3914,50 +4157,118 @@
 ao Poder Executivo Municipal para requer as seguintes informações acerca do projeto de _x000D_
 construção do Centro de Hidroterapia:_x000D_
 1 Se o referido projeto já foi encaminhado para processo licitatório;_x000D_
 2Qual a previsão para o início da execução da obra;_x000D_
 3 Qual o cronograma estimado para sua conclusão;_x000D_
 4 Os recursos financeiros destinados a construção do Centro de _x000D_
 5Hidroterapia já se encontram disponíveis na conta do Município?</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_n_063_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no uso de suas atribuições legais e _x000D_
 regimentais, vem, respeitosamente, REQUERER, após ouvido o Plenário, que seja oficiado _x000D_
 ao Poder Executivo Municipal para requerer as seguintes informações acerca da situação atual _x000D_
 da quadra esportiva da comunidade de Capistrano:_x000D_
  Qual é a situação atual das obras da quadra do Capistrano? _x000D_
  Existe previsão ou perspectiva oficial para a data de inauguração do espaço?_x000D_
 Os reparos pendentes já foram totalmente concluídos? Em caso negativo, _x000D_
 quais serviços ainda restam a ser executados e qual o prazo estimado para sua finalização?</t>
   </si>
   <si>
+    <t>1512</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_n_064_25.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
+do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Presidente do _x000D_
+Hospital Nossa Senhora das Graças, Sr. Alfredo Martinho Rosar, para o envio de convite a _x000D_
+fim de que compareça à Câmara de Vereadores para prestar informações e esclarecimentos à _x000D_
+população bonretirense acerca dos atendimentos, consultas e cirurgias realizados pelo _x000D_
+nosocômio.</t>
+  </si>
+  <si>
+    <t>1513</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_n_065_25.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
+do presente, REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário _x000D_
+Municipal de Transportes e Obras para prestar os seguintes esclarecimentos:_x000D_
+1. _x000D_
+Como o Secretário avalia seu primeiro ano à frente da Secretaria _x000D_
+Municipal de Transportes e Obras?_x000D_
+2. _x000D_
+Qual o andamento do processo e o prazo previsto para o início das _x000D_
+obras do muro de contenção nas ruas do bairro São José?_x000D_
+3. _x000D_
+Qual a situação atual da ponte na localidade de Paraíso da Serra, _x000D_
+considerando que os trabalhos ainda não foram reiniciados?_x000D_
+4. _x000D_
+Com a saída do ex-secretário Valmeri de Souza, houve melhoria ou _x000D_
+dificuldade na condução dos trabalhos da Secretaria Municipal de Transportes e Obras?_x000D_
+5. _x000D_
+No que se refere aos gastos com serviços de mecânica e às manutenções _x000D_
+dos veículos pertencentes à Secretaria Municipal de Transportes e Obras, houve economia _x000D_
+neste primeiro ano de gestão?</t>
+  </si>
+  <si>
+    <t>1514</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_n_066_25.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que esta subscreve, no uso de suas atribuições legais, vem, por _x000D_
+meio do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
+Executivo para solicitar as seguintes informações referentes aos serviços executados pela _x000D_
+Secretaria Municipal de Transportes e Obras:_x000D_
+Qual o procedimento legal adotado pela Prefeitura, por meio da _x000D_
+1. _x000D_
+Secretaria Municipal de Transportes e Obras, para a execução de serviços em propriedades _x000D_
+particulares?_x000D_
+2. _x000D_
+Qual a quantidade de cargas — incluindo aterro, pedra de rio, pedra _x000D_
+britada e cascalho —já entregues pela Prefeitura a particulares no ano de 2025, discriminando _x000D_
+o nome do solicitante, a quantidade recebida e o endereço do requisitante?_x000D_
+3. _x000D_
+Encaminhamento de cópia dos requerimentos de serviços realizados _x000D_
+junto à Secretaria Municipal de Transportes e Obras, contendo o nome do requisitante e a _x000D_
+quantidade de cargas demandadas._x000D_
+4. _x000D_
+Cópia da relação das baixas referentes a cada solicitante, após a devida _x000D_
+comprovação de p</t>
+  </si>
+  <si>
     <t>1218</t>
   </si>
   <si>
     <t>DLE</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/14.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM RETIRO, RELATIVAS AO EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
@@ -4034,50 +4345,59 @@
 sistema 5G no Município de Bom Retiro - SC”</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/plc_09.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação para a desburocratização _x000D_
 econômica e liberdade empreendedora no Município de Bom _x000D_
 Retiro - SC”.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1486/plc10.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação da Política Municipal de Desenvolvimento _x000D_
 Econômico e Inovação e cria o Programa de Inovação do Município _x000D_
 de Bom Retiro - SC, e dá outras providências”</t>
   </si>
   <si>
+    <t>1488</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1488/plc_11.pdf</t>
+  </si>
+  <si>
+    <t>“Dispõe sobre a ampliação do número de vagas do cargo de Engenheiro Civil e Médico Veterinário na Estrutura Administrativa da Prefeitura Municipal de Bom Retiro e dá outras providências”.</t>
+  </si>
+  <si>
     <t>1202</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_n_01_2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DE QUE TRATA O ARTIGO 37, X, DA CF/88 E REAJUSTA VENCIMENTOS AOS SERVIDORES E AGENTES POLÍTICOS DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_n_02_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE AUDIÊNCIAS PÚBLICAS NOS BAIRROS E LOCALIDADES DO INTERIOR DO MUNICÍPIO DE BOM RETIRO, VISANDO À AMPLA PARTICIPAÇÃO POPULAR NA GESTÃO PÚBLICA, EM OBSERVÂNCIA AOS PRINCÍPIOS CONSTITUCIONAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1219</t>
@@ -4838,50 +5158,100 @@
 profissionalismo, agilidade e dedicação.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_n_069_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento da Sra. Celha Wagner de Brida.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_n_070_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a_x000D_
  Mesa da Câmara envie Moção de Aplauso ao Deputado Estadual Marcius Machado pela _x000D_
 liberação de R$ 100.000,00 (cem mil reais), valor destinado à iluminação do trevo da _x000D_
 Santa Clara, bem como pelo aporte de R$ 150.000,00 (cento e cinquenta mil reais) ao _x000D_
 Hospital Nossa Senhora das Graças para a reforma do ambulatório e para as obras de _x000D_
 reforma e ampliação do setor de psiquiatria.</t>
+  </si>
+  <si>
+    <t>1507</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1507/mocao_n_071_25.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
+Mesa da Casa envie votos de pesar pelo falecimento do Sr. Valdino Trento.</t>
+  </si>
+  <si>
+    <t>1508</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1508/mocao_n_072_25.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a_x000D_
+Mesa da Casa envie votos de pesar pelo falecimento do Sr. Amoldo Branger.</t>
+  </si>
+  <si>
+    <t>1509</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1509/mocao_n_073_25.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
+Mesa da Casa envie votos de pesar pelo falecimento do Sr. Neri Pereira.</t>
+  </si>
+  <si>
+    <t>1510</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1510/mocao_n_074_25.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
+Mesa da Casa envie votos de pesar pelo falecimento da Sra. Zenaide Nunes.</t>
+  </si>
+  <si>
+    <t>1511</t>
+  </si>
+  <si>
+    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1511/mocao_n_075_25.pdf</t>
+  </si>
+  <si>
+    <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
+Mesa da Casa envie votos de pesar pelo falecimento do Sr. Eduardo da Silva.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
     <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_decreto_legislativo_n_001_25.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
@@ -5197,56 +5567,56 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_n_03_25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/projeto_de_lei_nn_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_n_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/projeto_de_lei_n._06_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_n_07_25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/projeto_de_lei_n_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/projeto_de_lei_n_09_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_n_10_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/projeto_de_lei_n_11_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/projeto_de_lei_n_12_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/13.25_-_p.__l._ppa_2026.2029.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/14.25_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/16.25_p.l._ldo.2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/17.25_-_p.l._suplementacao_por_anulacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/pl20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/pl_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/pl_26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/pl_29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/pl_30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/pl_31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/pl_32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1479/pl.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/pl_35.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_lei_n_36_2025.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_n_005_2025.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_n_009_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_n_010_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_n_011_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1111/indicacao_n_014_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_n_017_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_n_020_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_n_021_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_n_022_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_n_023_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_n_024_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_n_025_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/indicacao_n_026_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_n_027_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_n_028_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_n_029_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_n_030_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_n_031_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_n_032_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_n_033_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_n_034_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_n_035_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/indicacao_n_036_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_n_037_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_n_038_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/indicacao_n_039_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_n_040_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_n_041_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_n_042_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_n_043_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/indicacao_n_044_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_n_045_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_n_046_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_n_047_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_n_048_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_n_049_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_n_050_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_n_051_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_n_052_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_n_053_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_n_054_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_n_055_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_n_056_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/indicacao_n_057_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/indicacao_n_058_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/indicacao_n_059_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_n_060_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/indicacao_n_061_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_n_062_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/indicacao_n_063_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/indicacao_n_064_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_n_065_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_n_066_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_n_067_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_n_068_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_n_069_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_n_070_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_n_071_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_n_072_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_n_073_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_n_074_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacaq_n_075_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_n_076_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_n_077_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_n_078_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/indicacao_n_079_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_n_080_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_n_081_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_082_25.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_n_083_24.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/indicacao_n_084_24.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_n_085_24.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_n_086_24.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_n_087_24.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_n_088_2025.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_n_090_2025.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/ind1cacao_n_091_24.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_n_092_2025.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_n_093_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_n_094_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_n_095_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_n_096_2025.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_n_097_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_n_098_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_n_099_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_n_100_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_v_101_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_n_102_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao_n_103_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_n_104_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_n_105_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_n_106_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/indicacao_n_107_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_n_108_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_n_109_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_n_110_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_n_111_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_n_112_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_n_113_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_n_114_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_n_118_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_n_120_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/1ndicacao_n_121_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_n_124_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_n_125_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_n_126_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/ind1cacao_n_129_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_n_130_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indic_ac_ao_n_131_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_n_132_2025.pdf" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_n_134_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_n_135_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_n_136_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_n_137_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/indicacao_n_138_2025.pdf" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/1ndicacao_n_139_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/indicacao_n_140_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_n_141_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_n_142_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_n_143_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_n_144_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_n_145_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/lnd1cacao_n_146_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_n_147_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_v_148_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_n_149_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/jnpicacao_n_150_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/ind1cacao_n_151_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_n_152_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/ind1cacao_n_154_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/ixdicacao_n_155_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/indic_ac_ao_n_156_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/ind1cacao_n_158_2025.pdf" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/isdicacao_n_159_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_n_160_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_n_161_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_n_162_2025.pdf" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_n_163_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_n_164_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/isdicacao_n_166_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_n_167_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_n_168_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_n_169_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/1nd1cacao_n_170_2025.pdf" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_n_171_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_n_172_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/ind1cacao_n_174_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n_175_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_n_176_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_n_177_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_n_178_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n_179_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_n_180_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/ind1cacao_n_181_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_n_183_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_n_184_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_n_185_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_n_186_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_n_187_2025.pdf" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_n_188_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_n_189_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/ind1cacaq_n_190_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_n_191_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_nu_192_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_n_193_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_n_194_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_n_195_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n_196_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/ind1cacao_n_197_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_v_200_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_n_201_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/1ndicacao_nu_202_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_n_203_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_n_204_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_n_205_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ind1cacao_n_206_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/1ndicacao_.x_207_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_.v_208_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_n_209_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nu_210_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ind1cacao_n_211_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_n_212_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/requerimento_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/requerimento_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_n_005_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/requerimento_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/requerimento_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_n_009_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_n_010_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/requerimento_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/requerimento_n_017_25.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/requerimento_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_n_016_25.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/requerimento_n_017_25.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1169/requerimento_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/requerimento_n_020_25.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/requerimento_n_021_25.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_n_022_25.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_n_024_25.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_n_026_25.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_n_027_25.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_n_028_2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/requerimento_n_029_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_n_032_25.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_n_034_25.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_n_035_25.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_n_036_25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/requerimento_n_037_25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_039_25.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_040_25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_041_25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_042_25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_n_043_25.pdf" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_n_044_25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/requerimento_n_045_25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/requerimento_n_046_25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/requerimento_n_047_25.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_n_049_25.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_n_050_25.pdf" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_n_051_25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/requerimento_n_052_25.pdf" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_n_053_25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_n_054_25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_n_055_25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1455/requerimento_n_056_25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/requerimento_n_057_25.pdf" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_n_058_25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_n_060_25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_n_061_25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_n_062_25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_n_063_25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/14.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_complementar_001_25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projeto_de_lei_complementar_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projeto_de_lei_complementar_n_03_2025.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1481/untitled.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1482/plc06.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1483/plc_07.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1484/plc08.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/plc_09.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1486/plc10.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_n_03_2025.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/projeto_de_lei_n_04_2025.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_n_05_2025.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/pl_06_25.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/pl_07.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1487/pr_02.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/pelo_001_25.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/resolucao_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/mocao_n001_2025.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/mocao_n002_2025.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/mocao_n003_2025.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1176/mocao_n004_2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1177/mocao_n005_2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/mocao_n006_2025.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/mocao_n_007_25.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/mocao_n_008_25.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mocao_n_011_2025.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/mocao_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/mocao_n_014_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/mocao_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/mocao_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/mocao_n_017_2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/mocao_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/mocao_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_n_021_2025.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/mocao_n_022_2025.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/mocao_n_023_2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_n_024_2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_n_025_2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_n_028_25.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_n_029_25.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/mocao_n_030_25.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_n_03_125.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_n_032_25.pdf" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/mocao_n_033_25.pdf" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/mocao_n_034_25.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_n_035_25.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_n_031_25.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/mocao_n_037_25.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/mocao_n_039_25.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_n_040_25.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/mocao_n_041_25.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/mocao_n_042_25.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/mocao_n_043_25.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/mocao_n_044_25.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/mocao_n_045_25.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/mocao_n_046_25.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/mocao_n_047_2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/mocao_n_048_25.pdf" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/mocao_n_049_25.pdf" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/mocao_n_050_25.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/mocao_n_051_2025.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_n_052_2025.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/mocao_n_053_25.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/mocao_n_054_25.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_n_056_25.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/mocao_n_057_25.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_n_058_25.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/mocao_n_059_25.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_n_060_25.pdf" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/mocao_n_061_25.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/mocao_n_062_25.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/mocao_n_063_25.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_n_064_25.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_n_069_25.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_n_070_25.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_decreto_legislativo_n_001_25.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_n_03_25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/projeto_de_lei_nn_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_n_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/projeto_de_lei_n._06_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_n_07_25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/projeto_de_lei_n_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/projeto_de_lei_n_09_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_n_10_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/projeto_de_lei_n_11_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/projeto_de_lei_n_12_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/13.25_-_p.__l._ppa_2026.2029.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/14.25_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/16.25_p.l._ldo.2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/17.25_-_p.l._suplementacao_por_anulacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/pl20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/pl_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/pl_26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/pl_29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/pl_30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/pl_31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/pl_32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1492/33.2025.pl_loa.docx-mesclado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1479/pl_34.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/pl_35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_lei_n_36_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1490/pl_38.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1489/pl_40.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_n_005_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_n_009_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_n_010_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_n_011_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1111/indicacao_n_014_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_n_017_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_n_020_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_n_021_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_n_022_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_n_023_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_n_024_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_n_025_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/indicacao_n_026_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_n_027_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_n_028_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_n_029_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_n_030_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_n_031_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_n_032_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_n_033_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_n_034_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_n_035_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/indicacao_n_036_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_n_037_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_n_038_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/indicacao_n_039_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_n_040_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_n_041_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_n_042_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_n_043_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/indicacao_n_044_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_n_045_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_n_046_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_n_047_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_n_048_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_n_049_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_n_050_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_n_051_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_n_052_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_n_053_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_n_054_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_n_055_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_n_056_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/indicacao_n_057_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/indicacao_n_058_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/indicacao_n_059_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_n_060_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/indicacao_n_061_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_n_062_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/indicacao_n_063_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/indicacao_n_064_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_n_065_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_n_066_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_n_067_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_n_068_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_n_069_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_n_070_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_n_071_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_n_072_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_n_073_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_n_074_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacaq_n_075_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_n_076_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_n_077_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_n_078_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/indicacao_n_079_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_n_080_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_n_081_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_082_25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_n_083_24.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/indicacao_n_084_24.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_n_085_24.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_n_086_24.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_n_087_24.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_n_088_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_n_090_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/ind1cacao_n_091_24.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_n_092_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_n_093_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_n_094_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_n_095_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_n_096_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_n_097_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_n_098_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_n_099_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_n_100_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_v_101_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_n_102_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao_n_103_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_n_104_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_n_105_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_n_106_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/indicacao_n_107_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_n_108_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_n_109_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_n_110_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_n_111_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_n_112_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_n_113_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_n_114_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_n_118_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_n_120_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/1ndicacao_n_121_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_n_124_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_n_125_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_n_126_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/ind1cacao_n_129_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_n_130_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indic_ac_ao_n_131_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_n_132_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_n_134_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_n_135_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_n_136_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_n_137_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/indicacao_n_138_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/1ndicacao_n_139_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/indicacao_n_140_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_n_141_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_n_142_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_n_143_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_n_144_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_n_145_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/lnd1cacao_n_146_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_n_147_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_v_148_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_n_149_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/jnpicacao_n_150_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/ind1cacao_n_151_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_n_152_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/ind1cacao_n_154_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/ixdicacao_n_155_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/indic_ac_ao_n_156_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/ind1cacao_n_158_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/isdicacao_n_159_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_n_160_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_n_161_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_n_162_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_n_163_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_n_164_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/isdicacao_n_166_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_n_167_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_n_168_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_n_169_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/1nd1cacao_n_170_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_n_171_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_n_172_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/ind1cacao_n_174_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n_175_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_n_176_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_n_177_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_n_178_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n_179_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_n_180_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/ind1cacao_n_181_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_n_183_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_n_184_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_n_185_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_n_186_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_n_187_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_n_188_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_n_189_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/ind1cacaq_n_190_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_n_191_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_nu_192_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_n_193_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_n_194_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_n_195_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n_196_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/ind1cacao_n_197_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_v_200_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_n_201_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/1ndicacao_nu_202_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_n_203_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_n_204_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_n_205_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ind1cacao_n_206_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/1ndicacao_.x_207_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_.v_208_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_n_209_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nu_210_2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ind1cacao_n_211_2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_n_212_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_n_213_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_n_214_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_n_215_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_n_216_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_n_217_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_v_218_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_n_219_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_v_220_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1502/ind1cacao_n_221_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_n_222_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_n_223_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_n_224_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_v_225_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/requerimento_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/requerimento_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_n_005_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/requerimento_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/requerimento_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_n_009_2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_n_010_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/requerimento_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/requerimento_n_017_25.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/requerimento_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_n_016_25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/requerimento_n_017_25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1169/requerimento_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/requerimento_n_020_25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/requerimento_n_021_25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_n_022_25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_n_024_25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_n_026_25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_n_027_25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_n_028_2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/requerimento_n_029_2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_n_032_25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_n_034_25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_n_035_25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_n_036_25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/requerimento_n_037_25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_039_25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_040_25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_041_25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_042_25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_n_043_25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_n_044_25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/requerimento_n_045_25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/requerimento_n_046_25.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/requerimento_n_047_25.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_n_049_25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_n_050_25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_n_051_25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/requerimento_n_052_25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_n_053_25.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_n_054_25.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_n_055_25.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1455/requerimento_n_056_25.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/requerimento_n_057_25.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_n_058_25.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_n_060_25.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_n_061_25.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_n_062_25.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_n_063_25.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_n_064_25.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_n_065_25.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_n_066_25.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/14.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_complementar_001_25.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projeto_de_lei_complementar_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projeto_de_lei_complementar_n_03_2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1481/untitled.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1482/plc06.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1483/plc_07.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1484/plc08.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/plc_09.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1486/plc10.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1488/plc_11.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_n_03_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/projeto_de_lei_n_04_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_n_05_2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/pl_06_25.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/pl_07.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1487/pr_02.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/pelo_001_25.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/resolucao_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/mocao_n001_2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/mocao_n002_2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/mocao_n003_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1176/mocao_n004_2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1177/mocao_n005_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/mocao_n006_2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/mocao_n_007_25.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/mocao_n_008_25.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mocao_n_011_2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/mocao_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/mocao_n_014_2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/mocao_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/mocao_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/mocao_n_017_2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/mocao_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/mocao_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_n_021_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/mocao_n_022_2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/mocao_n_023_2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_n_024_2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_n_025_2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_n_028_25.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_n_029_25.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/mocao_n_030_25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_n_03_125.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_n_032_25.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/mocao_n_033_25.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/mocao_n_034_25.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_n_035_25.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_n_031_25.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/mocao_n_037_25.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/mocao_n_039_25.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_n_040_25.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/mocao_n_041_25.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/mocao_n_042_25.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/mocao_n_043_25.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/mocao_n_044_25.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/mocao_n_045_25.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/mocao_n_046_25.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/mocao_n_047_2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/mocao_n_048_25.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/mocao_n_049_25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/mocao_n_050_25.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/mocao_n_051_2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_n_052_2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/mocao_n_053_25.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/mocao_n_054_25.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_n_056_25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/mocao_n_057_25.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_n_058_25.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/mocao_n_059_25.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_n_060_25.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/mocao_n_061_25.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/mocao_n_062_25.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/mocao_n_063_25.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_n_064_25.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_n_069_25.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_n_070_25.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1507/mocao_n_071_25.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1508/mocao_n_072_25.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1509/mocao_n_073_25.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1510/mocao_n_074_25.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1511/mocao_n_075_25.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_decreto_legislativo_n_001_25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
-  <dimension ref="A1:H387"/>
+  <dimension ref="A1:H414"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.42578125" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="114.5703125" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
@@ -6106,9215 +6476,9914 @@
       </c>
       <c r="D34" t="s">
         <v>11</v>
       </c>
       <c r="E34" t="s">
         <v>12</v>
       </c>
       <c r="F34" t="s">
         <v>13</v>
       </c>
       <c r="G34" s="1" t="s">
         <v>138</v>
       </c>
       <c r="H34" t="s">
         <v>139</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
         <v>140</v>
       </c>
       <c r="B35" t="s">
         <v>9</v>
       </c>
       <c r="C35" t="s">
-        <v>10</v>
+        <v>141</v>
       </c>
       <c r="D35" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="E35" t="s">
+        <v>12</v>
+      </c>
+      <c r="F35" t="s">
+        <v>13</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>142</v>
       </c>
-      <c r="F35" t="s">
+      <c r="H35" t="s">
         <v>143</v>
-      </c>
-[...4 lines deleted...]
-        <v>145</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>144</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
+        <v>145</v>
+      </c>
+      <c r="D36" t="s">
+        <v>11</v>
+      </c>
+      <c r="E36" t="s">
+        <v>12</v>
+      </c>
+      <c r="F36" t="s">
+        <v>13</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>146</v>
       </c>
-      <c r="B36" t="s">
-[...14 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>147</v>
-      </c>
-[...1 lines deleted...]
-        <v>148</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>148</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>149</v>
       </c>
-      <c r="B37" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D37" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="E37" t="s">
-        <v>142</v>
+        <v>12</v>
       </c>
       <c r="F37" t="s">
-        <v>143</v>
+        <v>13</v>
       </c>
       <c r="G37" s="1" t="s">
         <v>150</v>
       </c>
       <c r="H37" t="s">
         <v>151</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
         <v>152</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
-        <v>25</v>
+        <v>153</v>
       </c>
       <c r="D38" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="E38" t="s">
-        <v>142</v>
+        <v>12</v>
       </c>
       <c r="F38" t="s">
-        <v>153</v>
+        <v>13</v>
       </c>
       <c r="G38" s="1" t="s">
         <v>154</v>
       </c>
       <c r="H38" t="s">
         <v>155</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
         <v>156</v>
       </c>
       <c r="B39" t="s">
         <v>9</v>
       </c>
       <c r="C39" t="s">
-        <v>29</v>
+        <v>157</v>
       </c>
       <c r="D39" t="s">
-        <v>141</v>
+        <v>11</v>
       </c>
       <c r="E39" t="s">
-        <v>142</v>
+        <v>12</v>
       </c>
       <c r="F39" t="s">
-        <v>153</v>
+        <v>13</v>
       </c>
       <c r="G39" s="1" t="s">
-        <v>157</v>
+        <v>158</v>
       </c>
       <c r="H39" t="s">
-        <v>158</v>
+        <v>159</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
-        <v>159</v>
+        <v>160</v>
       </c>
       <c r="B40" t="s">
         <v>9</v>
       </c>
       <c r="C40" t="s">
-        <v>33</v>
+        <v>10</v>
       </c>
       <c r="D40" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E40" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F40" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G40" s="1" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="H40" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B41" t="s">
         <v>9</v>
       </c>
       <c r="C41" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="D41" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E41" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F41" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G41" s="1" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="H41" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B42" t="s">
         <v>9</v>
       </c>
       <c r="C42" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="D42" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E42" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F42" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G42" s="1" t="s">
-        <v>167</v>
+        <v>170</v>
       </c>
       <c r="H42" t="s">
-        <v>168</v>
+        <v>171</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="B43" t="s">
         <v>9</v>
       </c>
       <c r="C43" t="s">
-        <v>45</v>
+        <v>25</v>
       </c>
       <c r="D43" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E43" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F43" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G43" s="1" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="H43" t="s">
-        <v>171</v>
+        <v>175</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>172</v>
+        <v>176</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
-        <v>49</v>
+        <v>29</v>
       </c>
       <c r="D44" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E44" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F44" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G44" s="1" t="s">
-        <v>173</v>
+        <v>177</v>
       </c>
       <c r="H44" t="s">
-        <v>174</v>
+        <v>178</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
-        <v>175</v>
+        <v>179</v>
       </c>
       <c r="B45" t="s">
         <v>9</v>
       </c>
       <c r="C45" t="s">
-        <v>53</v>
+        <v>33</v>
       </c>
       <c r="D45" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E45" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F45" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G45" s="1" t="s">
-        <v>176</v>
+        <v>180</v>
       </c>
       <c r="H45" t="s">
-        <v>177</v>
+        <v>181</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
-        <v>178</v>
+        <v>182</v>
       </c>
       <c r="B46" t="s">
         <v>9</v>
       </c>
       <c r="C46" t="s">
-        <v>57</v>
+        <v>37</v>
       </c>
       <c r="D46" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E46" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F46" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="G46" s="1" t="s">
-        <v>179</v>
+        <v>183</v>
       </c>
       <c r="H46" t="s">
-        <v>180</v>
+        <v>184</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
-        <v>181</v>
+        <v>185</v>
       </c>
       <c r="B47" t="s">
         <v>9</v>
       </c>
       <c r="C47" t="s">
-        <v>61</v>
+        <v>41</v>
       </c>
       <c r="D47" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E47" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F47" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G47" s="1" t="s">
-        <v>182</v>
+        <v>187</v>
       </c>
       <c r="H47" t="s">
-        <v>183</v>
+        <v>188</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
-        <v>184</v>
+        <v>189</v>
       </c>
       <c r="B48" t="s">
         <v>9</v>
       </c>
       <c r="C48" t="s">
-        <v>65</v>
+        <v>45</v>
       </c>
       <c r="D48" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E48" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F48" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G48" s="1" t="s">
-        <v>185</v>
+        <v>190</v>
       </c>
       <c r="H48" t="s">
-        <v>186</v>
+        <v>191</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
-        <v>187</v>
+        <v>192</v>
       </c>
       <c r="B49" t="s">
         <v>9</v>
       </c>
       <c r="C49" t="s">
-        <v>69</v>
+        <v>49</v>
       </c>
       <c r="D49" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E49" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F49" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G49" s="1" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="H49" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="B50" t="s">
         <v>9</v>
       </c>
       <c r="C50" t="s">
-        <v>73</v>
+        <v>53</v>
       </c>
       <c r="D50" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E50" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F50" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G50" s="1" t="s">
-        <v>192</v>
+        <v>196</v>
       </c>
       <c r="H50" t="s">
-        <v>193</v>
+        <v>197</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B51" t="s">
         <v>9</v>
       </c>
       <c r="C51" t="s">
-        <v>77</v>
+        <v>57</v>
       </c>
       <c r="D51" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E51" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F51" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G51" s="1" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="H51" t="s">
-        <v>196</v>
+        <v>200</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
-        <v>197</v>
+        <v>201</v>
       </c>
       <c r="B52" t="s">
         <v>9</v>
       </c>
       <c r="C52" t="s">
-        <v>81</v>
+        <v>61</v>
       </c>
       <c r="D52" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E52" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F52" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G52" s="1" t="s">
-        <v>198</v>
+        <v>202</v>
       </c>
       <c r="H52" t="s">
-        <v>199</v>
+        <v>203</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
-        <v>200</v>
+        <v>204</v>
       </c>
       <c r="B53" t="s">
         <v>9</v>
       </c>
       <c r="C53" t="s">
-        <v>85</v>
+        <v>65</v>
       </c>
       <c r="D53" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E53" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F53" t="s">
-        <v>201</v>
+        <v>173</v>
       </c>
       <c r="G53" s="1" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
       <c r="H53" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="B54" t="s">
         <v>9</v>
       </c>
       <c r="C54" t="s">
-        <v>89</v>
+        <v>69</v>
       </c>
       <c r="D54" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E54" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F54" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="G54" s="1" t="s">
-        <v>205</v>
+        <v>208</v>
       </c>
       <c r="H54" t="s">
-        <v>206</v>
+        <v>209</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
-        <v>207</v>
+        <v>210</v>
       </c>
       <c r="B55" t="s">
         <v>9</v>
       </c>
       <c r="C55" t="s">
-        <v>93</v>
+        <v>73</v>
       </c>
       <c r="D55" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E55" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F55" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G55" s="1" t="s">
-        <v>208</v>
+        <v>212</v>
       </c>
       <c r="H55" t="s">
-        <v>209</v>
+        <v>213</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
-        <v>210</v>
+        <v>214</v>
       </c>
       <c r="B56" t="s">
         <v>9</v>
       </c>
       <c r="C56" t="s">
-        <v>96</v>
+        <v>77</v>
       </c>
       <c r="D56" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E56" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F56" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G56" s="1" t="s">
-        <v>211</v>
+        <v>215</v>
       </c>
       <c r="H56" t="s">
-        <v>212</v>
+        <v>216</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
-        <v>213</v>
+        <v>217</v>
       </c>
       <c r="B57" t="s">
         <v>9</v>
       </c>
       <c r="C57" t="s">
-        <v>99</v>
+        <v>81</v>
       </c>
       <c r="D57" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E57" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F57" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G57" s="1" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="H57" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B58" t="s">
         <v>9</v>
       </c>
       <c r="C58" t="s">
-        <v>218</v>
+        <v>85</v>
       </c>
       <c r="D58" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E58" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F58" t="s">
-        <v>191</v>
+        <v>221</v>
       </c>
       <c r="G58" s="1" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
       <c r="H58" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="B59" t="s">
         <v>9</v>
       </c>
       <c r="C59" t="s">
-        <v>222</v>
+        <v>89</v>
       </c>
       <c r="D59" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E59" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F59" t="s">
-        <v>223</v>
+        <v>173</v>
       </c>
       <c r="G59" s="1" t="s">
-        <v>224</v>
+        <v>225</v>
       </c>
       <c r="H59" t="s">
-        <v>225</v>
+        <v>226</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>226</v>
+        <v>227</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
-        <v>103</v>
+        <v>93</v>
       </c>
       <c r="D60" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E60" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F60" t="s">
-        <v>223</v>
+        <v>173</v>
       </c>
       <c r="G60" s="1" t="s">
-        <v>227</v>
+        <v>228</v>
       </c>
       <c r="H60" t="s">
-        <v>228</v>
+        <v>229</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
-        <v>229</v>
+        <v>230</v>
       </c>
       <c r="B61" t="s">
         <v>9</v>
       </c>
       <c r="C61" t="s">
-        <v>107</v>
+        <v>96</v>
       </c>
       <c r="D61" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E61" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F61" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G61" s="1" t="s">
-        <v>230</v>
+        <v>231</v>
       </c>
       <c r="H61" t="s">
-        <v>231</v>
+        <v>232</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
-        <v>232</v>
+        <v>233</v>
       </c>
       <c r="B62" t="s">
         <v>9</v>
       </c>
       <c r="C62" t="s">
-        <v>111</v>
+        <v>99</v>
       </c>
       <c r="D62" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E62" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F62" t="s">
-        <v>233</v>
+        <v>234</v>
       </c>
       <c r="G62" s="1" t="s">
-        <v>234</v>
+        <v>235</v>
       </c>
       <c r="H62" t="s">
-        <v>235</v>
+        <v>236</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
-        <v>236</v>
+        <v>237</v>
       </c>
       <c r="B63" t="s">
         <v>9</v>
       </c>
       <c r="C63" t="s">
-        <v>115</v>
+        <v>238</v>
       </c>
       <c r="D63" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E63" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F63" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G63" s="1" t="s">
-        <v>237</v>
+        <v>239</v>
       </c>
       <c r="H63" t="s">
-        <v>238</v>
+        <v>240</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
-        <v>239</v>
+        <v>241</v>
       </c>
       <c r="B64" t="s">
         <v>9</v>
       </c>
       <c r="C64" t="s">
-        <v>119</v>
+        <v>242</v>
       </c>
       <c r="D64" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E64" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F64" t="s">
-        <v>166</v>
+        <v>243</v>
       </c>
       <c r="G64" s="1" t="s">
-        <v>240</v>
+        <v>244</v>
       </c>
       <c r="H64" t="s">
-        <v>241</v>
+        <v>245</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B65" t="s">
         <v>9</v>
       </c>
       <c r="C65" t="s">
-        <v>122</v>
+        <v>103</v>
       </c>
       <c r="D65" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E65" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F65" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="G65" s="1" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="H65" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B66" t="s">
         <v>9</v>
       </c>
       <c r="C66" t="s">
-        <v>125</v>
+        <v>107</v>
       </c>
       <c r="D66" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E66" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F66" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="G66" s="1" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="H66" t="s">
-        <v>247</v>
+        <v>251</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
-        <v>248</v>
+        <v>252</v>
       </c>
       <c r="B67" t="s">
         <v>9</v>
       </c>
       <c r="C67" t="s">
-        <v>249</v>
+        <v>111</v>
       </c>
       <c r="D67" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E67" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F67" t="s">
-        <v>143</v>
+        <v>253</v>
       </c>
       <c r="G67" s="1" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="H67" t="s">
-        <v>247</v>
+        <v>255</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
-        <v>251</v>
+        <v>256</v>
       </c>
       <c r="B68" t="s">
         <v>9</v>
       </c>
       <c r="C68" t="s">
-        <v>129</v>
+        <v>115</v>
       </c>
       <c r="D68" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E68" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F68" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G68" s="1" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="H68" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
       <c r="B69" t="s">
         <v>9</v>
       </c>
       <c r="C69" t="s">
-        <v>133</v>
+        <v>119</v>
       </c>
       <c r="D69" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E69" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F69" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="G69" s="1" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="H69" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
       <c r="B70" t="s">
         <v>9</v>
       </c>
       <c r="C70" t="s">
-        <v>137</v>
+        <v>122</v>
       </c>
       <c r="D70" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E70" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F70" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="G70" s="1" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="H70" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
       <c r="B71" t="s">
         <v>9</v>
       </c>
       <c r="C71" t="s">
-        <v>261</v>
+        <v>125</v>
       </c>
       <c r="D71" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E71" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F71" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G71" s="1" t="s">
-        <v>262</v>
+        <v>266</v>
       </c>
       <c r="H71" t="s">
-        <v>263</v>
+        <v>267</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
-        <v>264</v>
+        <v>268</v>
       </c>
       <c r="B72" t="s">
         <v>9</v>
       </c>
       <c r="C72" t="s">
-        <v>265</v>
+        <v>129</v>
       </c>
       <c r="D72" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E72" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F72" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G72" s="1" t="s">
-        <v>266</v>
+        <v>269</v>
       </c>
       <c r="H72" t="s">
         <v>267</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
-        <v>268</v>
+        <v>270</v>
       </c>
       <c r="B73" t="s">
         <v>9</v>
       </c>
       <c r="C73" t="s">
-        <v>269</v>
+        <v>133</v>
       </c>
       <c r="D73" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E73" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F73" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G73" s="1" t="s">
-        <v>270</v>
+        <v>271</v>
       </c>
       <c r="H73" t="s">
-        <v>271</v>
+        <v>272</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
-        <v>272</v>
+        <v>273</v>
       </c>
       <c r="B74" t="s">
         <v>9</v>
       </c>
       <c r="C74" t="s">
-        <v>273</v>
+        <v>137</v>
       </c>
       <c r="D74" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E74" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F74" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="G74" s="1" t="s">
         <v>274</v>
       </c>
       <c r="H74" t="s">
         <v>275</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
         <v>276</v>
       </c>
       <c r="B75" t="s">
         <v>9</v>
       </c>
       <c r="C75" t="s">
+        <v>141</v>
+      </c>
+      <c r="D75" t="s">
+        <v>161</v>
+      </c>
+      <c r="E75" t="s">
+        <v>162</v>
+      </c>
+      <c r="F75" t="s">
+        <v>163</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>279</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>280</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>161</v>
+      </c>
+      <c r="E76" t="s">
+        <v>162</v>
+      </c>
+      <c r="F76" t="s">
+        <v>173</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D76" t="s">
-[...8 lines deleted...]
-      <c r="G76" s="1" t="s">
+      <c r="H76" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>283</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
+        <v>145</v>
+      </c>
+      <c r="D77" t="s">
+        <v>161</v>
+      </c>
+      <c r="E77" t="s">
+        <v>162</v>
+      </c>
+      <c r="F77" t="s">
+        <v>173</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>284</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="H77" t="s">
         <v>285</v>
-      </c>
-[...13 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>286</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
+        <v>149</v>
+      </c>
+      <c r="D78" t="s">
+        <v>161</v>
+      </c>
+      <c r="E78" t="s">
+        <v>162</v>
+      </c>
+      <c r="F78" t="s">
+        <v>173</v>
+      </c>
+      <c r="G78" s="1" t="s">
+        <v>287</v>
+      </c>
+      <c r="H78" t="s">
         <v>288</v>
-      </c>
-[...19 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
-        <v>292</v>
+        <v>289</v>
       </c>
       <c r="B79" t="s">
         <v>9</v>
       </c>
       <c r="C79" t="s">
-        <v>293</v>
+        <v>153</v>
       </c>
       <c r="D79" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E79" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F79" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="G79" s="1" t="s">
-        <v>294</v>
+        <v>290</v>
       </c>
       <c r="H79" t="s">
-        <v>295</v>
+        <v>291</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
-        <v>296</v>
+        <v>292</v>
       </c>
       <c r="B80" t="s">
         <v>9</v>
       </c>
       <c r="C80" t="s">
-        <v>297</v>
+        <v>157</v>
       </c>
       <c r="D80" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E80" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F80" t="s">
-        <v>143</v>
+        <v>243</v>
       </c>
       <c r="G80" s="1" t="s">
-        <v>298</v>
+        <v>293</v>
       </c>
       <c r="H80" t="s">
-        <v>299</v>
+        <v>294</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
-        <v>300</v>
+        <v>295</v>
       </c>
       <c r="B81" t="s">
         <v>9</v>
       </c>
       <c r="C81" t="s">
-        <v>301</v>
+        <v>296</v>
       </c>
       <c r="D81" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E81" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F81" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="G81" s="1" t="s">
-        <v>302</v>
+        <v>297</v>
       </c>
       <c r="H81" t="s">
-        <v>303</v>
+        <v>298</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>304</v>
+        <v>299</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
-        <v>305</v>
+        <v>300</v>
       </c>
       <c r="D82" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E82" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F82" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G82" s="1" t="s">
-        <v>306</v>
+        <v>301</v>
       </c>
       <c r="H82" t="s">
-        <v>307</v>
+        <v>302</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>308</v>
+        <v>303</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
-        <v>309</v>
+        <v>304</v>
       </c>
       <c r="D83" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E83" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F83" t="s">
-        <v>233</v>
+        <v>163</v>
       </c>
       <c r="G83" s="1" t="s">
-        <v>310</v>
+        <v>305</v>
       </c>
       <c r="H83" t="s">
-        <v>311</v>
+        <v>306</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>312</v>
+        <v>307</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
-        <v>313</v>
+        <v>308</v>
       </c>
       <c r="D84" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E84" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F84" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G84" s="1" t="s">
-        <v>314</v>
+        <v>309</v>
       </c>
       <c r="H84" t="s">
-        <v>315</v>
+        <v>310</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>316</v>
+        <v>311</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
-        <v>317</v>
+        <v>312</v>
       </c>
       <c r="D85" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E85" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F85" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G85" s="1" t="s">
-        <v>318</v>
+        <v>313</v>
       </c>
       <c r="H85" t="s">
-        <v>319</v>
+        <v>314</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>320</v>
+        <v>315</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
-        <v>321</v>
+        <v>316</v>
       </c>
       <c r="D86" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E86" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F86" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G86" s="1" t="s">
-        <v>322</v>
+        <v>317</v>
       </c>
       <c r="H86" t="s">
-        <v>323</v>
+        <v>318</v>
       </c>
     </row>
     <row r="87" spans="1:8">
       <c r="A87" t="s">
-        <v>324</v>
+        <v>319</v>
       </c>
       <c r="B87" t="s">
         <v>9</v>
       </c>
       <c r="C87" t="s">
-        <v>325</v>
+        <v>320</v>
       </c>
       <c r="D87" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E87" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F87" t="s">
-        <v>214</v>
+        <v>253</v>
       </c>
       <c r="G87" s="1" t="s">
-        <v>326</v>
+        <v>321</v>
       </c>
       <c r="H87" t="s">
-        <v>327</v>
+        <v>322</v>
       </c>
     </row>
     <row r="88" spans="1:8">
       <c r="A88" t="s">
-        <v>328</v>
+        <v>323</v>
       </c>
       <c r="B88" t="s">
         <v>9</v>
       </c>
       <c r="C88" t="s">
-        <v>329</v>
+        <v>324</v>
       </c>
       <c r="D88" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E88" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F88" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G88" s="1" t="s">
-        <v>330</v>
+        <v>325</v>
       </c>
       <c r="H88" t="s">
-        <v>331</v>
+        <v>326</v>
       </c>
     </row>
     <row r="89" spans="1:8">
       <c r="A89" t="s">
-        <v>332</v>
+        <v>327</v>
       </c>
       <c r="B89" t="s">
         <v>9</v>
       </c>
       <c r="C89" t="s">
-        <v>333</v>
+        <v>328</v>
       </c>
       <c r="D89" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E89" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F89" t="s">
-        <v>334</v>
+        <v>173</v>
       </c>
       <c r="G89" s="1" t="s">
-        <v>335</v>
+        <v>329</v>
       </c>
       <c r="H89" t="s">
-        <v>336</v>
+        <v>330</v>
       </c>
     </row>
     <row r="90" spans="1:8">
       <c r="A90" t="s">
-        <v>337</v>
+        <v>331</v>
       </c>
       <c r="B90" t="s">
         <v>9</v>
       </c>
       <c r="C90" t="s">
-        <v>338</v>
+        <v>332</v>
       </c>
       <c r="D90" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E90" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F90" t="s">
-        <v>214</v>
+        <v>173</v>
       </c>
       <c r="G90" s="1" t="s">
-        <v>339</v>
+        <v>333</v>
       </c>
       <c r="H90" t="s">
-        <v>340</v>
+        <v>334</v>
       </c>
     </row>
     <row r="91" spans="1:8">
       <c r="A91" t="s">
-        <v>341</v>
+        <v>335</v>
       </c>
       <c r="B91" t="s">
         <v>9</v>
       </c>
       <c r="C91" t="s">
-        <v>342</v>
+        <v>336</v>
       </c>
       <c r="D91" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E91" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F91" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="G91" s="1" t="s">
-        <v>343</v>
+        <v>337</v>
       </c>
       <c r="H91" t="s">
-        <v>344</v>
+        <v>338</v>
       </c>
     </row>
     <row r="92" spans="1:8">
       <c r="A92" t="s">
-        <v>345</v>
+        <v>339</v>
       </c>
       <c r="B92" t="s">
         <v>9</v>
       </c>
       <c r="C92" t="s">
-        <v>346</v>
+        <v>340</v>
       </c>
       <c r="D92" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E92" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F92" t="s">
-        <v>223</v>
+        <v>234</v>
       </c>
       <c r="G92" s="1" t="s">
-        <v>347</v>
+        <v>341</v>
       </c>
       <c r="H92" t="s">
-        <v>348</v>
+        <v>342</v>
       </c>
     </row>
     <row r="93" spans="1:8">
       <c r="A93" t="s">
-        <v>349</v>
+        <v>343</v>
       </c>
       <c r="B93" t="s">
         <v>9</v>
       </c>
       <c r="C93" t="s">
-        <v>350</v>
+        <v>344</v>
       </c>
       <c r="D93" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E93" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F93" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G93" s="1" t="s">
-        <v>351</v>
+        <v>345</v>
       </c>
       <c r="H93" t="s">
-        <v>352</v>
+        <v>346</v>
       </c>
     </row>
     <row r="94" spans="1:8">
       <c r="A94" t="s">
-        <v>353</v>
+        <v>347</v>
       </c>
       <c r="B94" t="s">
         <v>9</v>
       </c>
       <c r="C94" t="s">
-        <v>354</v>
+        <v>348</v>
       </c>
       <c r="D94" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E94" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F94" t="s">
-        <v>153</v>
+        <v>349</v>
       </c>
       <c r="G94" s="1" t="s">
-        <v>355</v>
+        <v>350</v>
       </c>
       <c r="H94" t="s">
-        <v>356</v>
+        <v>351</v>
       </c>
     </row>
     <row r="95" spans="1:8">
       <c r="A95" t="s">
-        <v>357</v>
+        <v>352</v>
       </c>
       <c r="B95" t="s">
         <v>9</v>
       </c>
       <c r="C95" t="s">
-        <v>358</v>
+        <v>353</v>
       </c>
       <c r="D95" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E95" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F95" t="s">
-        <v>191</v>
+        <v>234</v>
       </c>
       <c r="G95" s="1" t="s">
-        <v>359</v>
+        <v>354</v>
       </c>
       <c r="H95" t="s">
-        <v>360</v>
+        <v>355</v>
       </c>
     </row>
     <row r="96" spans="1:8">
       <c r="A96" t="s">
-        <v>361</v>
+        <v>356</v>
       </c>
       <c r="B96" t="s">
         <v>9</v>
       </c>
       <c r="C96" t="s">
-        <v>362</v>
+        <v>357</v>
       </c>
       <c r="D96" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E96" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F96" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G96" s="1" t="s">
-        <v>363</v>
+        <v>358</v>
       </c>
       <c r="H96" t="s">
-        <v>364</v>
+        <v>359</v>
       </c>
     </row>
     <row r="97" spans="1:8">
       <c r="A97" t="s">
-        <v>365</v>
+        <v>360</v>
       </c>
       <c r="B97" t="s">
         <v>9</v>
       </c>
       <c r="C97" t="s">
-        <v>366</v>
+        <v>361</v>
       </c>
       <c r="D97" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E97" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F97" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G97" s="1" t="s">
-        <v>367</v>
+        <v>362</v>
       </c>
       <c r="H97" t="s">
-        <v>368</v>
+        <v>363</v>
       </c>
     </row>
     <row r="98" spans="1:8">
       <c r="A98" t="s">
-        <v>369</v>
+        <v>364</v>
       </c>
       <c r="B98" t="s">
         <v>9</v>
       </c>
       <c r="C98" t="s">
-        <v>370</v>
+        <v>365</v>
       </c>
       <c r="D98" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E98" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F98" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G98" s="1" t="s">
-        <v>371</v>
+        <v>366</v>
       </c>
       <c r="H98" t="s">
-        <v>372</v>
+        <v>367</v>
       </c>
     </row>
     <row r="99" spans="1:8">
       <c r="A99" t="s">
-        <v>373</v>
+        <v>368</v>
       </c>
       <c r="B99" t="s">
         <v>9</v>
       </c>
       <c r="C99" t="s">
-        <v>374</v>
+        <v>369</v>
       </c>
       <c r="D99" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E99" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F99" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G99" s="1" t="s">
-        <v>375</v>
+        <v>370</v>
       </c>
       <c r="H99" t="s">
-        <v>376</v>
+        <v>371</v>
       </c>
     </row>
     <row r="100" spans="1:8">
       <c r="A100" t="s">
-        <v>377</v>
+        <v>372</v>
       </c>
       <c r="B100" t="s">
         <v>9</v>
       </c>
       <c r="C100" t="s">
-        <v>378</v>
+        <v>373</v>
       </c>
       <c r="D100" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E100" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F100" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G100" s="1" t="s">
-        <v>379</v>
+        <v>374</v>
       </c>
       <c r="H100" t="s">
-        <v>380</v>
+        <v>375</v>
       </c>
     </row>
     <row r="101" spans="1:8">
       <c r="A101" t="s">
-        <v>381</v>
+        <v>376</v>
       </c>
       <c r="B101" t="s">
         <v>9</v>
       </c>
       <c r="C101" t="s">
-        <v>382</v>
+        <v>377</v>
       </c>
       <c r="D101" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E101" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F101" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G101" s="1" t="s">
-        <v>383</v>
+        <v>378</v>
       </c>
       <c r="H101" t="s">
-        <v>384</v>
+        <v>379</v>
       </c>
     </row>
     <row r="102" spans="1:8">
       <c r="A102" t="s">
-        <v>385</v>
+        <v>380</v>
       </c>
       <c r="B102" t="s">
         <v>9</v>
       </c>
       <c r="C102" t="s">
-        <v>386</v>
+        <v>381</v>
       </c>
       <c r="D102" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E102" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F102" t="s">
-        <v>166</v>
+        <v>253</v>
       </c>
       <c r="G102" s="1" t="s">
-        <v>387</v>
+        <v>382</v>
       </c>
       <c r="H102" t="s">
-        <v>388</v>
+        <v>383</v>
       </c>
     </row>
     <row r="103" spans="1:8">
       <c r="A103" t="s">
-        <v>389</v>
+        <v>384</v>
       </c>
       <c r="B103" t="s">
         <v>9</v>
       </c>
       <c r="C103" t="s">
-        <v>390</v>
+        <v>385</v>
       </c>
       <c r="D103" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E103" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F103" t="s">
-        <v>166</v>
+        <v>253</v>
       </c>
       <c r="G103" s="1" t="s">
-        <v>391</v>
+        <v>386</v>
       </c>
       <c r="H103" t="s">
-        <v>392</v>
+        <v>387</v>
       </c>
     </row>
     <row r="104" spans="1:8">
       <c r="A104" t="s">
-        <v>393</v>
+        <v>388</v>
       </c>
       <c r="B104" t="s">
         <v>9</v>
       </c>
       <c r="C104" t="s">
-        <v>394</v>
+        <v>389</v>
       </c>
       <c r="D104" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E104" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F104" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G104" s="1" t="s">
-        <v>395</v>
+        <v>390</v>
       </c>
       <c r="H104" t="s">
-        <v>396</v>
+        <v>391</v>
       </c>
     </row>
     <row r="105" spans="1:8">
       <c r="A105" t="s">
-        <v>397</v>
+        <v>392</v>
       </c>
       <c r="B105" t="s">
         <v>9</v>
       </c>
       <c r="C105" t="s">
-        <v>398</v>
+        <v>393</v>
       </c>
       <c r="D105" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E105" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F105" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G105" s="1" t="s">
-        <v>399</v>
+        <v>394</v>
       </c>
       <c r="H105" t="s">
-        <v>400</v>
+        <v>395</v>
       </c>
     </row>
     <row r="106" spans="1:8">
       <c r="A106" t="s">
-        <v>401</v>
+        <v>396</v>
       </c>
       <c r="B106" t="s">
         <v>9</v>
       </c>
       <c r="C106" t="s">
-        <v>402</v>
+        <v>397</v>
       </c>
       <c r="D106" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E106" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F106" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G106" s="1" t="s">
-        <v>403</v>
+        <v>398</v>
       </c>
       <c r="H106" t="s">
-        <v>404</v>
+        <v>399</v>
       </c>
     </row>
     <row r="107" spans="1:8">
       <c r="A107" t="s">
-        <v>405</v>
+        <v>400</v>
       </c>
       <c r="B107" t="s">
         <v>9</v>
       </c>
       <c r="C107" t="s">
-        <v>406</v>
+        <v>401</v>
       </c>
       <c r="D107" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E107" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F107" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G107" s="1" t="s">
-        <v>407</v>
+        <v>402</v>
       </c>
       <c r="H107" t="s">
-        <v>408</v>
+        <v>403</v>
       </c>
     </row>
     <row r="108" spans="1:8">
       <c r="A108" t="s">
-        <v>409</v>
+        <v>404</v>
       </c>
       <c r="B108" t="s">
         <v>9</v>
       </c>
       <c r="C108" t="s">
-        <v>410</v>
+        <v>405</v>
       </c>
       <c r="D108" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E108" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F108" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G108" s="1" t="s">
-        <v>411</v>
+        <v>406</v>
       </c>
       <c r="H108" t="s">
-        <v>412</v>
+        <v>407</v>
       </c>
     </row>
     <row r="109" spans="1:8">
       <c r="A109" t="s">
-        <v>413</v>
+        <v>408</v>
       </c>
       <c r="B109" t="s">
         <v>9</v>
       </c>
       <c r="C109" t="s">
-        <v>414</v>
+        <v>409</v>
       </c>
       <c r="D109" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E109" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F109" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G109" s="1" t="s">
-        <v>415</v>
+        <v>410</v>
       </c>
       <c r="H109" t="s">
-        <v>416</v>
+        <v>411</v>
       </c>
     </row>
     <row r="110" spans="1:8">
       <c r="A110" t="s">
-        <v>417</v>
+        <v>412</v>
       </c>
       <c r="B110" t="s">
         <v>9</v>
       </c>
       <c r="C110" t="s">
-        <v>418</v>
+        <v>413</v>
       </c>
       <c r="D110" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E110" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F110" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G110" s="1" t="s">
-        <v>419</v>
+        <v>414</v>
       </c>
       <c r="H110" t="s">
-        <v>420</v>
+        <v>415</v>
       </c>
     </row>
     <row r="111" spans="1:8">
       <c r="A111" t="s">
-        <v>421</v>
+        <v>416</v>
       </c>
       <c r="B111" t="s">
         <v>9</v>
       </c>
       <c r="C111" t="s">
-        <v>422</v>
+        <v>417</v>
       </c>
       <c r="D111" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E111" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F111" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G111" s="1" t="s">
-        <v>423</v>
+        <v>418</v>
       </c>
       <c r="H111" t="s">
-        <v>424</v>
+        <v>419</v>
       </c>
     </row>
     <row r="112" spans="1:8">
       <c r="A112" t="s">
-        <v>425</v>
+        <v>420</v>
       </c>
       <c r="B112" t="s">
         <v>9</v>
       </c>
       <c r="C112" t="s">
-        <v>426</v>
+        <v>421</v>
       </c>
       <c r="D112" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E112" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F112" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G112" s="1" t="s">
-        <v>427</v>
+        <v>422</v>
       </c>
       <c r="H112" t="s">
-        <v>428</v>
+        <v>423</v>
       </c>
     </row>
     <row r="113" spans="1:8">
       <c r="A113" t="s">
-        <v>429</v>
+        <v>424</v>
       </c>
       <c r="B113" t="s">
         <v>9</v>
       </c>
       <c r="C113" t="s">
-        <v>430</v>
+        <v>425</v>
       </c>
       <c r="D113" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E113" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F113" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G113" s="1" t="s">
-        <v>431</v>
+        <v>426</v>
       </c>
       <c r="H113" t="s">
-        <v>432</v>
+        <v>427</v>
       </c>
     </row>
     <row r="114" spans="1:8">
       <c r="A114" t="s">
-        <v>433</v>
+        <v>428</v>
       </c>
       <c r="B114" t="s">
         <v>9</v>
       </c>
       <c r="C114" t="s">
-        <v>434</v>
+        <v>429</v>
       </c>
       <c r="D114" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E114" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F114" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G114" s="1" t="s">
-        <v>435</v>
+        <v>430</v>
       </c>
       <c r="H114" t="s">
-        <v>436</v>
+        <v>431</v>
       </c>
     </row>
     <row r="115" spans="1:8">
       <c r="A115" t="s">
-        <v>437</v>
+        <v>432</v>
       </c>
       <c r="B115" t="s">
         <v>9</v>
       </c>
       <c r="C115" t="s">
-        <v>438</v>
+        <v>433</v>
       </c>
       <c r="D115" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E115" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F115" t="s">
-        <v>334</v>
+        <v>186</v>
       </c>
       <c r="G115" s="1" t="s">
-        <v>439</v>
+        <v>434</v>
       </c>
       <c r="H115" t="s">
-        <v>440</v>
+        <v>435</v>
       </c>
     </row>
     <row r="116" spans="1:8">
       <c r="A116" t="s">
-        <v>441</v>
+        <v>436</v>
       </c>
       <c r="B116" t="s">
         <v>9</v>
       </c>
       <c r="C116" t="s">
-        <v>442</v>
+        <v>437</v>
       </c>
       <c r="D116" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E116" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F116" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G116" s="1" t="s">
-        <v>443</v>
+        <v>438</v>
       </c>
       <c r="H116" t="s">
-        <v>444</v>
+        <v>439</v>
       </c>
     </row>
     <row r="117" spans="1:8">
       <c r="A117" t="s">
-        <v>445</v>
+        <v>440</v>
       </c>
       <c r="B117" t="s">
         <v>9</v>
       </c>
       <c r="C117" t="s">
-        <v>446</v>
+        <v>441</v>
       </c>
       <c r="D117" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E117" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F117" t="s">
-        <v>143</v>
+        <v>253</v>
       </c>
       <c r="G117" s="1" t="s">
-        <v>447</v>
+        <v>442</v>
       </c>
       <c r="H117" t="s">
-        <v>448</v>
+        <v>443</v>
       </c>
     </row>
     <row r="118" spans="1:8">
       <c r="A118" t="s">
-        <v>449</v>
+        <v>444</v>
       </c>
       <c r="B118" t="s">
         <v>9</v>
       </c>
       <c r="C118" t="s">
-        <v>450</v>
+        <v>445</v>
       </c>
       <c r="D118" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E118" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F118" t="s">
-        <v>166</v>
+        <v>253</v>
       </c>
       <c r="G118" s="1" t="s">
-        <v>451</v>
+        <v>446</v>
       </c>
       <c r="H118" t="s">
-        <v>452</v>
+        <v>447</v>
       </c>
     </row>
     <row r="119" spans="1:8">
       <c r="A119" t="s">
-        <v>453</v>
+        <v>448</v>
       </c>
       <c r="B119" t="s">
         <v>9</v>
       </c>
       <c r="C119" t="s">
-        <v>454</v>
+        <v>449</v>
       </c>
       <c r="D119" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E119" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F119" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
       <c r="G119" s="1" t="s">
-        <v>455</v>
+        <v>450</v>
       </c>
       <c r="H119" t="s">
-        <v>456</v>
+        <v>451</v>
       </c>
     </row>
     <row r="120" spans="1:8">
       <c r="A120" t="s">
-        <v>457</v>
+        <v>452</v>
       </c>
       <c r="B120" t="s">
         <v>9</v>
       </c>
       <c r="C120" t="s">
-        <v>458</v>
+        <v>453</v>
       </c>
       <c r="D120" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E120" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F120" t="s">
-        <v>166</v>
+        <v>349</v>
       </c>
       <c r="G120" s="1" t="s">
-        <v>459</v>
+        <v>454</v>
       </c>
       <c r="H120" t="s">
-        <v>460</v>
+        <v>455</v>
       </c>
     </row>
     <row r="121" spans="1:8">
       <c r="A121" t="s">
-        <v>461</v>
+        <v>456</v>
       </c>
       <c r="B121" t="s">
         <v>9</v>
       </c>
       <c r="C121" t="s">
-        <v>462</v>
+        <v>457</v>
       </c>
       <c r="D121" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E121" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F121" t="s">
-        <v>223</v>
+        <v>173</v>
       </c>
       <c r="G121" s="1" t="s">
-        <v>463</v>
+        <v>458</v>
       </c>
       <c r="H121" t="s">
-        <v>464</v>
+        <v>459</v>
       </c>
     </row>
     <row r="122" spans="1:8">
       <c r="A122" t="s">
-        <v>465</v>
+        <v>460</v>
       </c>
       <c r="B122" t="s">
         <v>9</v>
       </c>
       <c r="C122" t="s">
-        <v>466</v>
+        <v>461</v>
       </c>
       <c r="D122" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E122" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F122" t="s">
-        <v>334</v>
+        <v>163</v>
       </c>
       <c r="G122" s="1" t="s">
-        <v>467</v>
+        <v>462</v>
       </c>
       <c r="H122" t="s">
-        <v>468</v>
+        <v>463</v>
       </c>
     </row>
     <row r="123" spans="1:8">
       <c r="A123" t="s">
-        <v>469</v>
+        <v>464</v>
       </c>
       <c r="B123" t="s">
         <v>9</v>
       </c>
       <c r="C123" t="s">
-        <v>470</v>
+        <v>465</v>
       </c>
       <c r="D123" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E123" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F123" t="s">
-        <v>334</v>
+        <v>186</v>
       </c>
       <c r="G123" s="1" t="s">
-        <v>471</v>
+        <v>466</v>
       </c>
       <c r="H123" t="s">
-        <v>472</v>
+        <v>467</v>
       </c>
     </row>
     <row r="124" spans="1:8">
       <c r="A124" t="s">
-        <v>473</v>
+        <v>468</v>
       </c>
       <c r="B124" t="s">
         <v>9</v>
       </c>
       <c r="C124" t="s">
-        <v>474</v>
+        <v>469</v>
       </c>
       <c r="D124" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E124" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F124" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G124" s="1" t="s">
-        <v>475</v>
+        <v>470</v>
       </c>
       <c r="H124" t="s">
-        <v>476</v>
+        <v>471</v>
       </c>
     </row>
     <row r="125" spans="1:8">
       <c r="A125" t="s">
-        <v>477</v>
+        <v>472</v>
       </c>
       <c r="B125" t="s">
         <v>9</v>
       </c>
       <c r="C125" t="s">
-        <v>478</v>
+        <v>473</v>
       </c>
       <c r="D125" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E125" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F125" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="G125" s="1" t="s">
-        <v>479</v>
+        <v>474</v>
       </c>
       <c r="H125" t="s">
-        <v>480</v>
+        <v>475</v>
       </c>
     </row>
     <row r="126" spans="1:8">
       <c r="A126" t="s">
-        <v>481</v>
+        <v>476</v>
       </c>
       <c r="B126" t="s">
         <v>9</v>
       </c>
       <c r="C126" t="s">
-        <v>482</v>
+        <v>477</v>
       </c>
       <c r="D126" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E126" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F126" t="s">
-        <v>153</v>
+        <v>243</v>
       </c>
       <c r="G126" s="1" t="s">
-        <v>483</v>
+        <v>478</v>
       </c>
       <c r="H126" t="s">
-        <v>484</v>
+        <v>479</v>
       </c>
     </row>
     <row r="127" spans="1:8">
       <c r="A127" t="s">
-        <v>485</v>
+        <v>480</v>
       </c>
       <c r="B127" t="s">
         <v>9</v>
       </c>
       <c r="C127" t="s">
-        <v>486</v>
+        <v>481</v>
       </c>
       <c r="D127" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E127" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F127" t="s">
-        <v>191</v>
+        <v>349</v>
       </c>
       <c r="G127" s="1" t="s">
-        <v>487</v>
+        <v>482</v>
       </c>
       <c r="H127" t="s">
-        <v>488</v>
+        <v>483</v>
       </c>
     </row>
     <row r="128" spans="1:8">
       <c r="A128" t="s">
-        <v>489</v>
+        <v>484</v>
       </c>
       <c r="B128" t="s">
         <v>9</v>
       </c>
       <c r="C128" t="s">
-        <v>490</v>
+        <v>485</v>
       </c>
       <c r="D128" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E128" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F128" t="s">
-        <v>166</v>
+        <v>349</v>
       </c>
       <c r="G128" s="1" t="s">
-        <v>491</v>
+        <v>486</v>
       </c>
       <c r="H128" t="s">
-        <v>492</v>
+        <v>487</v>
       </c>
     </row>
     <row r="129" spans="1:8">
       <c r="A129" t="s">
-        <v>493</v>
+        <v>488</v>
       </c>
       <c r="B129" t="s">
         <v>9</v>
       </c>
       <c r="C129" t="s">
-        <v>494</v>
+        <v>489</v>
       </c>
       <c r="D129" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E129" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F129" t="s">
-        <v>166</v>
+        <v>253</v>
       </c>
       <c r="G129" s="1" t="s">
-        <v>495</v>
+        <v>490</v>
       </c>
       <c r="H129" t="s">
-        <v>496</v>
+        <v>491</v>
       </c>
     </row>
     <row r="130" spans="1:8">
       <c r="A130" t="s">
-        <v>497</v>
+        <v>492</v>
       </c>
       <c r="B130" t="s">
         <v>9</v>
       </c>
       <c r="C130" t="s">
-        <v>498</v>
+        <v>493</v>
       </c>
       <c r="D130" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E130" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F130" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G130" s="1" t="s">
-        <v>499</v>
+        <v>494</v>
       </c>
       <c r="H130" t="s">
-        <v>500</v>
+        <v>495</v>
       </c>
     </row>
     <row r="131" spans="1:8">
       <c r="A131" t="s">
-        <v>501</v>
+        <v>496</v>
       </c>
       <c r="B131" t="s">
         <v>9</v>
       </c>
       <c r="C131" t="s">
-        <v>502</v>
+        <v>497</v>
       </c>
       <c r="D131" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E131" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F131" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G131" s="1" t="s">
-        <v>503</v>
+        <v>498</v>
       </c>
       <c r="H131" t="s">
-        <v>356</v>
+        <v>499</v>
       </c>
     </row>
     <row r="132" spans="1:8">
       <c r="A132" t="s">
-        <v>504</v>
+        <v>500</v>
       </c>
       <c r="B132" t="s">
         <v>9</v>
       </c>
       <c r="C132" t="s">
-        <v>505</v>
+        <v>501</v>
       </c>
       <c r="D132" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E132" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F132" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G132" s="1" t="s">
-        <v>506</v>
+        <v>502</v>
       </c>
       <c r="H132" t="s">
-        <v>507</v>
+        <v>503</v>
       </c>
     </row>
     <row r="133" spans="1:8">
       <c r="A133" t="s">
-        <v>508</v>
+        <v>504</v>
       </c>
       <c r="B133" t="s">
         <v>9</v>
       </c>
       <c r="C133" t="s">
-        <v>509</v>
+        <v>505</v>
       </c>
       <c r="D133" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E133" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F133" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G133" s="1" t="s">
-        <v>510</v>
+        <v>506</v>
       </c>
       <c r="H133" t="s">
-        <v>511</v>
+        <v>507</v>
       </c>
     </row>
     <row r="134" spans="1:8">
       <c r="A134" t="s">
-        <v>512</v>
+        <v>508</v>
       </c>
       <c r="B134" t="s">
         <v>9</v>
       </c>
       <c r="C134" t="s">
-        <v>513</v>
+        <v>509</v>
       </c>
       <c r="D134" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E134" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F134" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G134" s="1" t="s">
-        <v>514</v>
+        <v>510</v>
       </c>
       <c r="H134" t="s">
-        <v>515</v>
+        <v>511</v>
       </c>
     </row>
     <row r="135" spans="1:8">
       <c r="A135" t="s">
-        <v>516</v>
+        <v>512</v>
       </c>
       <c r="B135" t="s">
         <v>9</v>
       </c>
       <c r="C135" t="s">
-        <v>517</v>
+        <v>513</v>
       </c>
       <c r="D135" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E135" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F135" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G135" s="1" t="s">
-        <v>518</v>
+        <v>514</v>
       </c>
       <c r="H135" t="s">
-        <v>519</v>
+        <v>515</v>
       </c>
     </row>
     <row r="136" spans="1:8">
       <c r="A136" t="s">
-        <v>520</v>
+        <v>516</v>
       </c>
       <c r="B136" t="s">
         <v>9</v>
       </c>
       <c r="C136" t="s">
-        <v>521</v>
+        <v>517</v>
       </c>
       <c r="D136" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E136" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F136" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G136" s="1" t="s">
-        <v>522</v>
+        <v>518</v>
       </c>
       <c r="H136" t="s">
-        <v>523</v>
+        <v>371</v>
       </c>
     </row>
     <row r="137" spans="1:8">
       <c r="A137" t="s">
-        <v>524</v>
+        <v>519</v>
       </c>
       <c r="B137" t="s">
         <v>9</v>
       </c>
       <c r="C137" t="s">
-        <v>525</v>
+        <v>520</v>
       </c>
       <c r="D137" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E137" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F137" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="G137" s="1" t="s">
-        <v>526</v>
+        <v>521</v>
       </c>
       <c r="H137" t="s">
-        <v>527</v>
+        <v>522</v>
       </c>
     </row>
     <row r="138" spans="1:8">
       <c r="A138" t="s">
-        <v>528</v>
+        <v>523</v>
       </c>
       <c r="B138" t="s">
         <v>9</v>
       </c>
       <c r="C138" t="s">
-        <v>529</v>
+        <v>524</v>
       </c>
       <c r="D138" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E138" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F138" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="G138" s="1" t="s">
-        <v>530</v>
+        <v>525</v>
       </c>
       <c r="H138" t="s">
-        <v>531</v>
+        <v>526</v>
       </c>
     </row>
     <row r="139" spans="1:8">
       <c r="A139" t="s">
-        <v>532</v>
+        <v>527</v>
       </c>
       <c r="B139" t="s">
         <v>9</v>
       </c>
       <c r="C139" t="s">
-        <v>533</v>
+        <v>528</v>
       </c>
       <c r="D139" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E139" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F139" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G139" s="1" t="s">
-        <v>534</v>
+        <v>529</v>
       </c>
       <c r="H139" t="s">
-        <v>535</v>
+        <v>530</v>
       </c>
     </row>
     <row r="140" spans="1:8">
       <c r="A140" t="s">
-        <v>536</v>
+        <v>531</v>
       </c>
       <c r="B140" t="s">
         <v>9</v>
       </c>
       <c r="C140" t="s">
-        <v>537</v>
+        <v>532</v>
       </c>
       <c r="D140" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E140" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F140" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G140" s="1" t="s">
-        <v>538</v>
+        <v>533</v>
       </c>
       <c r="H140" t="s">
-        <v>539</v>
+        <v>534</v>
       </c>
     </row>
     <row r="141" spans="1:8">
       <c r="A141" t="s">
-        <v>540</v>
+        <v>535</v>
       </c>
       <c r="B141" t="s">
         <v>9</v>
       </c>
       <c r="C141" t="s">
-        <v>541</v>
+        <v>536</v>
       </c>
       <c r="D141" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E141" t="s">
-        <v>142</v>
+        <v>162</v>
+      </c>
+      <c r="F141" t="s">
+        <v>253</v>
       </c>
       <c r="G141" s="1" t="s">
-        <v>542</v>
+        <v>537</v>
       </c>
       <c r="H141" t="s">
-        <v>543</v>
+        <v>538</v>
       </c>
     </row>
     <row r="142" spans="1:8">
       <c r="A142" t="s">
-        <v>544</v>
+        <v>539</v>
       </c>
       <c r="B142" t="s">
         <v>9</v>
       </c>
       <c r="C142" t="s">
-        <v>545</v>
+        <v>540</v>
       </c>
       <c r="D142" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E142" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F142" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="G142" s="1" t="s">
-        <v>546</v>
+        <v>541</v>
       </c>
       <c r="H142" t="s">
-        <v>547</v>
+        <v>542</v>
       </c>
     </row>
     <row r="143" spans="1:8">
       <c r="A143" t="s">
-        <v>548</v>
+        <v>543</v>
       </c>
       <c r="B143" t="s">
         <v>9</v>
       </c>
       <c r="C143" t="s">
-        <v>549</v>
+        <v>544</v>
       </c>
       <c r="D143" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E143" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F143" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G143" s="1" t="s">
-        <v>550</v>
+        <v>545</v>
       </c>
       <c r="H143" t="s">
-        <v>551</v>
+        <v>546</v>
       </c>
     </row>
     <row r="144" spans="1:8">
       <c r="A144" t="s">
-        <v>552</v>
+        <v>547</v>
       </c>
       <c r="B144" t="s">
         <v>9</v>
       </c>
       <c r="C144" t="s">
-        <v>553</v>
+        <v>548</v>
       </c>
       <c r="D144" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E144" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F144" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G144" s="1" t="s">
-        <v>554</v>
+        <v>549</v>
       </c>
       <c r="H144" t="s">
-        <v>555</v>
+        <v>550</v>
       </c>
     </row>
     <row r="145" spans="1:8">
       <c r="A145" t="s">
-        <v>556</v>
+        <v>551</v>
       </c>
       <c r="B145" t="s">
         <v>9</v>
       </c>
       <c r="C145" t="s">
-        <v>557</v>
+        <v>552</v>
       </c>
       <c r="D145" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E145" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F145" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G145" s="1" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="H145" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
     </row>
     <row r="146" spans="1:8">
       <c r="A146" t="s">
-        <v>560</v>
+        <v>555</v>
       </c>
       <c r="B146" t="s">
         <v>9</v>
       </c>
       <c r="C146" t="s">
-        <v>561</v>
+        <v>556</v>
       </c>
       <c r="D146" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E146" t="s">
-        <v>142</v>
-[...2 lines deleted...]
-        <v>233</v>
+        <v>162</v>
       </c>
       <c r="G146" s="1" t="s">
-        <v>562</v>
+        <v>557</v>
       </c>
       <c r="H146" t="s">
-        <v>563</v>
+        <v>558</v>
       </c>
     </row>
     <row r="147" spans="1:8">
       <c r="A147" t="s">
-        <v>564</v>
+        <v>559</v>
       </c>
       <c r="B147" t="s">
         <v>9</v>
       </c>
       <c r="C147" t="s">
-        <v>565</v>
+        <v>560</v>
       </c>
       <c r="D147" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E147" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F147" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="G147" s="1" t="s">
-        <v>566</v>
+        <v>561</v>
       </c>
       <c r="H147" t="s">
-        <v>567</v>
+        <v>562</v>
       </c>
     </row>
     <row r="148" spans="1:8">
       <c r="A148" t="s">
-        <v>568</v>
+        <v>563</v>
       </c>
       <c r="B148" t="s">
         <v>9</v>
       </c>
       <c r="C148" t="s">
-        <v>569</v>
+        <v>564</v>
       </c>
       <c r="D148" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E148" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F148" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G148" s="1" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="H148" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
     </row>
     <row r="149" spans="1:8">
       <c r="A149" t="s">
-        <v>572</v>
+        <v>567</v>
       </c>
       <c r="B149" t="s">
         <v>9</v>
       </c>
       <c r="C149" t="s">
-        <v>573</v>
+        <v>568</v>
       </c>
       <c r="D149" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E149" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F149" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G149" s="1" t="s">
-        <v>574</v>
+        <v>569</v>
       </c>
       <c r="H149" t="s">
-        <v>575</v>
+        <v>570</v>
       </c>
     </row>
     <row r="150" spans="1:8">
       <c r="A150" t="s">
-        <v>576</v>
+        <v>571</v>
       </c>
       <c r="B150" t="s">
         <v>9</v>
       </c>
       <c r="C150" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="D150" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E150" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F150" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G150" s="1" t="s">
+        <v>573</v>
+      </c>
+      <c r="H150" t="s">
         <v>574</v>
-      </c>
-[...1 lines deleted...]
-        <v>578</v>
       </c>
     </row>
     <row r="151" spans="1:8">
       <c r="A151" t="s">
-        <v>579</v>
+        <v>575</v>
       </c>
       <c r="B151" t="s">
         <v>9</v>
       </c>
       <c r="C151" t="s">
-        <v>580</v>
+        <v>576</v>
       </c>
       <c r="D151" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E151" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F151" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G151" s="1" t="s">
-        <v>581</v>
+        <v>577</v>
       </c>
       <c r="H151" t="s">
-        <v>582</v>
+        <v>578</v>
       </c>
     </row>
     <row r="152" spans="1:8">
       <c r="A152" t="s">
-        <v>583</v>
+        <v>579</v>
       </c>
       <c r="B152" t="s">
         <v>9</v>
       </c>
       <c r="C152" t="s">
-        <v>584</v>
+        <v>580</v>
       </c>
       <c r="D152" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E152" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F152" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G152" s="1" t="s">
-        <v>585</v>
+        <v>581</v>
       </c>
       <c r="H152" t="s">
-        <v>586</v>
+        <v>582</v>
       </c>
     </row>
     <row r="153" spans="1:8">
       <c r="A153" t="s">
-        <v>587</v>
+        <v>583</v>
       </c>
       <c r="B153" t="s">
         <v>9</v>
       </c>
       <c r="C153" t="s">
-        <v>588</v>
+        <v>584</v>
       </c>
       <c r="D153" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E153" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F153" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G153" s="1" t="s">
-        <v>589</v>
+        <v>585</v>
       </c>
       <c r="H153" t="s">
-        <v>590</v>
+        <v>586</v>
       </c>
     </row>
     <row r="154" spans="1:8">
       <c r="A154" t="s">
-        <v>591</v>
+        <v>587</v>
       </c>
       <c r="B154" t="s">
         <v>9</v>
       </c>
       <c r="C154" t="s">
-        <v>592</v>
+        <v>588</v>
       </c>
       <c r="D154" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E154" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F154" t="s">
-        <v>223</v>
+        <v>173</v>
       </c>
       <c r="G154" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="H154" t="s">
-        <v>593</v>
+        <v>590</v>
       </c>
     </row>
     <row r="155" spans="1:8">
       <c r="A155" t="s">
-        <v>594</v>
+        <v>591</v>
       </c>
       <c r="B155" t="s">
         <v>9</v>
       </c>
       <c r="C155" t="s">
-        <v>595</v>
+        <v>592</v>
       </c>
       <c r="D155" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E155" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F155" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="G155" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="H155" t="s">
-        <v>596</v>
+        <v>593</v>
       </c>
     </row>
     <row r="156" spans="1:8">
       <c r="A156" t="s">
+        <v>594</v>
+      </c>
+      <c r="B156" t="s">
+        <v>9</v>
+      </c>
+      <c r="C156" t="s">
+        <v>595</v>
+      </c>
+      <c r="D156" t="s">
+        <v>161</v>
+      </c>
+      <c r="E156" t="s">
+        <v>162</v>
+      </c>
+      <c r="F156" t="s">
+        <v>173</v>
+      </c>
+      <c r="G156" s="1" t="s">
+        <v>596</v>
+      </c>
+      <c r="H156" t="s">
         <v>597</v>
-      </c>
-[...19 lines deleted...]
-        <v>600</v>
       </c>
     </row>
     <row r="157" spans="1:8">
       <c r="A157" t="s">
+        <v>598</v>
+      </c>
+      <c r="B157" t="s">
+        <v>9</v>
+      </c>
+      <c r="C157" t="s">
+        <v>599</v>
+      </c>
+      <c r="D157" t="s">
+        <v>161</v>
+      </c>
+      <c r="E157" t="s">
+        <v>162</v>
+      </c>
+      <c r="F157" t="s">
+        <v>243</v>
+      </c>
+      <c r="G157" s="1" t="s">
+        <v>600</v>
+      </c>
+      <c r="H157" t="s">
         <v>601</v>
-      </c>
-[...19 lines deleted...]
-        <v>604</v>
       </c>
     </row>
     <row r="158" spans="1:8">
       <c r="A158" t="s">
+        <v>602</v>
+      </c>
+      <c r="B158" t="s">
+        <v>9</v>
+      </c>
+      <c r="C158" t="s">
+        <v>603</v>
+      </c>
+      <c r="D158" t="s">
+        <v>161</v>
+      </c>
+      <c r="E158" t="s">
+        <v>162</v>
+      </c>
+      <c r="F158" t="s">
+        <v>243</v>
+      </c>
+      <c r="G158" s="1" t="s">
+        <v>604</v>
+      </c>
+      <c r="H158" t="s">
         <v>605</v>
-      </c>
-[...19 lines deleted...]
-        <v>608</v>
       </c>
     </row>
     <row r="159" spans="1:8">
       <c r="A159" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="B159" t="s">
         <v>9</v>
       </c>
       <c r="C159" t="s">
-        <v>610</v>
+        <v>607</v>
       </c>
       <c r="D159" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E159" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F159" t="s">
-        <v>143</v>
+        <v>243</v>
       </c>
       <c r="G159" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="H159" t="s">
-        <v>611</v>
+        <v>608</v>
       </c>
     </row>
     <row r="160" spans="1:8">
       <c r="A160" t="s">
-        <v>612</v>
+        <v>609</v>
       </c>
       <c r="B160" t="s">
         <v>9</v>
       </c>
       <c r="C160" t="s">
-        <v>613</v>
+        <v>610</v>
       </c>
       <c r="D160" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E160" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F160" t="s">
-        <v>166</v>
+        <v>253</v>
       </c>
       <c r="G160" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="H160" t="s">
-        <v>614</v>
+        <v>611</v>
       </c>
     </row>
     <row r="161" spans="1:8">
       <c r="A161" t="s">
+        <v>612</v>
+      </c>
+      <c r="B161" t="s">
+        <v>9</v>
+      </c>
+      <c r="C161" t="s">
+        <v>613</v>
+      </c>
+      <c r="D161" t="s">
+        <v>161</v>
+      </c>
+      <c r="E161" t="s">
+        <v>162</v>
+      </c>
+      <c r="F161" t="s">
+        <v>234</v>
+      </c>
+      <c r="G161" s="1" t="s">
+        <v>614</v>
+      </c>
+      <c r="H161" t="s">
         <v>615</v>
-      </c>
-[...19 lines deleted...]
-        <v>618</v>
       </c>
     </row>
     <row r="162" spans="1:8">
       <c r="A162" t="s">
+        <v>616</v>
+      </c>
+      <c r="B162" t="s">
+        <v>9</v>
+      </c>
+      <c r="C162" t="s">
+        <v>617</v>
+      </c>
+      <c r="D162" t="s">
+        <v>161</v>
+      </c>
+      <c r="E162" t="s">
+        <v>162</v>
+      </c>
+      <c r="F162" t="s">
+        <v>211</v>
+      </c>
+      <c r="G162" s="1" t="s">
+        <v>618</v>
+      </c>
+      <c r="H162" t="s">
         <v>619</v>
-      </c>
-[...19 lines deleted...]
-        <v>622</v>
       </c>
     </row>
     <row r="163" spans="1:8">
       <c r="A163" t="s">
+        <v>620</v>
+      </c>
+      <c r="B163" t="s">
+        <v>9</v>
+      </c>
+      <c r="C163" t="s">
+        <v>621</v>
+      </c>
+      <c r="D163" t="s">
+        <v>161</v>
+      </c>
+      <c r="E163" t="s">
+        <v>162</v>
+      </c>
+      <c r="F163" t="s">
+        <v>163</v>
+      </c>
+      <c r="G163" s="1" t="s">
+        <v>622</v>
+      </c>
+      <c r="H163" t="s">
         <v>623</v>
-      </c>
-[...19 lines deleted...]
-        <v>626</v>
       </c>
     </row>
     <row r="164" spans="1:8">
       <c r="A164" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="B164" t="s">
         <v>9</v>
       </c>
       <c r="C164" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="D164" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E164" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F164" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
       <c r="G164" s="1" t="s">
-        <v>629</v>
+        <v>589</v>
       </c>
       <c r="H164" t="s">
-        <v>630</v>
+        <v>626</v>
       </c>
     </row>
     <row r="165" spans="1:8">
       <c r="A165" t="s">
-        <v>631</v>
+        <v>627</v>
       </c>
       <c r="B165" t="s">
         <v>9</v>
       </c>
       <c r="C165" t="s">
-        <v>632</v>
+        <v>628</v>
       </c>
       <c r="D165" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E165" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F165" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G165" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="H165" t="s">
-        <v>633</v>
+        <v>629</v>
       </c>
     </row>
     <row r="166" spans="1:8">
       <c r="A166" t="s">
-        <v>634</v>
+        <v>630</v>
       </c>
       <c r="B166" t="s">
         <v>9</v>
       </c>
       <c r="C166" t="s">
-        <v>635</v>
+        <v>631</v>
       </c>
       <c r="D166" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E166" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F166" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G166" s="1" t="s">
-        <v>636</v>
+        <v>632</v>
       </c>
       <c r="H166" t="s">
-        <v>637</v>
+        <v>633</v>
       </c>
     </row>
     <row r="167" spans="1:8">
       <c r="A167" t="s">
-        <v>638</v>
+        <v>634</v>
       </c>
       <c r="B167" t="s">
         <v>9</v>
       </c>
       <c r="C167" t="s">
-        <v>639</v>
+        <v>635</v>
       </c>
       <c r="D167" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E167" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F167" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G167" s="1" t="s">
-        <v>640</v>
+        <v>636</v>
       </c>
       <c r="H167" t="s">
-        <v>641</v>
+        <v>637</v>
       </c>
     </row>
     <row r="168" spans="1:8">
       <c r="A168" t="s">
-        <v>642</v>
+        <v>638</v>
       </c>
       <c r="B168" t="s">
         <v>9</v>
       </c>
       <c r="C168" t="s">
-        <v>643</v>
+        <v>639</v>
       </c>
       <c r="D168" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E168" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F168" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G168" s="1" t="s">
-        <v>644</v>
+        <v>640</v>
       </c>
       <c r="H168" t="s">
-        <v>645</v>
+        <v>641</v>
       </c>
     </row>
     <row r="169" spans="1:8">
       <c r="A169" t="s">
-        <v>646</v>
+        <v>642</v>
       </c>
       <c r="B169" t="s">
         <v>9</v>
       </c>
       <c r="C169" t="s">
-        <v>647</v>
+        <v>643</v>
       </c>
       <c r="D169" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E169" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F169" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G169" s="1" t="s">
-        <v>648</v>
+        <v>644</v>
       </c>
       <c r="H169" t="s">
-        <v>649</v>
+        <v>645</v>
       </c>
     </row>
     <row r="170" spans="1:8">
       <c r="A170" t="s">
-        <v>650</v>
+        <v>646</v>
       </c>
       <c r="B170" t="s">
         <v>9</v>
       </c>
       <c r="C170" t="s">
-        <v>651</v>
+        <v>647</v>
       </c>
       <c r="D170" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E170" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F170" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G170" s="1" t="s">
-        <v>652</v>
+        <v>589</v>
       </c>
       <c r="H170" t="s">
-        <v>653</v>
+        <v>648</v>
       </c>
     </row>
     <row r="171" spans="1:8">
       <c r="A171" t="s">
-        <v>654</v>
+        <v>649</v>
       </c>
       <c r="B171" t="s">
         <v>9</v>
       </c>
       <c r="C171" t="s">
-        <v>655</v>
+        <v>650</v>
       </c>
       <c r="D171" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E171" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F171" t="s">
-        <v>656</v>
+        <v>253</v>
       </c>
       <c r="G171" s="1" t="s">
-        <v>657</v>
+        <v>651</v>
       </c>
       <c r="H171" t="s">
-        <v>658</v>
+        <v>652</v>
       </c>
     </row>
     <row r="172" spans="1:8">
       <c r="A172" t="s">
-        <v>659</v>
+        <v>653</v>
       </c>
       <c r="B172" t="s">
         <v>9</v>
       </c>
       <c r="C172" t="s">
-        <v>660</v>
+        <v>654</v>
       </c>
       <c r="D172" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E172" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F172" t="s">
+        <v>253</v>
+      </c>
+      <c r="G172" s="1" t="s">
+        <v>655</v>
+      </c>
+      <c r="H172" t="s">
         <v>656</v>
-      </c>
-[...4 lines deleted...]
-        <v>662</v>
       </c>
     </row>
     <row r="173" spans="1:8">
       <c r="A173" t="s">
-        <v>663</v>
+        <v>657</v>
       </c>
       <c r="B173" t="s">
         <v>9</v>
       </c>
       <c r="C173" t="s">
-        <v>664</v>
+        <v>658</v>
       </c>
       <c r="D173" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E173" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F173" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="G173" s="1" t="s">
-        <v>665</v>
+        <v>659</v>
       </c>
       <c r="H173" t="s">
-        <v>666</v>
+        <v>660</v>
       </c>
     </row>
     <row r="174" spans="1:8">
       <c r="A174" t="s">
-        <v>667</v>
+        <v>661</v>
       </c>
       <c r="B174" t="s">
         <v>9</v>
       </c>
       <c r="C174" t="s">
-        <v>668</v>
+        <v>662</v>
       </c>
       <c r="D174" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E174" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F174" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="G174" s="1" t="s">
-        <v>669</v>
+        <v>663</v>
       </c>
       <c r="H174" t="s">
-        <v>670</v>
+        <v>664</v>
       </c>
     </row>
     <row r="175" spans="1:8">
       <c r="A175" t="s">
-        <v>671</v>
+        <v>665</v>
       </c>
       <c r="B175" t="s">
         <v>9</v>
       </c>
       <c r="C175" t="s">
-        <v>672</v>
+        <v>666</v>
       </c>
       <c r="D175" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E175" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F175" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G175" s="1" t="s">
-        <v>673</v>
+        <v>667</v>
       </c>
       <c r="H175" t="s">
-        <v>674</v>
+        <v>668</v>
       </c>
     </row>
     <row r="176" spans="1:8">
       <c r="A176" t="s">
-        <v>675</v>
+        <v>669</v>
       </c>
       <c r="B176" t="s">
         <v>9</v>
       </c>
       <c r="C176" t="s">
-        <v>676</v>
+        <v>670</v>
       </c>
       <c r="D176" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E176" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F176" t="s">
-        <v>153</v>
+        <v>671</v>
       </c>
       <c r="G176" s="1" t="s">
-        <v>677</v>
+        <v>672</v>
       </c>
       <c r="H176" t="s">
-        <v>678</v>
+        <v>673</v>
       </c>
     </row>
     <row r="177" spans="1:8">
       <c r="A177" t="s">
-        <v>679</v>
+        <v>674</v>
       </c>
       <c r="B177" t="s">
         <v>9</v>
       </c>
       <c r="C177" t="s">
-        <v>680</v>
+        <v>675</v>
       </c>
       <c r="D177" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E177" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F177" t="s">
-        <v>153</v>
+        <v>671</v>
       </c>
       <c r="G177" s="1" t="s">
-        <v>681</v>
+        <v>676</v>
       </c>
       <c r="H177" t="s">
-        <v>682</v>
+        <v>677</v>
       </c>
     </row>
     <row r="178" spans="1:8">
       <c r="A178" t="s">
-        <v>683</v>
+        <v>678</v>
       </c>
       <c r="B178" t="s">
         <v>9</v>
       </c>
       <c r="C178" t="s">
-        <v>684</v>
+        <v>679</v>
       </c>
       <c r="D178" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E178" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F178" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G178" s="1" t="s">
-        <v>685</v>
+        <v>680</v>
       </c>
       <c r="H178" t="s">
-        <v>686</v>
+        <v>681</v>
       </c>
     </row>
     <row r="179" spans="1:8">
       <c r="A179" t="s">
-        <v>687</v>
+        <v>682</v>
       </c>
       <c r="B179" t="s">
         <v>9</v>
       </c>
       <c r="C179" t="s">
-        <v>688</v>
+        <v>683</v>
       </c>
       <c r="D179" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E179" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F179" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G179" s="1" t="s">
-        <v>689</v>
+        <v>684</v>
       </c>
       <c r="H179" t="s">
-        <v>690</v>
+        <v>685</v>
       </c>
     </row>
     <row r="180" spans="1:8">
       <c r="A180" t="s">
-        <v>691</v>
+        <v>686</v>
       </c>
       <c r="B180" t="s">
         <v>9</v>
       </c>
       <c r="C180" t="s">
-        <v>692</v>
+        <v>687</v>
       </c>
       <c r="D180" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E180" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F180" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="G180" s="1" t="s">
-        <v>693</v>
+        <v>688</v>
       </c>
       <c r="H180" t="s">
-        <v>694</v>
+        <v>689</v>
       </c>
     </row>
     <row r="181" spans="1:8">
       <c r="A181" t="s">
-        <v>695</v>
+        <v>690</v>
       </c>
       <c r="B181" t="s">
         <v>9</v>
       </c>
       <c r="C181" t="s">
-        <v>696</v>
+        <v>691</v>
       </c>
       <c r="D181" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E181" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F181" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G181" s="1" t="s">
-        <v>697</v>
+        <v>692</v>
       </c>
       <c r="H181" t="s">
-        <v>698</v>
+        <v>693</v>
       </c>
     </row>
     <row r="182" spans="1:8">
       <c r="A182" t="s">
-        <v>699</v>
+        <v>694</v>
       </c>
       <c r="B182" t="s">
         <v>9</v>
       </c>
       <c r="C182" t="s">
-        <v>700</v>
+        <v>695</v>
       </c>
       <c r="D182" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E182" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F182" t="s">
-        <v>656</v>
+        <v>173</v>
       </c>
       <c r="G182" s="1" t="s">
-        <v>701</v>
+        <v>696</v>
       </c>
       <c r="H182" t="s">
-        <v>702</v>
+        <v>697</v>
       </c>
     </row>
     <row r="183" spans="1:8">
       <c r="A183" t="s">
-        <v>703</v>
+        <v>698</v>
       </c>
       <c r="B183" t="s">
         <v>9</v>
       </c>
       <c r="C183" t="s">
-        <v>704</v>
+        <v>699</v>
       </c>
       <c r="D183" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E183" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F183" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G183" s="1" t="s">
-        <v>705</v>
+        <v>700</v>
       </c>
       <c r="H183" t="s">
-        <v>706</v>
+        <v>701</v>
       </c>
     </row>
     <row r="184" spans="1:8">
       <c r="A184" t="s">
-        <v>707</v>
+        <v>702</v>
       </c>
       <c r="B184" t="s">
         <v>9</v>
       </c>
       <c r="C184" t="s">
-        <v>708</v>
+        <v>703</v>
       </c>
       <c r="D184" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E184" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F184" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="G184" s="1" t="s">
-        <v>709</v>
+        <v>704</v>
       </c>
       <c r="H184" t="s">
-        <v>710</v>
+        <v>705</v>
       </c>
     </row>
     <row r="185" spans="1:8">
       <c r="A185" t="s">
-        <v>711</v>
+        <v>706</v>
       </c>
       <c r="B185" t="s">
         <v>9</v>
       </c>
       <c r="C185" t="s">
-        <v>712</v>
+        <v>707</v>
       </c>
       <c r="D185" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E185" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F185" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="G185" s="1" t="s">
-        <v>574</v>
+        <v>708</v>
       </c>
       <c r="H185" t="s">
-        <v>713</v>
+        <v>709</v>
       </c>
     </row>
     <row r="186" spans="1:8">
       <c r="A186" t="s">
-        <v>714</v>
+        <v>710</v>
       </c>
       <c r="B186" t="s">
         <v>9</v>
       </c>
       <c r="C186" t="s">
-        <v>715</v>
+        <v>711</v>
       </c>
       <c r="D186" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E186" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F186" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G186" s="1" t="s">
-        <v>716</v>
+        <v>712</v>
       </c>
       <c r="H186" t="s">
-        <v>717</v>
+        <v>713</v>
       </c>
     </row>
     <row r="187" spans="1:8">
       <c r="A187" t="s">
-        <v>718</v>
+        <v>714</v>
       </c>
       <c r="B187" t="s">
         <v>9</v>
       </c>
       <c r="C187" t="s">
-        <v>719</v>
+        <v>715</v>
       </c>
       <c r="D187" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E187" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F187" t="s">
-        <v>233</v>
+        <v>671</v>
       </c>
       <c r="G187" s="1" t="s">
-        <v>720</v>
+        <v>716</v>
       </c>
       <c r="H187" t="s">
-        <v>721</v>
+        <v>717</v>
       </c>
     </row>
     <row r="188" spans="1:8">
       <c r="A188" t="s">
-        <v>722</v>
+        <v>718</v>
       </c>
       <c r="B188" t="s">
         <v>9</v>
       </c>
       <c r="C188" t="s">
-        <v>723</v>
+        <v>719</v>
       </c>
       <c r="D188" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E188" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F188" t="s">
-        <v>153</v>
+        <v>243</v>
       </c>
       <c r="G188" s="1" t="s">
-        <v>724</v>
+        <v>720</v>
       </c>
       <c r="H188" t="s">
-        <v>725</v>
+        <v>721</v>
       </c>
     </row>
     <row r="189" spans="1:8">
       <c r="A189" t="s">
-        <v>726</v>
+        <v>722</v>
       </c>
       <c r="B189" t="s">
         <v>9</v>
       </c>
       <c r="C189" t="s">
-        <v>727</v>
+        <v>723</v>
       </c>
       <c r="D189" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E189" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F189" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="G189" s="1" t="s">
-        <v>574</v>
+        <v>724</v>
       </c>
       <c r="H189" t="s">
-        <v>728</v>
+        <v>725</v>
       </c>
     </row>
     <row r="190" spans="1:8">
       <c r="A190" t="s">
-        <v>729</v>
+        <v>726</v>
       </c>
       <c r="B190" t="s">
         <v>9</v>
       </c>
       <c r="C190" t="s">
-        <v>730</v>
+        <v>727</v>
       </c>
       <c r="D190" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E190" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F190" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G190" s="1" t="s">
-        <v>731</v>
+        <v>589</v>
       </c>
       <c r="H190" t="s">
-        <v>732</v>
+        <v>728</v>
       </c>
     </row>
     <row r="191" spans="1:8">
       <c r="A191" t="s">
-        <v>733</v>
+        <v>729</v>
       </c>
       <c r="B191" t="s">
         <v>9</v>
       </c>
       <c r="C191" t="s">
-        <v>734</v>
+        <v>730</v>
       </c>
       <c r="D191" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E191" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F191" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G191" s="1" t="s">
-        <v>735</v>
+        <v>731</v>
       </c>
       <c r="H191" t="s">
-        <v>736</v>
+        <v>732</v>
       </c>
     </row>
     <row r="192" spans="1:8">
       <c r="A192" t="s">
-        <v>737</v>
+        <v>733</v>
       </c>
       <c r="B192" t="s">
         <v>9</v>
       </c>
       <c r="C192" t="s">
-        <v>738</v>
+        <v>734</v>
       </c>
       <c r="D192" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E192" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F192" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G192" s="1" t="s">
-        <v>739</v>
+        <v>735</v>
       </c>
       <c r="H192" t="s">
-        <v>740</v>
+        <v>736</v>
       </c>
     </row>
     <row r="193" spans="1:8">
       <c r="A193" t="s">
-        <v>741</v>
+        <v>737</v>
       </c>
       <c r="B193" t="s">
         <v>9</v>
       </c>
       <c r="C193" t="s">
-        <v>742</v>
+        <v>738</v>
       </c>
       <c r="D193" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E193" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F193" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G193" s="1" t="s">
-        <v>743</v>
+        <v>739</v>
       </c>
       <c r="H193" t="s">
-        <v>744</v>
+        <v>740</v>
       </c>
     </row>
     <row r="194" spans="1:8">
       <c r="A194" t="s">
-        <v>745</v>
+        <v>741</v>
       </c>
       <c r="B194" t="s">
         <v>9</v>
       </c>
       <c r="C194" t="s">
-        <v>746</v>
+        <v>742</v>
       </c>
       <c r="D194" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E194" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F194" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="G194" s="1" t="s">
-        <v>747</v>
+        <v>589</v>
       </c>
       <c r="H194" t="s">
-        <v>748</v>
+        <v>743</v>
       </c>
     </row>
     <row r="195" spans="1:8">
       <c r="A195" t="s">
-        <v>749</v>
+        <v>744</v>
       </c>
       <c r="B195" t="s">
         <v>9</v>
       </c>
       <c r="C195" t="s">
-        <v>750</v>
+        <v>745</v>
       </c>
       <c r="D195" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E195" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F195" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="G195" s="1" t="s">
-        <v>751</v>
+        <v>746</v>
       </c>
       <c r="H195" t="s">
-        <v>752</v>
+        <v>747</v>
       </c>
     </row>
     <row r="196" spans="1:8">
       <c r="A196" t="s">
-        <v>753</v>
+        <v>748</v>
       </c>
       <c r="B196" t="s">
         <v>9</v>
       </c>
       <c r="C196" t="s">
-        <v>754</v>
+        <v>749</v>
       </c>
       <c r="D196" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E196" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F196" t="s">
-        <v>214</v>
+        <v>173</v>
       </c>
       <c r="G196" s="1" t="s">
-        <v>755</v>
+        <v>750</v>
       </c>
       <c r="H196" t="s">
-        <v>756</v>
+        <v>751</v>
       </c>
     </row>
     <row r="197" spans="1:8">
       <c r="A197" t="s">
-        <v>757</v>
+        <v>752</v>
       </c>
       <c r="B197" t="s">
         <v>9</v>
       </c>
       <c r="C197" t="s">
-        <v>758</v>
+        <v>753</v>
       </c>
       <c r="D197" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E197" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F197" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G197" s="1" t="s">
-        <v>574</v>
+        <v>754</v>
       </c>
       <c r="H197" t="s">
-        <v>759</v>
+        <v>755</v>
       </c>
     </row>
     <row r="198" spans="1:8">
       <c r="A198" t="s">
-        <v>760</v>
+        <v>756</v>
       </c>
       <c r="B198" t="s">
         <v>9</v>
       </c>
       <c r="C198" t="s">
-        <v>761</v>
+        <v>757</v>
       </c>
       <c r="D198" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E198" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F198" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="G198" s="1" t="s">
-        <v>762</v>
+        <v>758</v>
       </c>
       <c r="H198" t="s">
-        <v>763</v>
+        <v>759</v>
       </c>
     </row>
     <row r="199" spans="1:8">
       <c r="A199" t="s">
-        <v>764</v>
+        <v>760</v>
       </c>
       <c r="B199" t="s">
         <v>9</v>
       </c>
       <c r="C199" t="s">
-        <v>765</v>
+        <v>761</v>
       </c>
       <c r="D199" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E199" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F199" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="G199" s="1" t="s">
-        <v>766</v>
+        <v>762</v>
       </c>
       <c r="H199" t="s">
-        <v>767</v>
+        <v>763</v>
       </c>
     </row>
     <row r="200" spans="1:8">
       <c r="A200" t="s">
-        <v>768</v>
+        <v>764</v>
       </c>
       <c r="B200" t="s">
         <v>9</v>
       </c>
       <c r="C200" t="s">
-        <v>769</v>
+        <v>765</v>
       </c>
       <c r="D200" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E200" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F200" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G200" s="1" t="s">
-        <v>770</v>
+        <v>766</v>
       </c>
       <c r="H200" t="s">
-        <v>771</v>
+        <v>767</v>
       </c>
     </row>
     <row r="201" spans="1:8">
       <c r="A201" t="s">
-        <v>772</v>
+        <v>768</v>
       </c>
       <c r="B201" t="s">
         <v>9</v>
       </c>
       <c r="C201" t="s">
-        <v>773</v>
+        <v>769</v>
       </c>
       <c r="D201" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E201" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F201" t="s">
-        <v>191</v>
+        <v>234</v>
       </c>
       <c r="G201" s="1" t="s">
-        <v>774</v>
+        <v>770</v>
       </c>
       <c r="H201" t="s">
-        <v>775</v>
+        <v>771</v>
       </c>
     </row>
     <row r="202" spans="1:8">
       <c r="A202" t="s">
-        <v>776</v>
+        <v>772</v>
       </c>
       <c r="B202" t="s">
         <v>9</v>
       </c>
       <c r="C202" t="s">
-        <v>777</v>
+        <v>773</v>
       </c>
       <c r="D202" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E202" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F202" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G202" s="1" t="s">
-        <v>778</v>
+        <v>589</v>
       </c>
       <c r="H202" t="s">
-        <v>779</v>
+        <v>774</v>
       </c>
     </row>
     <row r="203" spans="1:8">
       <c r="A203" t="s">
-        <v>780</v>
+        <v>775</v>
       </c>
       <c r="B203" t="s">
         <v>9</v>
       </c>
       <c r="C203" t="s">
-        <v>781</v>
+        <v>776</v>
       </c>
       <c r="D203" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E203" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F203" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="G203" s="1" t="s">
-        <v>782</v>
+        <v>777</v>
       </c>
       <c r="H203" t="s">
-        <v>783</v>
+        <v>778</v>
       </c>
     </row>
     <row r="204" spans="1:8">
       <c r="A204" t="s">
-        <v>784</v>
+        <v>779</v>
       </c>
       <c r="B204" t="s">
         <v>9</v>
       </c>
       <c r="C204" t="s">
-        <v>785</v>
+        <v>780</v>
       </c>
       <c r="D204" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E204" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F204" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="G204" s="1" t="s">
-        <v>786</v>
+        <v>781</v>
       </c>
       <c r="H204" t="s">
-        <v>787</v>
+        <v>782</v>
       </c>
     </row>
     <row r="205" spans="1:8">
       <c r="A205" t="s">
-        <v>788</v>
+        <v>783</v>
       </c>
       <c r="B205" t="s">
         <v>9</v>
       </c>
       <c r="C205" t="s">
-        <v>789</v>
+        <v>784</v>
       </c>
       <c r="D205" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E205" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F205" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="G205" s="1" t="s">
-        <v>790</v>
+        <v>785</v>
       </c>
       <c r="H205" t="s">
-        <v>791</v>
+        <v>786</v>
       </c>
     </row>
     <row r="206" spans="1:8">
       <c r="A206" t="s">
-        <v>792</v>
+        <v>787</v>
       </c>
       <c r="B206" t="s">
         <v>9</v>
       </c>
       <c r="C206" t="s">
-        <v>793</v>
+        <v>788</v>
       </c>
       <c r="D206" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E206" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F206" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G206" s="1" t="s">
-        <v>794</v>
+        <v>789</v>
       </c>
       <c r="H206" t="s">
-        <v>795</v>
+        <v>790</v>
       </c>
     </row>
     <row r="207" spans="1:8">
       <c r="A207" t="s">
-        <v>796</v>
+        <v>791</v>
       </c>
       <c r="B207" t="s">
         <v>9</v>
       </c>
       <c r="C207" t="s">
-        <v>797</v>
+        <v>792</v>
       </c>
       <c r="D207" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E207" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F207" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G207" s="1" t="s">
-        <v>798</v>
+        <v>793</v>
       </c>
       <c r="H207" t="s">
-        <v>799</v>
+        <v>794</v>
       </c>
     </row>
     <row r="208" spans="1:8">
       <c r="A208" t="s">
-        <v>800</v>
+        <v>795</v>
       </c>
       <c r="B208" t="s">
         <v>9</v>
       </c>
       <c r="C208" t="s">
-        <v>801</v>
+        <v>796</v>
       </c>
       <c r="D208" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E208" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F208" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G208" s="1" t="s">
-        <v>802</v>
+        <v>797</v>
       </c>
       <c r="H208" t="s">
-        <v>803</v>
+        <v>798</v>
       </c>
     </row>
     <row r="209" spans="1:8">
       <c r="A209" t="s">
-        <v>804</v>
+        <v>799</v>
       </c>
       <c r="B209" t="s">
         <v>9</v>
       </c>
       <c r="C209" t="s">
-        <v>805</v>
+        <v>800</v>
       </c>
       <c r="D209" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E209" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F209" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G209" s="1" t="s">
-        <v>806</v>
+        <v>801</v>
       </c>
       <c r="H209" t="s">
-        <v>807</v>
+        <v>802</v>
       </c>
     </row>
     <row r="210" spans="1:8">
       <c r="A210" t="s">
-        <v>808</v>
+        <v>803</v>
       </c>
       <c r="B210" t="s">
         <v>9</v>
       </c>
       <c r="C210" t="s">
-        <v>809</v>
+        <v>804</v>
       </c>
       <c r="D210" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E210" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F210" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G210" s="1" t="s">
-        <v>810</v>
+        <v>805</v>
       </c>
       <c r="H210" t="s">
-        <v>811</v>
+        <v>806</v>
       </c>
     </row>
     <row r="211" spans="1:8">
       <c r="A211" t="s">
-        <v>812</v>
+        <v>807</v>
       </c>
       <c r="B211" t="s">
         <v>9</v>
       </c>
       <c r="C211" t="s">
-        <v>813</v>
+        <v>808</v>
       </c>
       <c r="D211" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E211" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F211" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G211" s="1" t="s">
-        <v>814</v>
+        <v>809</v>
       </c>
       <c r="H211" t="s">
-        <v>815</v>
+        <v>810</v>
       </c>
     </row>
     <row r="212" spans="1:8">
       <c r="A212" t="s">
-        <v>816</v>
+        <v>811</v>
       </c>
       <c r="B212" t="s">
         <v>9</v>
       </c>
       <c r="C212" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="D212" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E212" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F212" t="s">
-        <v>153</v>
+        <v>243</v>
       </c>
       <c r="G212" s="1" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="H212" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
     </row>
     <row r="213" spans="1:8">
       <c r="A213" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
       <c r="B213" t="s">
         <v>9</v>
       </c>
       <c r="C213" t="s">
-        <v>821</v>
+        <v>816</v>
       </c>
       <c r="D213" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E213" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F213" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G213" s="1" t="s">
-        <v>574</v>
+        <v>817</v>
       </c>
       <c r="H213" t="s">
-        <v>822</v>
+        <v>818</v>
       </c>
     </row>
     <row r="214" spans="1:8">
       <c r="A214" t="s">
-        <v>823</v>
+        <v>819</v>
       </c>
       <c r="B214" t="s">
         <v>9</v>
       </c>
       <c r="C214" t="s">
-        <v>824</v>
+        <v>820</v>
       </c>
       <c r="D214" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E214" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F214" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G214" s="1" t="s">
-        <v>825</v>
+        <v>821</v>
       </c>
       <c r="H214" t="s">
-        <v>826</v>
+        <v>822</v>
       </c>
     </row>
     <row r="215" spans="1:8">
       <c r="A215" t="s">
-        <v>827</v>
+        <v>823</v>
       </c>
       <c r="B215" t="s">
         <v>9</v>
       </c>
       <c r="C215" t="s">
-        <v>828</v>
+        <v>824</v>
       </c>
       <c r="D215" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E215" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F215" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G215" s="1" t="s">
-        <v>829</v>
+        <v>825</v>
       </c>
       <c r="H215" t="s">
-        <v>830</v>
+        <v>826</v>
       </c>
     </row>
     <row r="216" spans="1:8">
       <c r="A216" t="s">
-        <v>831</v>
+        <v>827</v>
       </c>
       <c r="B216" t="s">
         <v>9</v>
       </c>
       <c r="C216" t="s">
-        <v>832</v>
+        <v>828</v>
       </c>
       <c r="D216" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E216" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F216" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="G216" s="1" t="s">
-        <v>833</v>
+        <v>829</v>
       </c>
       <c r="H216" t="s">
-        <v>834</v>
+        <v>830</v>
       </c>
     </row>
     <row r="217" spans="1:8">
       <c r="A217" t="s">
-        <v>835</v>
+        <v>831</v>
       </c>
       <c r="B217" t="s">
         <v>9</v>
       </c>
       <c r="C217" t="s">
-        <v>836</v>
+        <v>832</v>
       </c>
       <c r="D217" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E217" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F217" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="G217" s="1" t="s">
-        <v>837</v>
+        <v>833</v>
       </c>
       <c r="H217" t="s">
-        <v>838</v>
+        <v>834</v>
       </c>
     </row>
     <row r="218" spans="1:8">
       <c r="A218" t="s">
-        <v>839</v>
+        <v>835</v>
       </c>
       <c r="B218" t="s">
         <v>9</v>
       </c>
       <c r="C218" t="s">
-        <v>840</v>
+        <v>836</v>
       </c>
       <c r="D218" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E218" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F218" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G218" s="1" t="s">
-        <v>841</v>
+        <v>589</v>
       </c>
       <c r="H218" t="s">
-        <v>842</v>
+        <v>837</v>
       </c>
     </row>
     <row r="219" spans="1:8">
       <c r="A219" t="s">
-        <v>843</v>
+        <v>838</v>
       </c>
       <c r="B219" t="s">
         <v>9</v>
       </c>
       <c r="C219" t="s">
-        <v>844</v>
+        <v>839</v>
       </c>
       <c r="D219" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E219" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F219" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G219" s="1" t="s">
-        <v>845</v>
+        <v>840</v>
       </c>
       <c r="H219" t="s">
-        <v>846</v>
+        <v>841</v>
       </c>
     </row>
     <row r="220" spans="1:8">
       <c r="A220" t="s">
-        <v>847</v>
+        <v>842</v>
       </c>
       <c r="B220" t="s">
         <v>9</v>
       </c>
       <c r="C220" t="s">
-        <v>848</v>
+        <v>843</v>
       </c>
       <c r="D220" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E220" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F220" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
       <c r="G220" s="1" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="H220" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
     </row>
     <row r="221" spans="1:8">
       <c r="A221" t="s">
-        <v>851</v>
+        <v>846</v>
       </c>
       <c r="B221" t="s">
         <v>9</v>
       </c>
       <c r="C221" t="s">
-        <v>852</v>
+        <v>847</v>
       </c>
       <c r="D221" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E221" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F221" t="s">
-        <v>166</v>
+        <v>253</v>
       </c>
       <c r="G221" s="1" t="s">
-        <v>853</v>
+        <v>848</v>
       </c>
       <c r="H221" t="s">
-        <v>854</v>
+        <v>849</v>
       </c>
     </row>
     <row r="222" spans="1:8">
       <c r="A222" t="s">
-        <v>855</v>
+        <v>850</v>
       </c>
       <c r="B222" t="s">
         <v>9</v>
       </c>
       <c r="C222" t="s">
-        <v>856</v>
+        <v>851</v>
       </c>
       <c r="D222" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E222" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F222" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G222" s="1" t="s">
-        <v>857</v>
+        <v>852</v>
       </c>
       <c r="H222" t="s">
-        <v>858</v>
+        <v>853</v>
       </c>
     </row>
     <row r="223" spans="1:8">
       <c r="A223" t="s">
-        <v>859</v>
+        <v>854</v>
       </c>
       <c r="B223" t="s">
         <v>9</v>
       </c>
       <c r="C223" t="s">
-        <v>860</v>
+        <v>855</v>
       </c>
       <c r="D223" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E223" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F223" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G223" s="1" t="s">
-        <v>861</v>
+        <v>856</v>
       </c>
       <c r="H223" t="s">
-        <v>862</v>
+        <v>857</v>
       </c>
     </row>
     <row r="224" spans="1:8">
       <c r="A224" t="s">
-        <v>863</v>
+        <v>858</v>
       </c>
       <c r="B224" t="s">
         <v>9</v>
       </c>
       <c r="C224" t="s">
-        <v>864</v>
+        <v>859</v>
       </c>
       <c r="D224" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E224" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F224" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G224" s="1" t="s">
-        <v>865</v>
+        <v>860</v>
       </c>
       <c r="H224" t="s">
-        <v>866</v>
+        <v>861</v>
       </c>
     </row>
     <row r="225" spans="1:8">
       <c r="A225" t="s">
-        <v>867</v>
+        <v>862</v>
       </c>
       <c r="B225" t="s">
         <v>9</v>
       </c>
       <c r="C225" t="s">
-        <v>868</v>
+        <v>863</v>
       </c>
       <c r="D225" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E225" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F225" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G225" s="1" t="s">
-        <v>869</v>
+        <v>864</v>
       </c>
       <c r="H225" t="s">
-        <v>870</v>
+        <v>865</v>
       </c>
     </row>
     <row r="226" spans="1:8">
       <c r="A226" t="s">
-        <v>871</v>
+        <v>866</v>
       </c>
       <c r="B226" t="s">
         <v>9</v>
       </c>
       <c r="C226" t="s">
-        <v>872</v>
+        <v>867</v>
       </c>
       <c r="D226" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E226" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F226" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G226" s="1" t="s">
-        <v>873</v>
+        <v>868</v>
       </c>
       <c r="H226" t="s">
-        <v>874</v>
+        <v>869</v>
       </c>
     </row>
     <row r="227" spans="1:8">
       <c r="A227" t="s">
-        <v>875</v>
+        <v>870</v>
       </c>
       <c r="B227" t="s">
         <v>9</v>
       </c>
       <c r="C227" t="s">
-        <v>876</v>
+        <v>871</v>
       </c>
       <c r="D227" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E227" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F227" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G227" s="1" t="s">
-        <v>877</v>
+        <v>872</v>
       </c>
       <c r="H227" t="s">
-        <v>878</v>
+        <v>873</v>
       </c>
     </row>
     <row r="228" spans="1:8">
       <c r="A228" t="s">
-        <v>879</v>
+        <v>874</v>
       </c>
       <c r="B228" t="s">
         <v>9</v>
       </c>
       <c r="C228" t="s">
-        <v>880</v>
+        <v>875</v>
       </c>
       <c r="D228" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E228" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F228" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G228" s="1" t="s">
-        <v>881</v>
+        <v>876</v>
       </c>
       <c r="H228" t="s">
-        <v>882</v>
+        <v>877</v>
       </c>
     </row>
     <row r="229" spans="1:8">
       <c r="A229" t="s">
-        <v>883</v>
+        <v>878</v>
       </c>
       <c r="B229" t="s">
         <v>9</v>
       </c>
       <c r="C229" t="s">
-        <v>884</v>
+        <v>879</v>
       </c>
       <c r="D229" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E229" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F229" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
       <c r="G229" s="1" t="s">
-        <v>885</v>
+        <v>880</v>
       </c>
       <c r="H229" t="s">
-        <v>886</v>
+        <v>881</v>
       </c>
     </row>
     <row r="230" spans="1:8">
       <c r="A230" t="s">
-        <v>887</v>
+        <v>882</v>
       </c>
       <c r="B230" t="s">
         <v>9</v>
       </c>
       <c r="C230" t="s">
-        <v>888</v>
+        <v>883</v>
       </c>
       <c r="D230" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E230" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F230" t="s">
-        <v>166</v>
+        <v>253</v>
       </c>
       <c r="G230" s="1" t="s">
-        <v>889</v>
+        <v>884</v>
       </c>
       <c r="H230" t="s">
-        <v>890</v>
+        <v>885</v>
       </c>
     </row>
     <row r="231" spans="1:8">
       <c r="A231" t="s">
-        <v>891</v>
+        <v>886</v>
       </c>
       <c r="B231" t="s">
         <v>9</v>
       </c>
       <c r="C231" t="s">
-        <v>892</v>
+        <v>887</v>
       </c>
       <c r="D231" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E231" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F231" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G231" s="1" t="s">
-        <v>893</v>
+        <v>888</v>
       </c>
       <c r="H231" t="s">
-        <v>894</v>
+        <v>889</v>
       </c>
     </row>
     <row r="232" spans="1:8">
       <c r="A232" t="s">
-        <v>895</v>
+        <v>890</v>
       </c>
       <c r="B232" t="s">
         <v>9</v>
       </c>
       <c r="C232" t="s">
-        <v>896</v>
+        <v>891</v>
       </c>
       <c r="D232" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E232" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F232" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G232" s="1" t="s">
-        <v>897</v>
+        <v>892</v>
       </c>
       <c r="H232" t="s">
-        <v>898</v>
+        <v>893</v>
       </c>
     </row>
     <row r="233" spans="1:8">
       <c r="A233" t="s">
-        <v>899</v>
+        <v>894</v>
       </c>
       <c r="B233" t="s">
         <v>9</v>
       </c>
       <c r="C233" t="s">
-        <v>900</v>
+        <v>895</v>
       </c>
       <c r="D233" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E233" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F233" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
       <c r="G233" s="1" t="s">
-        <v>901</v>
+        <v>896</v>
       </c>
       <c r="H233" t="s">
-        <v>902</v>
+        <v>897</v>
       </c>
     </row>
     <row r="234" spans="1:8">
       <c r="A234" t="s">
-        <v>903</v>
+        <v>898</v>
       </c>
       <c r="B234" t="s">
         <v>9</v>
       </c>
       <c r="C234" t="s">
-        <v>904</v>
+        <v>899</v>
       </c>
       <c r="D234" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E234" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F234" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G234" s="1" t="s">
-        <v>905</v>
+        <v>900</v>
       </c>
       <c r="H234" t="s">
-        <v>906</v>
+        <v>901</v>
       </c>
     </row>
     <row r="235" spans="1:8">
       <c r="A235" t="s">
-        <v>907</v>
+        <v>902</v>
       </c>
       <c r="B235" t="s">
         <v>9</v>
       </c>
       <c r="C235" t="s">
-        <v>908</v>
+        <v>903</v>
       </c>
       <c r="D235" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E235" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F235" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G235" s="1" t="s">
-        <v>909</v>
+        <v>904</v>
       </c>
       <c r="H235" t="s">
-        <v>910</v>
+        <v>905</v>
       </c>
     </row>
     <row r="236" spans="1:8">
       <c r="A236" t="s">
-        <v>911</v>
+        <v>906</v>
       </c>
       <c r="B236" t="s">
         <v>9</v>
       </c>
       <c r="C236" t="s">
-        <v>912</v>
+        <v>907</v>
       </c>
       <c r="D236" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E236" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F236" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
       <c r="G236" s="1" t="s">
-        <v>913</v>
+        <v>908</v>
       </c>
       <c r="H236" t="s">
-        <v>914</v>
+        <v>909</v>
       </c>
     </row>
     <row r="237" spans="1:8">
       <c r="A237" t="s">
-        <v>915</v>
+        <v>910</v>
       </c>
       <c r="B237" t="s">
         <v>9</v>
       </c>
       <c r="C237" t="s">
-        <v>916</v>
+        <v>911</v>
       </c>
       <c r="D237" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E237" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F237" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G237" s="1" t="s">
-        <v>917</v>
+        <v>912</v>
       </c>
       <c r="H237" t="s">
-        <v>918</v>
+        <v>913</v>
       </c>
     </row>
     <row r="238" spans="1:8">
       <c r="A238" t="s">
-        <v>919</v>
+        <v>914</v>
       </c>
       <c r="B238" t="s">
         <v>9</v>
       </c>
       <c r="C238" t="s">
-        <v>920</v>
+        <v>915</v>
       </c>
       <c r="D238" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E238" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F238" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G238" s="1" t="s">
-        <v>921</v>
+        <v>916</v>
       </c>
       <c r="H238" t="s">
-        <v>922</v>
+        <v>917</v>
       </c>
     </row>
     <row r="239" spans="1:8">
       <c r="A239" t="s">
-        <v>923</v>
+        <v>918</v>
       </c>
       <c r="B239" t="s">
         <v>9</v>
       </c>
       <c r="C239" t="s">
-        <v>924</v>
+        <v>919</v>
       </c>
       <c r="D239" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E239" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F239" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G239" s="1" t="s">
-        <v>925</v>
+        <v>920</v>
       </c>
       <c r="H239" t="s">
-        <v>926</v>
+        <v>921</v>
       </c>
     </row>
     <row r="240" spans="1:8">
       <c r="A240" t="s">
-        <v>927</v>
+        <v>922</v>
       </c>
       <c r="B240" t="s">
         <v>9</v>
       </c>
       <c r="C240" t="s">
-        <v>928</v>
+        <v>923</v>
       </c>
       <c r="D240" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E240" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F240" t="s">
-        <v>656</v>
+        <v>186</v>
       </c>
       <c r="G240" s="1" t="s">
-        <v>929</v>
+        <v>924</v>
       </c>
       <c r="H240" t="s">
-        <v>930</v>
+        <v>925</v>
       </c>
     </row>
     <row r="241" spans="1:8">
       <c r="A241" t="s">
-        <v>931</v>
+        <v>926</v>
       </c>
       <c r="B241" t="s">
         <v>9</v>
       </c>
       <c r="C241" t="s">
-        <v>932</v>
+        <v>927</v>
       </c>
       <c r="D241" t="s">
-        <v>141</v>
+        <v>161</v>
       </c>
       <c r="E241" t="s">
-        <v>142</v>
+        <v>162</v>
       </c>
       <c r="F241" t="s">
-        <v>166</v>
+        <v>186</v>
       </c>
       <c r="G241" s="1" t="s">
-        <v>933</v>
+        <v>928</v>
       </c>
       <c r="H241" t="s">
-        <v>934</v>
+        <v>929</v>
       </c>
     </row>
     <row r="242" spans="1:8">
       <c r="A242" t="s">
-        <v>935</v>
+        <v>930</v>
       </c>
       <c r="B242" t="s">
         <v>9</v>
       </c>
       <c r="C242" t="s">
-        <v>10</v>
+        <v>931</v>
       </c>
       <c r="D242" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E242" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F242" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="G242" s="1" t="s">
-        <v>938</v>
+        <v>932</v>
       </c>
       <c r="H242" t="s">
-        <v>939</v>
+        <v>933</v>
       </c>
     </row>
     <row r="243" spans="1:8">
       <c r="A243" t="s">
-        <v>940</v>
+        <v>934</v>
       </c>
       <c r="B243" t="s">
         <v>9</v>
       </c>
       <c r="C243" t="s">
-        <v>17</v>
+        <v>935</v>
       </c>
       <c r="D243" t="s">
+        <v>161</v>
+      </c>
+      <c r="E243" t="s">
+        <v>162</v>
+      </c>
+      <c r="F243" t="s">
+        <v>211</v>
+      </c>
+      <c r="G243" s="1" t="s">
         <v>936</v>
       </c>
-      <c r="E243" t="s">
+      <c r="H243" t="s">
         <v>937</v>
-      </c>
-[...7 lines deleted...]
-        <v>942</v>
       </c>
     </row>
     <row r="244" spans="1:8">
       <c r="A244" t="s">
-        <v>943</v>
+        <v>938</v>
       </c>
       <c r="B244" t="s">
         <v>9</v>
       </c>
       <c r="C244" t="s">
-        <v>21</v>
+        <v>939</v>
       </c>
       <c r="D244" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E244" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F244" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G244" s="1" t="s">
-        <v>944</v>
+        <v>940</v>
       </c>
       <c r="H244" t="s">
-        <v>945</v>
+        <v>941</v>
       </c>
     </row>
     <row r="245" spans="1:8">
       <c r="A245" t="s">
-        <v>946</v>
+        <v>942</v>
       </c>
       <c r="B245" t="s">
         <v>9</v>
       </c>
       <c r="C245" t="s">
-        <v>25</v>
+        <v>943</v>
       </c>
       <c r="D245" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E245" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F245" t="s">
-        <v>153</v>
+        <v>671</v>
       </c>
       <c r="G245" s="1" t="s">
-        <v>947</v>
+        <v>944</v>
       </c>
       <c r="H245" t="s">
-        <v>948</v>
+        <v>945</v>
       </c>
     </row>
     <row r="246" spans="1:8">
       <c r="A246" t="s">
+        <v>946</v>
+      </c>
+      <c r="B246" t="s">
+        <v>9</v>
+      </c>
+      <c r="C246" t="s">
+        <v>947</v>
+      </c>
+      <c r="D246" t="s">
+        <v>161</v>
+      </c>
+      <c r="E246" t="s">
+        <v>162</v>
+      </c>
+      <c r="F246" t="s">
+        <v>186</v>
+      </c>
+      <c r="G246" s="1" t="s">
+        <v>948</v>
+      </c>
+      <c r="H246" t="s">
         <v>949</v>
-      </c>
-[...19 lines deleted...]
-        <v>951</v>
       </c>
     </row>
     <row r="247" spans="1:8">
       <c r="A247" t="s">
+        <v>950</v>
+      </c>
+      <c r="B247" t="s">
+        <v>9</v>
+      </c>
+      <c r="C247" t="s">
+        <v>951</v>
+      </c>
+      <c r="D247" t="s">
+        <v>161</v>
+      </c>
+      <c r="E247" t="s">
+        <v>162</v>
+      </c>
+      <c r="F247" t="s">
+        <v>186</v>
+      </c>
+      <c r="G247" s="1" t="s">
         <v>952</v>
       </c>
-      <c r="B247" t="s">
-[...14 lines deleted...]
-      <c r="G247" s="1" t="s">
+      <c r="H247" t="s">
         <v>953</v>
-      </c>
-[...1 lines deleted...]
-        <v>954</v>
       </c>
     </row>
     <row r="248" spans="1:8">
       <c r="A248" t="s">
+        <v>954</v>
+      </c>
+      <c r="B248" t="s">
+        <v>9</v>
+      </c>
+      <c r="C248" t="s">
         <v>955</v>
       </c>
-      <c r="B248" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D248" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E248" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F248" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G248" s="1" t="s">
         <v>956</v>
       </c>
       <c r="H248" t="s">
         <v>957</v>
       </c>
     </row>
     <row r="249" spans="1:8">
       <c r="A249" t="s">
         <v>958</v>
       </c>
       <c r="B249" t="s">
         <v>9</v>
       </c>
       <c r="C249" t="s">
-        <v>41</v>
+        <v>959</v>
       </c>
       <c r="D249" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E249" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F249" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G249" s="1" t="s">
-        <v>959</v>
+        <v>960</v>
       </c>
       <c r="H249" t="s">
-        <v>960</v>
+        <v>961</v>
       </c>
     </row>
     <row r="250" spans="1:8">
       <c r="A250" t="s">
-        <v>961</v>
+        <v>962</v>
       </c>
       <c r="B250" t="s">
         <v>9</v>
       </c>
       <c r="C250" t="s">
-        <v>45</v>
+        <v>963</v>
       </c>
       <c r="D250" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E250" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F250" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G250" s="1" t="s">
-        <v>962</v>
+        <v>964</v>
       </c>
       <c r="H250" t="s">
-        <v>963</v>
+        <v>965</v>
       </c>
     </row>
     <row r="251" spans="1:8">
       <c r="A251" t="s">
-        <v>964</v>
+        <v>966</v>
       </c>
       <c r="B251" t="s">
         <v>9</v>
       </c>
       <c r="C251" t="s">
-        <v>49</v>
+        <v>967</v>
       </c>
       <c r="D251" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E251" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F251" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G251" s="1" t="s">
-        <v>965</v>
+        <v>968</v>
       </c>
       <c r="H251" t="s">
-        <v>966</v>
+        <v>969</v>
       </c>
     </row>
     <row r="252" spans="1:8">
       <c r="A252" t="s">
-        <v>967</v>
+        <v>970</v>
       </c>
       <c r="B252" t="s">
         <v>9</v>
       </c>
       <c r="C252" t="s">
-        <v>53</v>
+        <v>971</v>
       </c>
       <c r="D252" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E252" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F252" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G252" s="1" t="s">
-        <v>574</v>
+        <v>972</v>
       </c>
       <c r="H252" t="s">
-        <v>968</v>
+        <v>973</v>
       </c>
     </row>
     <row r="253" spans="1:8">
       <c r="A253" t="s">
-        <v>969</v>
+        <v>974</v>
       </c>
       <c r="B253" t="s">
         <v>9</v>
       </c>
       <c r="C253" t="s">
-        <v>57</v>
+        <v>975</v>
       </c>
       <c r="D253" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E253" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F253" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G253" s="1" t="s">
-        <v>970</v>
+        <v>976</v>
       </c>
       <c r="H253" t="s">
-        <v>971</v>
+        <v>977</v>
       </c>
     </row>
     <row r="254" spans="1:8">
       <c r="A254" t="s">
-        <v>972</v>
+        <v>978</v>
       </c>
       <c r="B254" t="s">
         <v>9</v>
       </c>
       <c r="C254" t="s">
-        <v>61</v>
+        <v>979</v>
       </c>
       <c r="D254" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E254" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F254" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G254" s="1" t="s">
-        <v>973</v>
+        <v>980</v>
       </c>
       <c r="H254" t="s">
-        <v>974</v>
+        <v>981</v>
       </c>
     </row>
     <row r="255" spans="1:8">
       <c r="A255" t="s">
-        <v>975</v>
+        <v>982</v>
       </c>
       <c r="B255" t="s">
         <v>9</v>
       </c>
       <c r="C255" t="s">
-        <v>65</v>
+        <v>983</v>
       </c>
       <c r="D255" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E255" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F255" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="G255" s="1" t="s">
-        <v>976</v>
+        <v>984</v>
       </c>
       <c r="H255" t="s">
-        <v>977</v>
+        <v>985</v>
       </c>
     </row>
     <row r="256" spans="1:8">
       <c r="A256" t="s">
-        <v>978</v>
+        <v>986</v>
       </c>
       <c r="B256" t="s">
         <v>9</v>
       </c>
       <c r="C256" t="s">
-        <v>69</v>
+        <v>987</v>
       </c>
       <c r="D256" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E256" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F256" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G256" s="1" t="s">
-        <v>979</v>
+        <v>988</v>
       </c>
       <c r="H256" t="s">
-        <v>980</v>
+        <v>989</v>
       </c>
     </row>
     <row r="257" spans="1:8">
       <c r="A257" t="s">
-        <v>981</v>
+        <v>990</v>
       </c>
       <c r="B257" t="s">
         <v>9</v>
       </c>
       <c r="C257" t="s">
-        <v>73</v>
+        <v>991</v>
       </c>
       <c r="D257" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E257" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F257" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="G257" s="1" t="s">
-        <v>982</v>
+        <v>992</v>
       </c>
       <c r="H257" t="s">
-        <v>983</v>
+        <v>993</v>
       </c>
     </row>
     <row r="258" spans="1:8">
       <c r="A258" t="s">
-        <v>984</v>
+        <v>994</v>
       </c>
       <c r="B258" t="s">
         <v>9</v>
       </c>
       <c r="C258" t="s">
-        <v>77</v>
+        <v>995</v>
       </c>
       <c r="D258" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E258" t="s">
-        <v>937</v>
+        <v>162</v>
       </c>
       <c r="F258" t="s">
-        <v>153</v>
+        <v>349</v>
       </c>
       <c r="G258" s="1" t="s">
-        <v>985</v>
+        <v>996</v>
       </c>
       <c r="H258" t="s">
-        <v>986</v>
+        <v>997</v>
       </c>
     </row>
     <row r="259" spans="1:8">
       <c r="A259" t="s">
-        <v>987</v>
+        <v>998</v>
       </c>
       <c r="B259" t="s">
         <v>9</v>
       </c>
       <c r="C259" t="s">
-        <v>81</v>
+        <v>999</v>
       </c>
       <c r="D259" t="s">
-        <v>936</v>
+        <v>161</v>
       </c>
       <c r="E259" t="s">
-        <v>937</v>
-[...2 lines deleted...]
-        <v>191</v>
+        <v>162</v>
       </c>
       <c r="G259" s="1" t="s">
-        <v>988</v>
+        <v>1000</v>
       </c>
       <c r="H259" t="s">
-        <v>989</v>
+        <v>1001</v>
       </c>
     </row>
     <row r="260" spans="1:8">
       <c r="A260" t="s">
-        <v>990</v>
+        <v>1002</v>
       </c>
       <c r="B260" t="s">
         <v>9</v>
       </c>
       <c r="C260" t="s">
-        <v>85</v>
+        <v>10</v>
       </c>
       <c r="D260" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E260" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F260" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="G260" s="1" t="s">
-        <v>991</v>
+        <v>1005</v>
       </c>
       <c r="H260" t="s">
-        <v>992</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="261" spans="1:8">
       <c r="A261" t="s">
-        <v>993</v>
+        <v>1007</v>
       </c>
       <c r="B261" t="s">
         <v>9</v>
       </c>
       <c r="C261" t="s">
-        <v>89</v>
+        <v>17</v>
       </c>
       <c r="D261" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E261" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F261" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="G261" s="1" t="s">
-        <v>994</v>
+        <v>1008</v>
       </c>
       <c r="H261" t="s">
-        <v>995</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="262" spans="1:8">
       <c r="A262" t="s">
-        <v>996</v>
+        <v>1010</v>
       </c>
       <c r="B262" t="s">
         <v>9</v>
       </c>
       <c r="C262" t="s">
-        <v>93</v>
+        <v>21</v>
       </c>
       <c r="D262" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E262" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F262" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G262" s="1" t="s">
-        <v>997</v>
+        <v>1011</v>
       </c>
       <c r="H262" t="s">
-        <v>998</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="263" spans="1:8">
       <c r="A263" t="s">
-        <v>999</v>
+        <v>1013</v>
       </c>
       <c r="B263" t="s">
         <v>9</v>
       </c>
       <c r="C263" t="s">
-        <v>96</v>
+        <v>25</v>
       </c>
       <c r="D263" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E263" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F263" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="G263" s="1" t="s">
-        <v>1000</v>
+        <v>1014</v>
       </c>
       <c r="H263" t="s">
-        <v>1001</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="264" spans="1:8">
       <c r="A264" t="s">
-        <v>1002</v>
+        <v>1016</v>
       </c>
       <c r="B264" t="s">
         <v>9</v>
       </c>
       <c r="C264" t="s">
-        <v>99</v>
+        <v>29</v>
       </c>
       <c r="D264" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E264" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F264" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="G264" s="1" t="s">
-        <v>574</v>
+        <v>1017</v>
       </c>
       <c r="H264" t="s">
-        <v>1003</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="265" spans="1:8">
       <c r="A265" t="s">
+        <v>1019</v>
+      </c>
+      <c r="B265" t="s">
+        <v>9</v>
+      </c>
+      <c r="C265" t="s">
+        <v>33</v>
+      </c>
+      <c r="D265" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E265" t="s">
         <v>1004</v>
       </c>
-      <c r="B265" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F265" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G265" s="1" t="s">
-        <v>1005</v>
+        <v>1020</v>
       </c>
       <c r="H265" t="s">
-        <v>1006</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="266" spans="1:8">
       <c r="A266" t="s">
-        <v>1007</v>
+        <v>1022</v>
       </c>
       <c r="B266" t="s">
         <v>9</v>
       </c>
       <c r="C266" t="s">
-        <v>103</v>
+        <v>37</v>
       </c>
       <c r="D266" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E266" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F266" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G266" s="1" t="s">
-        <v>1008</v>
+        <v>1023</v>
       </c>
       <c r="H266" t="s">
-        <v>1009</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="267" spans="1:8">
       <c r="A267" t="s">
-        <v>1010</v>
+        <v>1025</v>
       </c>
       <c r="B267" t="s">
         <v>9</v>
       </c>
       <c r="C267" t="s">
-        <v>107</v>
+        <v>41</v>
       </c>
       <c r="D267" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E267" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F267" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G267" s="1" t="s">
-        <v>1011</v>
+        <v>1026</v>
       </c>
       <c r="H267" t="s">
-        <v>1012</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="268" spans="1:8">
       <c r="A268" t="s">
-        <v>1013</v>
+        <v>1028</v>
       </c>
       <c r="B268" t="s">
         <v>9</v>
       </c>
       <c r="C268" t="s">
-        <v>111</v>
+        <v>45</v>
       </c>
       <c r="D268" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E268" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F268" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="G268" s="1" t="s">
-        <v>1014</v>
+        <v>1029</v>
       </c>
       <c r="H268" t="s">
-        <v>1015</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="269" spans="1:8">
       <c r="A269" t="s">
-        <v>1016</v>
+        <v>1031</v>
       </c>
       <c r="B269" t="s">
         <v>9</v>
       </c>
       <c r="C269" t="s">
-        <v>115</v>
+        <v>49</v>
       </c>
       <c r="D269" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E269" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F269" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G269" s="1" t="s">
-        <v>1017</v>
+        <v>1032</v>
       </c>
       <c r="H269" t="s">
-        <v>1018</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="270" spans="1:8">
       <c r="A270" t="s">
-        <v>1019</v>
+        <v>1034</v>
       </c>
       <c r="B270" t="s">
         <v>9</v>
       </c>
       <c r="C270" t="s">
-        <v>122</v>
+        <v>53</v>
       </c>
       <c r="D270" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E270" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F270" t="s">
-        <v>143</v>
+        <v>253</v>
       </c>
       <c r="G270" s="1" t="s">
-        <v>574</v>
+        <v>589</v>
       </c>
       <c r="H270" t="s">
-        <v>1020</v>
+        <v>1035</v>
       </c>
     </row>
     <row r="271" spans="1:8">
       <c r="A271" t="s">
-        <v>1021</v>
+        <v>1036</v>
       </c>
       <c r="B271" t="s">
         <v>9</v>
       </c>
       <c r="C271" t="s">
-        <v>125</v>
+        <v>57</v>
       </c>
       <c r="D271" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E271" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F271" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G271" s="1" t="s">
-        <v>1022</v>
+        <v>1037</v>
       </c>
       <c r="H271" t="s">
-        <v>1023</v>
+        <v>1038</v>
       </c>
     </row>
     <row r="272" spans="1:8">
       <c r="A272" t="s">
-        <v>1024</v>
+        <v>1039</v>
       </c>
       <c r="B272" t="s">
         <v>9</v>
       </c>
       <c r="C272" t="s">
-        <v>249</v>
+        <v>61</v>
       </c>
       <c r="D272" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E272" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F272" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G272" s="1" t="s">
-        <v>574</v>
+        <v>1040</v>
       </c>
       <c r="H272" t="s">
-        <v>1025</v>
+        <v>1041</v>
       </c>
     </row>
     <row r="273" spans="1:8">
       <c r="A273" t="s">
-        <v>1026</v>
+        <v>1042</v>
       </c>
       <c r="B273" t="s">
         <v>9</v>
       </c>
       <c r="C273" t="s">
-        <v>129</v>
+        <v>65</v>
       </c>
       <c r="D273" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E273" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F273" t="s">
-        <v>233</v>
+        <v>163</v>
       </c>
       <c r="G273" s="1" t="s">
-        <v>1027</v>
+        <v>1043</v>
       </c>
       <c r="H273" t="s">
-        <v>1028</v>
+        <v>1044</v>
       </c>
     </row>
     <row r="274" spans="1:8">
       <c r="A274" t="s">
-        <v>1029</v>
+        <v>1045</v>
       </c>
       <c r="B274" t="s">
         <v>9</v>
       </c>
       <c r="C274" t="s">
-        <v>133</v>
+        <v>69</v>
       </c>
       <c r="D274" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E274" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F274" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="G274" s="1" t="s">
-        <v>1030</v>
+        <v>1046</v>
       </c>
       <c r="H274" t="s">
-        <v>1031</v>
+        <v>1047</v>
       </c>
     </row>
     <row r="275" spans="1:8">
       <c r="A275" t="s">
-        <v>1032</v>
+        <v>1048</v>
       </c>
       <c r="B275" t="s">
         <v>9</v>
       </c>
       <c r="C275" t="s">
-        <v>137</v>
+        <v>73</v>
       </c>
       <c r="D275" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E275" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F275" t="s">
-        <v>143</v>
+        <v>253</v>
       </c>
       <c r="G275" s="1" t="s">
-        <v>1033</v>
+        <v>1049</v>
       </c>
       <c r="H275" t="s">
-        <v>1034</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="276" spans="1:8">
       <c r="A276" t="s">
-        <v>1035</v>
+        <v>1051</v>
       </c>
       <c r="B276" t="s">
         <v>9</v>
       </c>
       <c r="C276" t="s">
-        <v>261</v>
+        <v>77</v>
       </c>
       <c r="D276" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E276" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F276" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="G276" s="1" t="s">
-        <v>1036</v>
+        <v>1052</v>
       </c>
       <c r="H276" t="s">
-        <v>1037</v>
+        <v>1053</v>
       </c>
     </row>
     <row r="277" spans="1:8">
       <c r="A277" t="s">
-        <v>1038</v>
+        <v>1054</v>
       </c>
       <c r="B277" t="s">
         <v>9</v>
       </c>
       <c r="C277" t="s">
-        <v>265</v>
+        <v>81</v>
       </c>
       <c r="D277" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E277" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F277" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G277" s="1" t="s">
-        <v>574</v>
+        <v>1055</v>
       </c>
       <c r="H277" t="s">
-        <v>1039</v>
+        <v>1056</v>
       </c>
     </row>
     <row r="278" spans="1:8">
       <c r="A278" t="s">
-        <v>1040</v>
+        <v>1057</v>
       </c>
       <c r="B278" t="s">
         <v>9</v>
       </c>
       <c r="C278" t="s">
-        <v>269</v>
+        <v>85</v>
       </c>
       <c r="D278" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E278" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F278" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G278" s="1" t="s">
-        <v>1041</v>
+        <v>1058</v>
       </c>
       <c r="H278" t="s">
-        <v>1042</v>
+        <v>1059</v>
       </c>
     </row>
     <row r="279" spans="1:8">
       <c r="A279" t="s">
-        <v>1043</v>
+        <v>1060</v>
       </c>
       <c r="B279" t="s">
         <v>9</v>
       </c>
       <c r="C279" t="s">
-        <v>273</v>
+        <v>89</v>
       </c>
       <c r="D279" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E279" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F279" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G279" s="1" t="s">
-        <v>1044</v>
+        <v>1061</v>
       </c>
       <c r="H279" t="s">
-        <v>1045</v>
+        <v>1062</v>
       </c>
     </row>
     <row r="280" spans="1:8">
       <c r="A280" t="s">
-        <v>1046</v>
+        <v>1063</v>
       </c>
       <c r="B280" t="s">
         <v>9</v>
       </c>
       <c r="C280" t="s">
-        <v>277</v>
+        <v>93</v>
       </c>
       <c r="D280" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E280" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F280" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G280" s="1" t="s">
-        <v>1047</v>
+        <v>1064</v>
       </c>
       <c r="H280" t="s">
-        <v>1048</v>
+        <v>1065</v>
       </c>
     </row>
     <row r="281" spans="1:8">
       <c r="A281" t="s">
-        <v>1049</v>
+        <v>1066</v>
       </c>
       <c r="B281" t="s">
         <v>9</v>
       </c>
       <c r="C281" t="s">
-        <v>281</v>
+        <v>96</v>
       </c>
       <c r="D281" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E281" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F281" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="G281" s="1" t="s">
-        <v>1050</v>
+        <v>1067</v>
       </c>
       <c r="H281" t="s">
-        <v>1051</v>
+        <v>1068</v>
       </c>
     </row>
     <row r="282" spans="1:8">
       <c r="A282" t="s">
-        <v>1052</v>
+        <v>1069</v>
       </c>
       <c r="B282" t="s">
         <v>9</v>
       </c>
       <c r="C282" t="s">
-        <v>285</v>
+        <v>99</v>
       </c>
       <c r="D282" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E282" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F282" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="G282" s="1" t="s">
-        <v>1053</v>
+        <v>589</v>
       </c>
       <c r="H282" t="s">
-        <v>1054</v>
+        <v>1070</v>
       </c>
     </row>
     <row r="283" spans="1:8">
       <c r="A283" t="s">
-        <v>1055</v>
+        <v>1071</v>
       </c>
       <c r="B283" t="s">
         <v>9</v>
       </c>
       <c r="C283" t="s">
-        <v>289</v>
+        <v>238</v>
       </c>
       <c r="D283" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E283" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F283" t="s">
-        <v>143</v>
+        <v>163</v>
       </c>
       <c r="G283" s="1" t="s">
-        <v>1056</v>
+        <v>1072</v>
       </c>
       <c r="H283" t="s">
-        <v>1057</v>
+        <v>1073</v>
       </c>
     </row>
     <row r="284" spans="1:8">
       <c r="A284" t="s">
-        <v>1058</v>
+        <v>1074</v>
       </c>
       <c r="B284" t="s">
         <v>9</v>
       </c>
       <c r="C284" t="s">
-        <v>293</v>
+        <v>103</v>
       </c>
       <c r="D284" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E284" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F284" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="G284" s="1" t="s">
-        <v>1059</v>
+        <v>1075</v>
       </c>
       <c r="H284" t="s">
-        <v>1060</v>
+        <v>1076</v>
       </c>
     </row>
     <row r="285" spans="1:8">
       <c r="A285" t="s">
-        <v>1061</v>
+        <v>1077</v>
       </c>
       <c r="B285" t="s">
         <v>9</v>
       </c>
       <c r="C285" t="s">
-        <v>297</v>
+        <v>107</v>
       </c>
       <c r="D285" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E285" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F285" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="G285" s="1" t="s">
-        <v>1062</v>
+        <v>1078</v>
       </c>
       <c r="H285" t="s">
-        <v>1063</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="286" spans="1:8">
       <c r="A286" t="s">
-        <v>1064</v>
+        <v>1080</v>
       </c>
       <c r="B286" t="s">
         <v>9</v>
       </c>
       <c r="C286" t="s">
-        <v>301</v>
+        <v>111</v>
       </c>
       <c r="D286" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E286" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F286" t="s">
-        <v>153</v>
+        <v>186</v>
       </c>
       <c r="G286" s="1" t="s">
-        <v>1065</v>
+        <v>1081</v>
       </c>
       <c r="H286" t="s">
-        <v>1066</v>
+        <v>1082</v>
       </c>
     </row>
     <row r="287" spans="1:8">
       <c r="A287" t="s">
-        <v>1067</v>
+        <v>1083</v>
       </c>
       <c r="B287" t="s">
         <v>9</v>
       </c>
       <c r="C287" t="s">
-        <v>309</v>
+        <v>115</v>
       </c>
       <c r="D287" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E287" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F287" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G287" s="1" t="s">
-        <v>1068</v>
+        <v>1084</v>
       </c>
       <c r="H287" t="s">
-        <v>1069</v>
+        <v>1085</v>
       </c>
     </row>
     <row r="288" spans="1:8">
       <c r="A288" t="s">
-        <v>1070</v>
+        <v>1086</v>
       </c>
       <c r="B288" t="s">
         <v>9</v>
       </c>
       <c r="C288" t="s">
-        <v>313</v>
+        <v>122</v>
       </c>
       <c r="D288" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E288" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F288" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G288" s="1" t="s">
-        <v>1071</v>
+        <v>589</v>
       </c>
       <c r="H288" t="s">
-        <v>1072</v>
+        <v>1087</v>
       </c>
     </row>
     <row r="289" spans="1:8">
       <c r="A289" t="s">
-        <v>1073</v>
+        <v>1088</v>
       </c>
       <c r="B289" t="s">
         <v>9</v>
       </c>
       <c r="C289" t="s">
-        <v>317</v>
+        <v>125</v>
       </c>
       <c r="D289" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E289" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F289" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G289" s="1" t="s">
-        <v>1074</v>
+        <v>1089</v>
       </c>
       <c r="H289" t="s">
-        <v>1075</v>
+        <v>1090</v>
       </c>
     </row>
     <row r="290" spans="1:8">
       <c r="A290" t="s">
-        <v>1076</v>
+        <v>1091</v>
       </c>
       <c r="B290" t="s">
         <v>9</v>
       </c>
       <c r="C290" t="s">
-        <v>321</v>
+        <v>129</v>
       </c>
       <c r="D290" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E290" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F290" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="G290" s="1" t="s">
-        <v>1077</v>
+        <v>589</v>
       </c>
       <c r="H290" t="s">
-        <v>1078</v>
+        <v>1092</v>
       </c>
     </row>
     <row r="291" spans="1:8">
       <c r="A291" t="s">
-        <v>1079</v>
+        <v>1093</v>
       </c>
       <c r="B291" t="s">
         <v>9</v>
       </c>
       <c r="C291" t="s">
-        <v>325</v>
+        <v>133</v>
       </c>
       <c r="D291" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E291" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F291" t="s">
-        <v>143</v>
+        <v>253</v>
       </c>
       <c r="G291" s="1" t="s">
-        <v>1080</v>
+        <v>1094</v>
       </c>
       <c r="H291" t="s">
-        <v>1081</v>
+        <v>1095</v>
       </c>
     </row>
     <row r="292" spans="1:8">
       <c r="A292" t="s">
-        <v>1082</v>
+        <v>1096</v>
       </c>
       <c r="B292" t="s">
         <v>9</v>
       </c>
       <c r="C292" t="s">
-        <v>329</v>
+        <v>137</v>
       </c>
       <c r="D292" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E292" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F292" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G292" s="1" t="s">
-        <v>1083</v>
+        <v>1097</v>
       </c>
       <c r="H292" t="s">
-        <v>1084</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="293" spans="1:8">
       <c r="A293" t="s">
-        <v>1085</v>
+        <v>1099</v>
       </c>
       <c r="B293" t="s">
         <v>9</v>
       </c>
       <c r="C293" t="s">
-        <v>333</v>
+        <v>141</v>
       </c>
       <c r="D293" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E293" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F293" t="s">
-        <v>223</v>
+        <v>163</v>
       </c>
       <c r="G293" s="1" t="s">
-        <v>1086</v>
+        <v>1100</v>
       </c>
       <c r="H293" t="s">
-        <v>1087</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="294" spans="1:8">
       <c r="A294" t="s">
-        <v>1088</v>
+        <v>1102</v>
       </c>
       <c r="B294" t="s">
         <v>9</v>
       </c>
       <c r="C294" t="s">
-        <v>338</v>
+        <v>280</v>
       </c>
       <c r="D294" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E294" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F294" t="s">
-        <v>153</v>
+        <v>173</v>
       </c>
       <c r="G294" s="1" t="s">
-        <v>1089</v>
+        <v>1103</v>
       </c>
       <c r="H294" t="s">
-        <v>1090</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="295" spans="1:8">
       <c r="A295" t="s">
-        <v>1091</v>
+        <v>1105</v>
       </c>
       <c r="B295" t="s">
         <v>9</v>
       </c>
       <c r="C295" t="s">
-        <v>342</v>
+        <v>145</v>
       </c>
       <c r="D295" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E295" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F295" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G295" s="1" t="s">
-        <v>1092</v>
+        <v>589</v>
       </c>
       <c r="H295" t="s">
-        <v>1093</v>
+        <v>1106</v>
       </c>
     </row>
     <row r="296" spans="1:8">
       <c r="A296" t="s">
-        <v>1094</v>
+        <v>1107</v>
       </c>
       <c r="B296" t="s">
         <v>9</v>
       </c>
       <c r="C296" t="s">
-        <v>346</v>
+        <v>149</v>
       </c>
       <c r="D296" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E296" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F296" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G296" s="1" t="s">
-        <v>1095</v>
+        <v>1108</v>
       </c>
       <c r="H296" t="s">
-        <v>1096</v>
+        <v>1109</v>
       </c>
     </row>
     <row r="297" spans="1:8">
       <c r="A297" t="s">
-        <v>1097</v>
+        <v>1110</v>
       </c>
       <c r="B297" t="s">
         <v>9</v>
       </c>
       <c r="C297" t="s">
-        <v>354</v>
+        <v>153</v>
       </c>
       <c r="D297" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E297" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F297" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G297" s="1" t="s">
-        <v>1098</v>
+        <v>1111</v>
       </c>
       <c r="H297" t="s">
-        <v>1099</v>
+        <v>1112</v>
       </c>
     </row>
     <row r="298" spans="1:8">
       <c r="A298" t="s">
-        <v>1100</v>
+        <v>1113</v>
       </c>
       <c r="B298" t="s">
         <v>9</v>
       </c>
       <c r="C298" t="s">
-        <v>358</v>
+        <v>157</v>
       </c>
       <c r="D298" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E298" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F298" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G298" s="1" t="s">
-        <v>1101</v>
+        <v>1114</v>
       </c>
       <c r="H298" t="s">
-        <v>1102</v>
+        <v>1115</v>
       </c>
     </row>
     <row r="299" spans="1:8">
       <c r="A299" t="s">
-        <v>1103</v>
+        <v>1116</v>
       </c>
       <c r="B299" t="s">
         <v>9</v>
       </c>
       <c r="C299" t="s">
-        <v>362</v>
+        <v>296</v>
       </c>
       <c r="D299" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E299" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F299" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G299" s="1" t="s">
-        <v>1104</v>
+        <v>1117</v>
       </c>
       <c r="H299" t="s">
-        <v>1105</v>
+        <v>1118</v>
       </c>
     </row>
     <row r="300" spans="1:8">
       <c r="A300" t="s">
-        <v>1106</v>
+        <v>1119</v>
       </c>
       <c r="B300" t="s">
         <v>9</v>
       </c>
       <c r="C300" t="s">
-        <v>366</v>
+        <v>300</v>
       </c>
       <c r="D300" t="s">
-        <v>936</v>
+        <v>1003</v>
       </c>
       <c r="E300" t="s">
-        <v>937</v>
+        <v>1004</v>
       </c>
       <c r="F300" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G300" s="1" t="s">
-        <v>1107</v>
+        <v>1120</v>
       </c>
       <c r="H300" t="s">
-        <v>1108</v>
+        <v>1121</v>
       </c>
     </row>
     <row r="301" spans="1:8">
       <c r="A301" t="s">
-        <v>1109</v>
+        <v>1122</v>
       </c>
       <c r="B301" t="s">
         <v>9</v>
       </c>
       <c r="C301" t="s">
-        <v>10</v>
+        <v>304</v>
       </c>
       <c r="D301" t="s">
-        <v>1110</v>
+        <v>1003</v>
       </c>
       <c r="E301" t="s">
-        <v>1111</v>
+        <v>1004</v>
       </c>
       <c r="F301" t="s">
-        <v>1112</v>
+        <v>163</v>
       </c>
       <c r="G301" s="1" t="s">
-        <v>1113</v>
+        <v>1123</v>
       </c>
       <c r="H301" t="s">
-        <v>1114</v>
+        <v>1124</v>
       </c>
     </row>
     <row r="302" spans="1:8">
       <c r="A302" t="s">
-        <v>1115</v>
+        <v>1125</v>
       </c>
       <c r="B302" t="s">
         <v>9</v>
       </c>
       <c r="C302" t="s">
-        <v>10</v>
+        <v>308</v>
       </c>
       <c r="D302" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E302" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F302" t="s">
-        <v>13</v>
+        <v>243</v>
       </c>
       <c r="G302" s="1" t="s">
-        <v>1118</v>
+        <v>1126</v>
       </c>
       <c r="H302" t="s">
-        <v>1119</v>
+        <v>1127</v>
       </c>
     </row>
     <row r="303" spans="1:8">
       <c r="A303" t="s">
-        <v>1120</v>
+        <v>1128</v>
       </c>
       <c r="B303" t="s">
         <v>9</v>
       </c>
       <c r="C303" t="s">
-        <v>17</v>
+        <v>312</v>
       </c>
       <c r="D303" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E303" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F303" t="s">
-        <v>13</v>
+        <v>243</v>
       </c>
       <c r="G303" s="1" t="s">
-        <v>1121</v>
+        <v>1129</v>
       </c>
       <c r="H303" t="s">
-        <v>1122</v>
+        <v>1130</v>
       </c>
     </row>
     <row r="304" spans="1:8">
       <c r="A304" t="s">
-        <v>1123</v>
+        <v>1131</v>
       </c>
       <c r="B304" t="s">
         <v>9</v>
       </c>
       <c r="C304" t="s">
-        <v>21</v>
+        <v>316</v>
       </c>
       <c r="D304" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E304" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F304" t="s">
-        <v>13</v>
+        <v>173</v>
       </c>
       <c r="G304" s="1" t="s">
-        <v>1124</v>
+        <v>1132</v>
       </c>
       <c r="H304" t="s">
-        <v>1125</v>
+        <v>1133</v>
       </c>
     </row>
     <row r="305" spans="1:8">
       <c r="A305" t="s">
-        <v>1126</v>
+        <v>1134</v>
       </c>
       <c r="B305" t="s">
         <v>9</v>
       </c>
       <c r="C305" t="s">
-        <v>29</v>
+        <v>324</v>
       </c>
       <c r="D305" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E305" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F305" t="s">
-        <v>13</v>
+        <v>253</v>
       </c>
       <c r="G305" s="1" t="s">
-        <v>1127</v>
+        <v>1135</v>
       </c>
       <c r="H305" t="s">
-        <v>1128</v>
+        <v>1136</v>
       </c>
     </row>
     <row r="306" spans="1:8">
       <c r="A306" t="s">
-        <v>1129</v>
+        <v>1137</v>
       </c>
       <c r="B306" t="s">
         <v>9</v>
       </c>
       <c r="C306" t="s">
-        <v>33</v>
+        <v>328</v>
       </c>
       <c r="D306" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E306" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F306" t="s">
-        <v>13</v>
+        <v>173</v>
       </c>
       <c r="G306" s="1" t="s">
-        <v>1130</v>
+        <v>1138</v>
       </c>
       <c r="H306" t="s">
-        <v>1131</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="307" spans="1:8">
       <c r="A307" t="s">
-        <v>1132</v>
+        <v>1140</v>
       </c>
       <c r="B307" t="s">
         <v>9</v>
       </c>
       <c r="C307" t="s">
-        <v>37</v>
+        <v>332</v>
       </c>
       <c r="D307" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E307" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F307" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G307" s="1" t="s">
-        <v>1133</v>
+        <v>1141</v>
       </c>
       <c r="H307" t="s">
-        <v>1134</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="308" spans="1:8">
       <c r="A308" t="s">
-        <v>1135</v>
+        <v>1143</v>
       </c>
       <c r="B308" t="s">
         <v>9</v>
       </c>
       <c r="C308" t="s">
-        <v>41</v>
+        <v>336</v>
       </c>
       <c r="D308" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E308" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F308" t="s">
-        <v>13</v>
+        <v>211</v>
       </c>
       <c r="G308" s="1" t="s">
-        <v>1136</v>
+        <v>1144</v>
       </c>
       <c r="H308" t="s">
-        <v>1137</v>
+        <v>1145</v>
       </c>
     </row>
     <row r="309" spans="1:8">
       <c r="A309" t="s">
-        <v>1138</v>
+        <v>1146</v>
       </c>
       <c r="B309" t="s">
         <v>9</v>
       </c>
       <c r="C309" t="s">
-        <v>45</v>
+        <v>340</v>
       </c>
       <c r="D309" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E309" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F309" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G309" s="1" t="s">
-        <v>1139</v>
+        <v>1147</v>
       </c>
       <c r="H309" t="s">
-        <v>1140</v>
+        <v>1148</v>
       </c>
     </row>
     <row r="310" spans="1:8">
       <c r="A310" t="s">
-        <v>1141</v>
+        <v>1149</v>
       </c>
       <c r="B310" t="s">
         <v>9</v>
       </c>
       <c r="C310" t="s">
-        <v>49</v>
+        <v>344</v>
       </c>
       <c r="D310" t="s">
-        <v>1116</v>
+        <v>1003</v>
       </c>
       <c r="E310" t="s">
-        <v>1117</v>
+        <v>1004</v>
       </c>
       <c r="F310" t="s">
-        <v>13</v>
+        <v>163</v>
       </c>
       <c r="G310" s="1" t="s">
-        <v>1142</v>
+        <v>1150</v>
       </c>
       <c r="H310" t="s">
-        <v>1143</v>
+        <v>1151</v>
       </c>
     </row>
     <row r="311" spans="1:8">
       <c r="A311" t="s">
-        <v>1144</v>
+        <v>1152</v>
       </c>
       <c r="B311" t="s">
         <v>9</v>
       </c>
       <c r="C311" t="s">
-        <v>10</v>
+        <v>348</v>
       </c>
       <c r="D311" t="s">
-        <v>1145</v>
+        <v>1003</v>
       </c>
       <c r="E311" t="s">
-        <v>1146</v>
+        <v>1004</v>
       </c>
       <c r="F311" t="s">
-        <v>233</v>
+        <v>243</v>
       </c>
       <c r="G311" s="1" t="s">
-        <v>1147</v>
+        <v>1153</v>
       </c>
       <c r="H311" t="s">
-        <v>1148</v>
+        <v>1154</v>
       </c>
     </row>
     <row r="312" spans="1:8">
       <c r="A312" t="s">
-        <v>1149</v>
+        <v>1155</v>
       </c>
       <c r="B312" t="s">
         <v>9</v>
       </c>
       <c r="C312" t="s">
-        <v>17</v>
+        <v>353</v>
       </c>
       <c r="D312" t="s">
-        <v>1145</v>
+        <v>1003</v>
       </c>
       <c r="E312" t="s">
-        <v>1146</v>
+        <v>1004</v>
       </c>
       <c r="F312" t="s">
-        <v>233</v>
+        <v>173</v>
       </c>
       <c r="G312" s="1" t="s">
-        <v>1150</v>
+        <v>1156</v>
       </c>
       <c r="H312" t="s">
-        <v>1151</v>
+        <v>1157</v>
       </c>
     </row>
     <row r="313" spans="1:8">
       <c r="A313" t="s">
-        <v>1152</v>
+        <v>1158</v>
       </c>
       <c r="B313" t="s">
         <v>9</v>
       </c>
       <c r="C313" t="s">
-        <v>21</v>
+        <v>357</v>
       </c>
       <c r="D313" t="s">
-        <v>1145</v>
+        <v>1003</v>
       </c>
       <c r="E313" t="s">
-        <v>1146</v>
+        <v>1004</v>
       </c>
       <c r="F313" t="s">
-        <v>143</v>
+        <v>173</v>
       </c>
       <c r="G313" s="1" t="s">
-        <v>1153</v>
+        <v>1159</v>
       </c>
       <c r="H313" t="s">
-        <v>1154</v>
+        <v>1160</v>
       </c>
     </row>
     <row r="314" spans="1:8">
       <c r="A314" t="s">
-        <v>1155</v>
+        <v>1161</v>
       </c>
       <c r="B314" t="s">
         <v>9</v>
       </c>
       <c r="C314" t="s">
-        <v>25</v>
+        <v>361</v>
       </c>
       <c r="D314" t="s">
-        <v>1145</v>
+        <v>1003</v>
       </c>
       <c r="E314" t="s">
-        <v>1146</v>
+        <v>1004</v>
       </c>
       <c r="F314" t="s">
-        <v>143</v>
+        <v>211</v>
       </c>
       <c r="G314" s="1" t="s">
-        <v>1156</v>
+        <v>1162</v>
       </c>
       <c r="H314" t="s">
-        <v>1157</v>
+        <v>1163</v>
       </c>
     </row>
     <row r="315" spans="1:8">
       <c r="A315" t="s">
-        <v>1158</v>
+        <v>1164</v>
       </c>
       <c r="B315" t="s">
         <v>9</v>
       </c>
       <c r="C315" t="s">
-        <v>29</v>
+        <v>369</v>
       </c>
       <c r="D315" t="s">
-        <v>1145</v>
+        <v>1003</v>
       </c>
       <c r="E315" t="s">
-        <v>1146</v>
+        <v>1004</v>
       </c>
       <c r="F315" t="s">
-        <v>191</v>
+        <v>163</v>
       </c>
       <c r="G315" s="1" t="s">
-        <v>1159</v>
+        <v>1165</v>
       </c>
       <c r="H315" t="s">
-        <v>1160</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="316" spans="1:8">
       <c r="A316" t="s">
-        <v>1161</v>
+        <v>1167</v>
       </c>
       <c r="B316" t="s">
         <v>9</v>
       </c>
       <c r="C316" t="s">
-        <v>33</v>
+        <v>373</v>
       </c>
       <c r="D316" t="s">
-        <v>1145</v>
+        <v>1003</v>
       </c>
       <c r="E316" t="s">
-        <v>1146</v>
+        <v>1004</v>
       </c>
       <c r="F316" t="s">
-        <v>104</v>
+        <v>211</v>
       </c>
       <c r="G316" s="1" t="s">
-        <v>1162</v>
+        <v>1168</v>
       </c>
       <c r="H316" t="s">
-        <v>1163</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="317" spans="1:8">
       <c r="A317" t="s">
-        <v>1164</v>
+        <v>1170</v>
       </c>
       <c r="B317" t="s">
         <v>9</v>
       </c>
       <c r="C317" t="s">
-        <v>37</v>
+        <v>377</v>
       </c>
       <c r="D317" t="s">
-        <v>1145</v>
+        <v>1003</v>
       </c>
       <c r="E317" t="s">
-        <v>1146</v>
+        <v>1004</v>
       </c>
       <c r="F317" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G317" s="1" t="s">
-        <v>1165</v>
+        <v>1171</v>
       </c>
       <c r="H317" t="s">
-        <v>1166</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="318" spans="1:8">
       <c r="A318" t="s">
-        <v>1167</v>
+        <v>1173</v>
       </c>
       <c r="B318" t="s">
         <v>9</v>
       </c>
       <c r="C318" t="s">
-        <v>17</v>
+        <v>381</v>
       </c>
       <c r="D318" t="s">
-        <v>1168</v>
+        <v>1003</v>
       </c>
       <c r="E318" t="s">
-        <v>1169</v>
+        <v>1004</v>
       </c>
       <c r="F318" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G318" s="1" t="s">
-        <v>1170</v>
+        <v>1174</v>
       </c>
       <c r="H318" t="s">
-        <v>1171</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="319" spans="1:8">
       <c r="A319" t="s">
-        <v>1172</v>
+        <v>1176</v>
       </c>
       <c r="B319" t="s">
         <v>9</v>
       </c>
       <c r="C319" t="s">
-        <v>10</v>
+        <v>385</v>
       </c>
       <c r="D319" t="s">
-        <v>1173</v>
+        <v>1003</v>
       </c>
       <c r="E319" t="s">
-        <v>1174</v>
+        <v>1004</v>
       </c>
       <c r="F319" t="s">
-        <v>104</v>
+        <v>243</v>
       </c>
       <c r="G319" s="1" t="s">
-        <v>1175</v>
+        <v>1177</v>
       </c>
       <c r="H319" t="s">
-        <v>1176</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="320" spans="1:8">
       <c r="A320" t="s">
-        <v>1177</v>
+        <v>1179</v>
       </c>
       <c r="B320" t="s">
         <v>9</v>
       </c>
       <c r="C320" t="s">
-        <v>10</v>
+        <v>389</v>
       </c>
       <c r="D320" t="s">
-        <v>1178</v>
+        <v>1003</v>
       </c>
       <c r="E320" t="s">
-        <v>1179</v>
+        <v>1004</v>
       </c>
       <c r="F320" t="s">
-        <v>104</v>
+        <v>163</v>
       </c>
       <c r="G320" s="1" t="s">
         <v>1180</v>
       </c>
       <c r="H320" t="s">
         <v>1181</v>
       </c>
     </row>
     <row r="321" spans="1:8">
       <c r="A321" t="s">
         <v>1182</v>
       </c>
       <c r="B321" t="s">
         <v>9</v>
       </c>
       <c r="C321" t="s">
-        <v>10</v>
+        <v>393</v>
       </c>
       <c r="D321" t="s">
+        <v>1003</v>
+      </c>
+      <c r="E321" t="s">
+        <v>1004</v>
+      </c>
+      <c r="F321" t="s">
+        <v>163</v>
+      </c>
+      <c r="G321" s="1" t="s">
         <v>1183</v>
       </c>
-      <c r="E321" t="s">
+      <c r="H321" t="s">
         <v>1184</v>
-      </c>
-[...7 lines deleted...]
-        <v>1186</v>
       </c>
     </row>
     <row r="322" spans="1:8">
       <c r="A322" t="s">
+        <v>1185</v>
+      </c>
+      <c r="B322" t="s">
+        <v>9</v>
+      </c>
+      <c r="C322" t="s">
+        <v>10</v>
+      </c>
+      <c r="D322" t="s">
+        <v>1186</v>
+      </c>
+      <c r="E322" t="s">
         <v>1187</v>
       </c>
-      <c r="B322" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F322" t="s">
-        <v>166</v>
+        <v>1188</v>
       </c>
       <c r="G322" s="1" t="s">
-        <v>1188</v>
+        <v>1189</v>
       </c>
       <c r="H322" t="s">
-        <v>1189</v>
+        <v>1190</v>
       </c>
     </row>
     <row r="323" spans="1:8">
       <c r="A323" t="s">
-        <v>1190</v>
+        <v>1191</v>
       </c>
       <c r="B323" t="s">
         <v>9</v>
       </c>
       <c r="C323" t="s">
-        <v>21</v>
+        <v>10</v>
       </c>
       <c r="D323" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E323" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F323" t="s">
-        <v>191</v>
+        <v>13</v>
       </c>
       <c r="G323" s="1" t="s">
-        <v>1191</v>
+        <v>1194</v>
       </c>
       <c r="H323" t="s">
-        <v>1192</v>
+        <v>1195</v>
       </c>
     </row>
     <row r="324" spans="1:8">
       <c r="A324" t="s">
+        <v>1196</v>
+      </c>
+      <c r="B324" t="s">
+        <v>9</v>
+      </c>
+      <c r="C324" t="s">
+        <v>17</v>
+      </c>
+      <c r="D324" t="s">
+        <v>1192</v>
+      </c>
+      <c r="E324" t="s">
         <v>1193</v>
       </c>
-      <c r="B324" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F324" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G324" s="1" t="s">
-        <v>1194</v>
+        <v>1197</v>
       </c>
       <c r="H324" t="s">
-        <v>1195</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="325" spans="1:8">
       <c r="A325" t="s">
-        <v>1196</v>
+        <v>1199</v>
       </c>
       <c r="B325" t="s">
         <v>9</v>
       </c>
       <c r="C325" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="D325" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E325" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F325" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G325" s="1" t="s">
-        <v>1197</v>
+        <v>1200</v>
       </c>
       <c r="H325" t="s">
-        <v>1198</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="326" spans="1:8">
       <c r="A326" t="s">
-        <v>1199</v>
+        <v>1202</v>
       </c>
       <c r="B326" t="s">
         <v>9</v>
       </c>
       <c r="C326" t="s">
-        <v>33</v>
+        <v>29</v>
       </c>
       <c r="D326" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E326" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F326" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G326" s="1" t="s">
-        <v>1200</v>
+        <v>1203</v>
       </c>
       <c r="H326" t="s">
-        <v>1201</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="327" spans="1:8">
       <c r="A327" t="s">
-        <v>1202</v>
+        <v>1205</v>
       </c>
       <c r="B327" t="s">
         <v>9</v>
       </c>
       <c r="C327" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="D327" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E327" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F327" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G327" s="1" t="s">
-        <v>1203</v>
+        <v>1206</v>
       </c>
       <c r="H327" t="s">
-        <v>1204</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="328" spans="1:8">
       <c r="A328" t="s">
-        <v>1205</v>
+        <v>1208</v>
       </c>
       <c r="B328" t="s">
         <v>9</v>
       </c>
       <c r="C328" t="s">
-        <v>41</v>
+        <v>37</v>
       </c>
       <c r="D328" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E328" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F328" t="s">
-        <v>223</v>
+        <v>13</v>
       </c>
       <c r="G328" s="1" t="s">
-        <v>1206</v>
+        <v>1209</v>
       </c>
       <c r="H328" t="s">
-        <v>1207</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="329" spans="1:8">
       <c r="A329" t="s">
-        <v>1208</v>
+        <v>1211</v>
       </c>
       <c r="B329" t="s">
         <v>9</v>
       </c>
       <c r="C329" t="s">
-        <v>45</v>
+        <v>41</v>
       </c>
       <c r="D329" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E329" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F329" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G329" s="1" t="s">
-        <v>574</v>
+        <v>1212</v>
       </c>
       <c r="H329" t="s">
-        <v>1209</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="330" spans="1:8">
       <c r="A330" t="s">
-        <v>1210</v>
+        <v>1214</v>
       </c>
       <c r="B330" t="s">
         <v>9</v>
       </c>
       <c r="C330" t="s">
-        <v>49</v>
+        <v>45</v>
       </c>
       <c r="D330" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E330" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F330" t="s">
-        <v>166</v>
+        <v>13</v>
       </c>
       <c r="G330" s="1" t="s">
-        <v>574</v>
+        <v>1215</v>
       </c>
       <c r="H330" t="s">
-        <v>1211</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="331" spans="1:8">
       <c r="A331" t="s">
-        <v>1212</v>
+        <v>1217</v>
       </c>
       <c r="B331" t="s">
         <v>9</v>
       </c>
       <c r="C331" t="s">
-        <v>53</v>
+        <v>49</v>
       </c>
       <c r="D331" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E331" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F331" t="s">
-        <v>1213</v>
+        <v>13</v>
       </c>
       <c r="G331" s="1" t="s">
-        <v>1214</v>
+        <v>1218</v>
       </c>
       <c r="H331" t="s">
-        <v>1215</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="332" spans="1:8">
       <c r="A332" t="s">
-        <v>1216</v>
+        <v>1220</v>
       </c>
       <c r="B332" t="s">
         <v>9</v>
       </c>
       <c r="C332" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="D332" t="s">
-        <v>1183</v>
+        <v>1192</v>
       </c>
       <c r="E332" t="s">
-        <v>1184</v>
+        <v>1193</v>
       </c>
       <c r="F332" t="s">
-        <v>223</v>
+        <v>13</v>
       </c>
       <c r="G332" s="1" t="s">
-        <v>1217</v>
+        <v>1221</v>
       </c>
       <c r="H332" t="s">
-        <v>1218</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="333" spans="1:8">
       <c r="A333" t="s">
-        <v>1219</v>
+        <v>1223</v>
       </c>
       <c r="B333" t="s">
         <v>9</v>
       </c>
       <c r="C333" t="s">
-        <v>61</v>
+        <v>10</v>
       </c>
       <c r="D333" t="s">
-        <v>1183</v>
+        <v>1224</v>
       </c>
       <c r="E333" t="s">
-        <v>1184</v>
+        <v>1225</v>
       </c>
       <c r="F333" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="G333" s="1" t="s">
-        <v>1220</v>
+        <v>1226</v>
       </c>
       <c r="H333" t="s">
-        <v>1221</v>
+        <v>1227</v>
       </c>
     </row>
     <row r="334" spans="1:8">
       <c r="A334" t="s">
-        <v>1222</v>
+        <v>1228</v>
       </c>
       <c r="B334" t="s">
         <v>9</v>
       </c>
       <c r="C334" t="s">
-        <v>65</v>
+        <v>17</v>
       </c>
       <c r="D334" t="s">
-        <v>1183</v>
+        <v>1224</v>
       </c>
       <c r="E334" t="s">
-        <v>1184</v>
+        <v>1225</v>
       </c>
       <c r="F334" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G334" s="1" t="s">
-        <v>1223</v>
+        <v>1229</v>
       </c>
       <c r="H334" t="s">
-        <v>1224</v>
+        <v>1230</v>
       </c>
     </row>
     <row r="335" spans="1:8">
       <c r="A335" t="s">
+        <v>1231</v>
+      </c>
+      <c r="B335" t="s">
+        <v>9</v>
+      </c>
+      <c r="C335" t="s">
+        <v>21</v>
+      </c>
+      <c r="D335" t="s">
+        <v>1224</v>
+      </c>
+      <c r="E335" t="s">
         <v>1225</v>
       </c>
-      <c r="B335" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F335" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G335" s="1" t="s">
-        <v>1226</v>
+        <v>1232</v>
       </c>
       <c r="H335" t="s">
-        <v>1227</v>
+        <v>1233</v>
       </c>
     </row>
     <row r="336" spans="1:8">
       <c r="A336" t="s">
-        <v>1228</v>
+        <v>1234</v>
       </c>
       <c r="B336" t="s">
         <v>9</v>
       </c>
       <c r="C336" t="s">
-        <v>73</v>
+        <v>25</v>
       </c>
       <c r="D336" t="s">
-        <v>1183</v>
+        <v>1224</v>
       </c>
       <c r="E336" t="s">
-        <v>1184</v>
+        <v>1225</v>
       </c>
       <c r="F336" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G336" s="1" t="s">
-        <v>1229</v>
+        <v>1235</v>
       </c>
       <c r="H336" t="s">
-        <v>1230</v>
+        <v>1236</v>
       </c>
     </row>
     <row r="337" spans="1:8">
       <c r="A337" t="s">
-        <v>1231</v>
+        <v>1237</v>
       </c>
       <c r="B337" t="s">
         <v>9</v>
       </c>
       <c r="C337" t="s">
-        <v>77</v>
+        <v>29</v>
       </c>
       <c r="D337" t="s">
-        <v>1183</v>
+        <v>1224</v>
       </c>
       <c r="E337" t="s">
-        <v>1184</v>
+        <v>1225</v>
       </c>
       <c r="F337" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G337" s="1" t="s">
-        <v>1232</v>
+        <v>1238</v>
       </c>
       <c r="H337" t="s">
-        <v>1233</v>
+        <v>1239</v>
       </c>
     </row>
     <row r="338" spans="1:8">
       <c r="A338" t="s">
-        <v>1234</v>
+        <v>1240</v>
       </c>
       <c r="B338" t="s">
         <v>9</v>
       </c>
       <c r="C338" t="s">
-        <v>81</v>
+        <v>33</v>
       </c>
       <c r="D338" t="s">
-        <v>1183</v>
+        <v>1224</v>
       </c>
       <c r="E338" t="s">
-        <v>1184</v>
+        <v>1225</v>
       </c>
       <c r="F338" t="s">
-        <v>233</v>
+        <v>104</v>
       </c>
       <c r="G338" s="1" t="s">
-        <v>1235</v>
+        <v>1241</v>
       </c>
       <c r="H338" t="s">
-        <v>1236</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="339" spans="1:8">
       <c r="A339" t="s">
-        <v>1237</v>
+        <v>1243</v>
       </c>
       <c r="B339" t="s">
         <v>9</v>
       </c>
       <c r="C339" t="s">
-        <v>85</v>
+        <v>37</v>
       </c>
       <c r="D339" t="s">
-        <v>1183</v>
+        <v>1224</v>
       </c>
       <c r="E339" t="s">
-        <v>1184</v>
+        <v>1225</v>
       </c>
       <c r="F339" t="s">
-        <v>153</v>
+        <v>253</v>
       </c>
       <c r="G339" s="1" t="s">
-        <v>1238</v>
+        <v>1244</v>
       </c>
       <c r="H339" t="s">
-        <v>1239</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="340" spans="1:8">
       <c r="A340" t="s">
-        <v>1240</v>
+        <v>1246</v>
       </c>
       <c r="B340" t="s">
         <v>9</v>
       </c>
       <c r="C340" t="s">
-        <v>93</v>
+        <v>17</v>
       </c>
       <c r="D340" t="s">
-        <v>1183</v>
+        <v>1247</v>
       </c>
       <c r="E340" t="s">
-        <v>1184</v>
+        <v>1248</v>
       </c>
       <c r="F340" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
       <c r="G340" s="1" t="s">
-        <v>1241</v>
+        <v>1249</v>
       </c>
       <c r="H340" t="s">
-        <v>1242</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="341" spans="1:8">
       <c r="A341" t="s">
-        <v>1243</v>
+        <v>1251</v>
       </c>
       <c r="B341" t="s">
         <v>9</v>
       </c>
       <c r="C341" t="s">
-        <v>96</v>
+        <v>10</v>
       </c>
       <c r="D341" t="s">
-        <v>1183</v>
+        <v>1252</v>
       </c>
       <c r="E341" t="s">
-        <v>1184</v>
+        <v>1253</v>
       </c>
       <c r="F341" t="s">
-        <v>233</v>
+        <v>104</v>
       </c>
       <c r="G341" s="1" t="s">
-        <v>1244</v>
+        <v>1254</v>
       </c>
       <c r="H341" t="s">
-        <v>1245</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="342" spans="1:8">
       <c r="A342" t="s">
-        <v>1246</v>
+        <v>1256</v>
       </c>
       <c r="B342" t="s">
         <v>9</v>
       </c>
       <c r="C342" t="s">
-        <v>99</v>
+        <v>10</v>
       </c>
       <c r="D342" t="s">
-        <v>1183</v>
+        <v>1257</v>
       </c>
       <c r="E342" t="s">
-        <v>1184</v>
+        <v>1258</v>
       </c>
       <c r="F342" t="s">
-        <v>191</v>
+        <v>104</v>
       </c>
       <c r="G342" s="1" t="s">
-        <v>1247</v>
+        <v>1259</v>
       </c>
       <c r="H342" t="s">
-        <v>1248</v>
+        <v>1260</v>
       </c>
     </row>
     <row r="343" spans="1:8">
       <c r="A343" t="s">
-        <v>1249</v>
+        <v>1261</v>
       </c>
       <c r="B343" t="s">
         <v>9</v>
       </c>
       <c r="C343" t="s">
-        <v>218</v>
+        <v>10</v>
       </c>
       <c r="D343" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E343" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F343" t="s">
-        <v>223</v>
+        <v>186</v>
       </c>
       <c r="G343" s="1" t="s">
-        <v>1250</v>
+        <v>1264</v>
       </c>
       <c r="H343" t="s">
-        <v>1251</v>
+        <v>1265</v>
       </c>
     </row>
     <row r="344" spans="1:8">
       <c r="A344" t="s">
-        <v>1252</v>
+        <v>1266</v>
       </c>
       <c r="B344" t="s">
         <v>9</v>
       </c>
       <c r="C344" t="s">
-        <v>222</v>
+        <v>17</v>
       </c>
       <c r="D344" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E344" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F344" t="s">
-        <v>223</v>
+        <v>186</v>
       </c>
       <c r="G344" s="1" t="s">
-        <v>1253</v>
+        <v>1267</v>
       </c>
       <c r="H344" t="s">
-        <v>1254</v>
+        <v>1268</v>
       </c>
     </row>
     <row r="345" spans="1:8">
       <c r="A345" t="s">
-        <v>1255</v>
+        <v>1269</v>
       </c>
       <c r="B345" t="s">
         <v>9</v>
       </c>
       <c r="C345" t="s">
-        <v>103</v>
+        <v>21</v>
       </c>
       <c r="D345" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E345" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F345" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G345" s="1" t="s">
-        <v>574</v>
+        <v>1270</v>
       </c>
       <c r="H345" t="s">
-        <v>1256</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="346" spans="1:8">
       <c r="A346" t="s">
-        <v>1257</v>
+        <v>1272</v>
       </c>
       <c r="B346" t="s">
         <v>9</v>
       </c>
       <c r="C346" t="s">
-        <v>107</v>
+        <v>25</v>
       </c>
       <c r="D346" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E346" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F346" t="s">
-        <v>223</v>
+        <v>186</v>
       </c>
       <c r="G346" s="1" t="s">
-        <v>574</v>
+        <v>1273</v>
       </c>
       <c r="H346" t="s">
-        <v>1258</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="347" spans="1:8">
       <c r="A347" t="s">
-        <v>1259</v>
+        <v>1275</v>
       </c>
       <c r="B347" t="s">
         <v>9</v>
       </c>
       <c r="C347" t="s">
-        <v>111</v>
+        <v>29</v>
       </c>
       <c r="D347" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E347" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F347" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G347" s="1" t="s">
-        <v>1260</v>
+        <v>1276</v>
       </c>
       <c r="H347" t="s">
-        <v>1261</v>
+        <v>1277</v>
       </c>
     </row>
     <row r="348" spans="1:8">
       <c r="A348" t="s">
+        <v>1278</v>
+      </c>
+      <c r="B348" t="s">
+        <v>9</v>
+      </c>
+      <c r="C348" t="s">
+        <v>33</v>
+      </c>
+      <c r="D348" t="s">
         <v>1262</v>
       </c>
-      <c r="B348" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="E348" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F348" t="s">
-        <v>233</v>
+        <v>186</v>
       </c>
       <c r="G348" s="1" t="s">
-        <v>1263</v>
+        <v>1279</v>
       </c>
       <c r="H348" t="s">
-        <v>1264</v>
+        <v>1280</v>
       </c>
     </row>
     <row r="349" spans="1:8">
       <c r="A349" t="s">
-        <v>1265</v>
+        <v>1281</v>
       </c>
       <c r="B349" t="s">
         <v>9</v>
       </c>
       <c r="C349" t="s">
-        <v>119</v>
+        <v>37</v>
       </c>
       <c r="D349" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E349" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F349" t="s">
-        <v>214</v>
+        <v>186</v>
       </c>
       <c r="G349" s="1" t="s">
-        <v>1266</v>
+        <v>1282</v>
       </c>
       <c r="H349" t="s">
-        <v>1267</v>
+        <v>1283</v>
       </c>
     </row>
     <row r="350" spans="1:8">
       <c r="A350" t="s">
-        <v>1268</v>
+        <v>1284</v>
       </c>
       <c r="B350" t="s">
         <v>9</v>
       </c>
       <c r="C350" t="s">
-        <v>122</v>
+        <v>41</v>
       </c>
       <c r="D350" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E350" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F350" t="s">
-        <v>223</v>
+        <v>243</v>
       </c>
       <c r="G350" s="1" t="s">
-        <v>1269</v>
+        <v>1285</v>
       </c>
       <c r="H350" t="s">
-        <v>1270</v>
+        <v>1286</v>
       </c>
     </row>
     <row r="351" spans="1:8">
       <c r="A351" t="s">
-        <v>1271</v>
+        <v>1287</v>
       </c>
       <c r="B351" t="s">
         <v>9</v>
       </c>
       <c r="C351" t="s">
-        <v>125</v>
+        <v>45</v>
       </c>
       <c r="D351" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E351" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F351" t="s">
-        <v>143</v>
+        <v>186</v>
       </c>
       <c r="G351" s="1" t="s">
-        <v>1272</v>
+        <v>589</v>
       </c>
       <c r="H351" t="s">
-        <v>1273</v>
+        <v>1288</v>
       </c>
     </row>
     <row r="352" spans="1:8">
       <c r="A352" t="s">
-        <v>1274</v>
+        <v>1289</v>
       </c>
       <c r="B352" t="s">
         <v>9</v>
       </c>
       <c r="C352" t="s">
-        <v>249</v>
+        <v>49</v>
       </c>
       <c r="D352" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E352" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F352" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G352" s="1" t="s">
-        <v>1275</v>
+        <v>589</v>
       </c>
       <c r="H352" t="s">
-        <v>1276</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="353" spans="1:8">
       <c r="A353" t="s">
-        <v>1277</v>
+        <v>1291</v>
       </c>
       <c r="B353" t="s">
         <v>9</v>
       </c>
       <c r="C353" t="s">
-        <v>129</v>
+        <v>53</v>
       </c>
       <c r="D353" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E353" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F353" t="s">
-        <v>191</v>
+        <v>1292</v>
       </c>
       <c r="G353" s="1" t="s">
-        <v>1278</v>
+        <v>1293</v>
       </c>
       <c r="H353" t="s">
-        <v>1279</v>
+        <v>1294</v>
       </c>
     </row>
     <row r="354" spans="1:8">
       <c r="A354" t="s">
-        <v>1280</v>
+        <v>1295</v>
       </c>
       <c r="B354" t="s">
         <v>9</v>
       </c>
       <c r="C354" t="s">
-        <v>133</v>
+        <v>57</v>
       </c>
       <c r="D354" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E354" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F354" t="s">
-        <v>153</v>
+        <v>243</v>
       </c>
       <c r="G354" s="1" t="s">
-        <v>1281</v>
+        <v>1296</v>
       </c>
       <c r="H354" t="s">
-        <v>1282</v>
+        <v>1297</v>
       </c>
     </row>
     <row r="355" spans="1:8">
       <c r="A355" t="s">
-        <v>1283</v>
+        <v>1298</v>
       </c>
       <c r="B355" t="s">
         <v>9</v>
       </c>
       <c r="C355" t="s">
-        <v>137</v>
+        <v>61</v>
       </c>
       <c r="D355" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E355" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F355" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G355" s="1" t="s">
-        <v>1284</v>
+        <v>1299</v>
       </c>
       <c r="H355" t="s">
-        <v>1285</v>
+        <v>1300</v>
       </c>
     </row>
     <row r="356" spans="1:8">
       <c r="A356" t="s">
-        <v>1286</v>
+        <v>1301</v>
       </c>
       <c r="B356" t="s">
         <v>9</v>
       </c>
       <c r="C356" t="s">
-        <v>261</v>
+        <v>65</v>
       </c>
       <c r="D356" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E356" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F356" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G356" s="1" t="s">
-        <v>1287</v>
+        <v>1302</v>
       </c>
       <c r="H356" t="s">
-        <v>1288</v>
+        <v>1303</v>
       </c>
     </row>
     <row r="357" spans="1:8">
       <c r="A357" t="s">
-        <v>1289</v>
+        <v>1304</v>
       </c>
       <c r="B357" t="s">
         <v>9</v>
       </c>
       <c r="C357" t="s">
-        <v>265</v>
+        <v>69</v>
       </c>
       <c r="D357" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E357" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F357" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G357" s="1" t="s">
-        <v>574</v>
+        <v>1305</v>
       </c>
       <c r="H357" t="s">
-        <v>1290</v>
+        <v>1306</v>
       </c>
     </row>
     <row r="358" spans="1:8">
       <c r="A358" t="s">
-        <v>1291</v>
+        <v>1307</v>
       </c>
       <c r="B358" t="s">
         <v>9</v>
       </c>
       <c r="C358" t="s">
-        <v>269</v>
+        <v>73</v>
       </c>
       <c r="D358" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E358" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F358" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G358" s="1" t="s">
-        <v>1292</v>
+        <v>1308</v>
       </c>
       <c r="H358" t="s">
-        <v>1293</v>
+        <v>1309</v>
       </c>
     </row>
     <row r="359" spans="1:8">
       <c r="A359" t="s">
-        <v>1294</v>
+        <v>1310</v>
       </c>
       <c r="B359" t="s">
         <v>9</v>
       </c>
       <c r="C359" t="s">
-        <v>273</v>
+        <v>77</v>
       </c>
       <c r="D359" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E359" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F359" t="s">
-        <v>656</v>
+        <v>211</v>
       </c>
       <c r="G359" s="1" t="s">
-        <v>1295</v>
+        <v>1311</v>
       </c>
       <c r="H359" t="s">
-        <v>1296</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="360" spans="1:8">
       <c r="A360" t="s">
-        <v>1297</v>
+        <v>1313</v>
       </c>
       <c r="B360" t="s">
         <v>9</v>
       </c>
       <c r="C360" t="s">
-        <v>277</v>
+        <v>81</v>
       </c>
       <c r="D360" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E360" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F360" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="G360" s="1" t="s">
-        <v>1298</v>
+        <v>1314</v>
       </c>
       <c r="H360" t="s">
-        <v>1299</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="361" spans="1:8">
       <c r="A361" t="s">
-        <v>1300</v>
+        <v>1316</v>
       </c>
       <c r="B361" t="s">
         <v>9</v>
       </c>
       <c r="C361" t="s">
-        <v>281</v>
+        <v>85</v>
       </c>
       <c r="D361" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E361" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F361" t="s">
-        <v>191</v>
+        <v>173</v>
       </c>
       <c r="G361" s="1" t="s">
-        <v>1301</v>
+        <v>1317</v>
       </c>
       <c r="H361" t="s">
-        <v>1302</v>
+        <v>1318</v>
       </c>
     </row>
     <row r="362" spans="1:8">
       <c r="A362" t="s">
-        <v>1303</v>
+        <v>1319</v>
       </c>
       <c r="B362" t="s">
         <v>9</v>
       </c>
       <c r="C362" t="s">
-        <v>285</v>
+        <v>93</v>
       </c>
       <c r="D362" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E362" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F362" t="s">
-        <v>191</v>
+        <v>186</v>
       </c>
       <c r="G362" s="1" t="s">
-        <v>1304</v>
+        <v>1320</v>
       </c>
       <c r="H362" t="s">
-        <v>1305</v>
+        <v>1321</v>
       </c>
     </row>
     <row r="363" spans="1:8">
       <c r="A363" t="s">
-        <v>1306</v>
+        <v>1322</v>
       </c>
       <c r="B363" t="s">
         <v>9</v>
       </c>
       <c r="C363" t="s">
-        <v>289</v>
+        <v>96</v>
       </c>
       <c r="D363" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E363" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F363" t="s">
-        <v>223</v>
+        <v>253</v>
       </c>
       <c r="G363" s="1" t="s">
-        <v>1307</v>
+        <v>1323</v>
       </c>
       <c r="H363" t="s">
-        <v>1308</v>
+        <v>1324</v>
       </c>
     </row>
     <row r="364" spans="1:8">
       <c r="A364" t="s">
-        <v>1309</v>
+        <v>1325</v>
       </c>
       <c r="B364" t="s">
         <v>9</v>
       </c>
       <c r="C364" t="s">
-        <v>293</v>
+        <v>99</v>
       </c>
       <c r="D364" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E364" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F364" t="s">
-        <v>223</v>
+        <v>211</v>
       </c>
       <c r="G364" s="1" t="s">
-        <v>1310</v>
+        <v>1326</v>
       </c>
       <c r="H364" t="s">
-        <v>1311</v>
+        <v>1327</v>
       </c>
     </row>
     <row r="365" spans="1:8">
       <c r="A365" t="s">
-        <v>1312</v>
+        <v>1328</v>
       </c>
       <c r="B365" t="s">
         <v>9</v>
       </c>
       <c r="C365" t="s">
-        <v>297</v>
+        <v>238</v>
       </c>
       <c r="D365" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E365" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F365" t="s">
-        <v>153</v>
+        <v>243</v>
       </c>
       <c r="G365" s="1" t="s">
-        <v>1313</v>
+        <v>1329</v>
       </c>
       <c r="H365" t="s">
-        <v>1314</v>
+        <v>1330</v>
       </c>
     </row>
     <row r="366" spans="1:8">
       <c r="A366" t="s">
-        <v>1315</v>
+        <v>1331</v>
       </c>
       <c r="B366" t="s">
         <v>9</v>
       </c>
       <c r="C366" t="s">
-        <v>301</v>
+        <v>242</v>
       </c>
       <c r="D366" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E366" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F366" t="s">
-        <v>656</v>
+        <v>243</v>
       </c>
       <c r="G366" s="1" t="s">
-        <v>1316</v>
+        <v>1332</v>
       </c>
       <c r="H366" t="s">
-        <v>1317</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="367" spans="1:8">
       <c r="A367" t="s">
-        <v>1318</v>
+        <v>1334</v>
       </c>
       <c r="B367" t="s">
         <v>9</v>
       </c>
       <c r="C367" t="s">
-        <v>305</v>
+        <v>103</v>
       </c>
       <c r="D367" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E367" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F367" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="G367" s="1" t="s">
-        <v>1319</v>
+        <v>589</v>
       </c>
       <c r="H367" t="s">
-        <v>1320</v>
+        <v>1335</v>
       </c>
     </row>
     <row r="368" spans="1:8">
       <c r="A368" t="s">
-        <v>1321</v>
+        <v>1336</v>
       </c>
       <c r="B368" t="s">
         <v>9</v>
       </c>
       <c r="C368" t="s">
-        <v>309</v>
+        <v>107</v>
       </c>
       <c r="D368" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E368" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F368" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="G368" s="1" t="s">
-        <v>1322</v>
+        <v>589</v>
       </c>
       <c r="H368" t="s">
-        <v>1323</v>
+        <v>1337</v>
       </c>
     </row>
     <row r="369" spans="1:8">
       <c r="A369" t="s">
-        <v>1324</v>
+        <v>1338</v>
       </c>
       <c r="B369" t="s">
         <v>9</v>
       </c>
       <c r="C369" t="s">
-        <v>313</v>
+        <v>111</v>
       </c>
       <c r="D369" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E369" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F369" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G369" s="1" t="s">
-        <v>1325</v>
+        <v>1339</v>
       </c>
       <c r="H369" t="s">
-        <v>1326</v>
+        <v>1340</v>
       </c>
     </row>
     <row r="370" spans="1:8">
       <c r="A370" t="s">
-        <v>1327</v>
+        <v>1341</v>
       </c>
       <c r="B370" t="s">
         <v>9</v>
       </c>
       <c r="C370" t="s">
-        <v>317</v>
+        <v>115</v>
       </c>
       <c r="D370" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E370" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F370" t="s">
-        <v>191</v>
+        <v>253</v>
       </c>
       <c r="G370" s="1" t="s">
-        <v>1328</v>
+        <v>1342</v>
       </c>
       <c r="H370" t="s">
-        <v>1329</v>
+        <v>1343</v>
       </c>
     </row>
     <row r="371" spans="1:8">
       <c r="A371" t="s">
-        <v>1330</v>
+        <v>1344</v>
       </c>
       <c r="B371" t="s">
         <v>9</v>
       </c>
       <c r="C371" t="s">
-        <v>321</v>
+        <v>119</v>
       </c>
       <c r="D371" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E371" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F371" t="s">
-        <v>191</v>
+        <v>234</v>
       </c>
       <c r="G371" s="1" t="s">
-        <v>1331</v>
+        <v>1345</v>
       </c>
       <c r="H371" t="s">
-        <v>1332</v>
+        <v>1346</v>
       </c>
     </row>
     <row r="372" spans="1:8">
       <c r="A372" t="s">
-        <v>1333</v>
+        <v>1347</v>
       </c>
       <c r="B372" t="s">
         <v>9</v>
       </c>
       <c r="C372" t="s">
-        <v>325</v>
+        <v>122</v>
       </c>
       <c r="D372" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E372" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F372" t="s">
-        <v>143</v>
+        <v>243</v>
       </c>
       <c r="G372" s="1" t="s">
-        <v>1334</v>
+        <v>1348</v>
       </c>
       <c r="H372" t="s">
-        <v>1335</v>
+        <v>1349</v>
       </c>
     </row>
     <row r="373" spans="1:8">
       <c r="A373" t="s">
-        <v>1336</v>
+        <v>1350</v>
       </c>
       <c r="B373" t="s">
         <v>9</v>
       </c>
       <c r="C373" t="s">
-        <v>329</v>
+        <v>125</v>
       </c>
       <c r="D373" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E373" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F373" t="s">
-        <v>153</v>
+        <v>163</v>
       </c>
       <c r="G373" s="1" t="s">
-        <v>1337</v>
+        <v>1351</v>
       </c>
       <c r="H373" t="s">
-        <v>1338</v>
+        <v>1352</v>
       </c>
     </row>
     <row r="374" spans="1:8">
       <c r="A374" t="s">
-        <v>1339</v>
+        <v>1353</v>
       </c>
       <c r="B374" t="s">
         <v>9</v>
       </c>
       <c r="C374" t="s">
-        <v>333</v>
+        <v>129</v>
       </c>
       <c r="D374" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E374" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F374" t="s">
-        <v>153</v>
+        <v>211</v>
       </c>
       <c r="G374" s="1" t="s">
-        <v>574</v>
+        <v>1354</v>
       </c>
       <c r="H374" t="s">
-        <v>1340</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="375" spans="1:8">
       <c r="A375" t="s">
-        <v>1341</v>
+        <v>1356</v>
       </c>
       <c r="B375" t="s">
         <v>9</v>
       </c>
       <c r="C375" t="s">
-        <v>338</v>
+        <v>133</v>
       </c>
       <c r="D375" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E375" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F375" t="s">
-        <v>214</v>
+        <v>211</v>
       </c>
       <c r="G375" s="1" t="s">
-        <v>1342</v>
+        <v>1357</v>
       </c>
       <c r="H375" t="s">
-        <v>1343</v>
+        <v>1358</v>
       </c>
     </row>
     <row r="376" spans="1:8">
       <c r="A376" t="s">
-        <v>1344</v>
+        <v>1359</v>
       </c>
       <c r="B376" t="s">
         <v>9</v>
       </c>
       <c r="C376" t="s">
-        <v>342</v>
+        <v>137</v>
       </c>
       <c r="D376" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E376" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F376" t="s">
-        <v>214</v>
+        <v>173</v>
       </c>
       <c r="G376" s="1" t="s">
-        <v>1345</v>
+        <v>1360</v>
       </c>
       <c r="H376" t="s">
-        <v>1346</v>
+        <v>1361</v>
       </c>
     </row>
     <row r="377" spans="1:8">
       <c r="A377" t="s">
-        <v>1347</v>
+        <v>1362</v>
       </c>
       <c r="B377" t="s">
         <v>9</v>
       </c>
       <c r="C377" t="s">
-        <v>346</v>
+        <v>141</v>
       </c>
       <c r="D377" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E377" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F377" t="s">
-        <v>166</v>
+        <v>211</v>
       </c>
       <c r="G377" s="1" t="s">
-        <v>1348</v>
+        <v>1363</v>
       </c>
       <c r="H377" t="s">
-        <v>1349</v>
+        <v>1364</v>
       </c>
     </row>
     <row r="378" spans="1:8">
       <c r="A378" t="s">
-        <v>1350</v>
+        <v>1365</v>
       </c>
       <c r="B378" t="s">
         <v>9</v>
       </c>
       <c r="C378" t="s">
-        <v>350</v>
+        <v>280</v>
       </c>
       <c r="D378" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E378" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F378" t="s">
-        <v>166</v>
+        <v>253</v>
       </c>
       <c r="G378" s="1" t="s">
-        <v>1351</v>
+        <v>1366</v>
       </c>
       <c r="H378" t="s">
-        <v>1352</v>
+        <v>1367</v>
       </c>
     </row>
     <row r="379" spans="1:8">
       <c r="A379" t="s">
-        <v>1353</v>
+        <v>1368</v>
       </c>
       <c r="B379" t="s">
         <v>9</v>
       </c>
       <c r="C379" t="s">
-        <v>354</v>
+        <v>145</v>
       </c>
       <c r="D379" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E379" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F379" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G379" s="1" t="s">
-        <v>1354</v>
+        <v>589</v>
       </c>
       <c r="H379" t="s">
-        <v>1355</v>
+        <v>1369</v>
       </c>
     </row>
     <row r="380" spans="1:8">
       <c r="A380" t="s">
-        <v>1356</v>
+        <v>1370</v>
       </c>
       <c r="B380" t="s">
         <v>9</v>
       </c>
       <c r="C380" t="s">
-        <v>358</v>
+        <v>149</v>
       </c>
       <c r="D380" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E380" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F380" t="s">
-        <v>191</v>
+        <v>211</v>
       </c>
       <c r="G380" s="1" t="s">
-        <v>1357</v>
+        <v>1371</v>
       </c>
       <c r="H380" t="s">
-        <v>1358</v>
+        <v>1372</v>
       </c>
     </row>
     <row r="381" spans="1:8">
       <c r="A381" t="s">
-        <v>1359</v>
+        <v>1373</v>
       </c>
       <c r="B381" t="s">
         <v>9</v>
       </c>
       <c r="C381" t="s">
-        <v>362</v>
+        <v>153</v>
       </c>
       <c r="D381" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E381" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F381" t="s">
-        <v>191</v>
+        <v>671</v>
       </c>
       <c r="G381" s="1" t="s">
-        <v>1360</v>
+        <v>1374</v>
       </c>
       <c r="H381" t="s">
-        <v>1361</v>
+        <v>1375</v>
       </c>
     </row>
     <row r="382" spans="1:8">
       <c r="A382" t="s">
-        <v>1362</v>
+        <v>1376</v>
       </c>
       <c r="B382" t="s">
         <v>9</v>
       </c>
       <c r="C382" t="s">
-        <v>366</v>
+        <v>157</v>
       </c>
       <c r="D382" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E382" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F382" t="s">
-        <v>233</v>
+        <v>253</v>
       </c>
       <c r="G382" s="1" t="s">
-        <v>1363</v>
+        <v>1377</v>
       </c>
       <c r="H382" t="s">
-        <v>1364</v>
+        <v>1378</v>
       </c>
     </row>
     <row r="383" spans="1:8">
       <c r="A383" t="s">
-        <v>1365</v>
+        <v>1379</v>
       </c>
       <c r="B383" t="s">
         <v>9</v>
       </c>
       <c r="C383" t="s">
-        <v>370</v>
+        <v>296</v>
       </c>
       <c r="D383" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E383" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F383" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G383" s="1" t="s">
-        <v>1366</v>
+        <v>1380</v>
       </c>
       <c r="H383" t="s">
-        <v>1367</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="384" spans="1:8">
       <c r="A384" t="s">
-        <v>1368</v>
+        <v>1382</v>
       </c>
       <c r="B384" t="s">
         <v>9</v>
       </c>
       <c r="C384" t="s">
-        <v>374</v>
+        <v>300</v>
       </c>
       <c r="D384" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E384" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F384" t="s">
-        <v>233</v>
+        <v>211</v>
       </c>
       <c r="G384" s="1" t="s">
-        <v>574</v>
+        <v>1383</v>
       </c>
       <c r="H384" t="s">
-        <v>1369</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="385" spans="1:8">
       <c r="A385" t="s">
-        <v>1370</v>
+        <v>1385</v>
       </c>
       <c r="B385" t="s">
         <v>9</v>
       </c>
       <c r="C385" t="s">
-        <v>390</v>
+        <v>304</v>
       </c>
       <c r="D385" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E385" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F385" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="G385" s="1" t="s">
-        <v>1371</v>
+        <v>1386</v>
       </c>
       <c r="H385" t="s">
-        <v>1372</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="386" spans="1:8">
       <c r="A386" t="s">
-        <v>1373</v>
+        <v>1388</v>
       </c>
       <c r="B386" t="s">
         <v>9</v>
       </c>
       <c r="C386" t="s">
-        <v>394</v>
+        <v>308</v>
       </c>
       <c r="D386" t="s">
-        <v>1183</v>
+        <v>1262</v>
       </c>
       <c r="E386" t="s">
-        <v>1184</v>
+        <v>1263</v>
       </c>
       <c r="F386" t="s">
-        <v>191</v>
+        <v>243</v>
       </c>
       <c r="G386" s="1" t="s">
-        <v>1374</v>
+        <v>1389</v>
       </c>
       <c r="H386" t="s">
-        <v>1375</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="387" spans="1:8">
       <c r="A387" t="s">
-        <v>1376</v>
+        <v>1391</v>
       </c>
       <c r="B387" t="s">
         <v>9</v>
       </c>
       <c r="C387" t="s">
+        <v>312</v>
+      </c>
+      <c r="D387" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E387" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F387" t="s">
+        <v>173</v>
+      </c>
+      <c r="G387" s="1" t="s">
+        <v>1392</v>
+      </c>
+      <c r="H387" t="s">
+        <v>1393</v>
+      </c>
+    </row>
+    <row r="388" spans="1:8">
+      <c r="A388" t="s">
+        <v>1394</v>
+      </c>
+      <c r="B388" t="s">
+        <v>9</v>
+      </c>
+      <c r="C388" t="s">
+        <v>316</v>
+      </c>
+      <c r="D388" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E388" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F388" t="s">
+        <v>671</v>
+      </c>
+      <c r="G388" s="1" t="s">
+        <v>1395</v>
+      </c>
+      <c r="H388" t="s">
+        <v>1396</v>
+      </c>
+    </row>
+    <row r="389" spans="1:8">
+      <c r="A389" t="s">
+        <v>1397</v>
+      </c>
+      <c r="B389" t="s">
+        <v>9</v>
+      </c>
+      <c r="C389" t="s">
+        <v>320</v>
+      </c>
+      <c r="D389" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E389" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F389" t="s">
+        <v>211</v>
+      </c>
+      <c r="G389" s="1" t="s">
+        <v>1398</v>
+      </c>
+      <c r="H389" t="s">
+        <v>1399</v>
+      </c>
+    </row>
+    <row r="390" spans="1:8">
+      <c r="A390" t="s">
+        <v>1400</v>
+      </c>
+      <c r="B390" t="s">
+        <v>9</v>
+      </c>
+      <c r="C390" t="s">
+        <v>324</v>
+      </c>
+      <c r="D390" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E390" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F390" t="s">
+        <v>211</v>
+      </c>
+      <c r="G390" s="1" t="s">
+        <v>1401</v>
+      </c>
+      <c r="H390" t="s">
+        <v>1402</v>
+      </c>
+    </row>
+    <row r="391" spans="1:8">
+      <c r="A391" t="s">
+        <v>1403</v>
+      </c>
+      <c r="B391" t="s">
+        <v>9</v>
+      </c>
+      <c r="C391" t="s">
+        <v>328</v>
+      </c>
+      <c r="D391" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E391" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F391" t="s">
+        <v>211</v>
+      </c>
+      <c r="G391" s="1" t="s">
+        <v>1404</v>
+      </c>
+      <c r="H391" t="s">
+        <v>1405</v>
+      </c>
+    </row>
+    <row r="392" spans="1:8">
+      <c r="A392" t="s">
+        <v>1406</v>
+      </c>
+      <c r="B392" t="s">
+        <v>9</v>
+      </c>
+      <c r="C392" t="s">
+        <v>332</v>
+      </c>
+      <c r="D392" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E392" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F392" t="s">
+        <v>211</v>
+      </c>
+      <c r="G392" s="1" t="s">
+        <v>1407</v>
+      </c>
+      <c r="H392" t="s">
+        <v>1408</v>
+      </c>
+    </row>
+    <row r="393" spans="1:8">
+      <c r="A393" t="s">
+        <v>1409</v>
+      </c>
+      <c r="B393" t="s">
+        <v>9</v>
+      </c>
+      <c r="C393" t="s">
+        <v>336</v>
+      </c>
+      <c r="D393" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E393" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F393" t="s">
+        <v>211</v>
+      </c>
+      <c r="G393" s="1" t="s">
+        <v>1410</v>
+      </c>
+      <c r="H393" t="s">
+        <v>1411</v>
+      </c>
+    </row>
+    <row r="394" spans="1:8">
+      <c r="A394" t="s">
+        <v>1412</v>
+      </c>
+      <c r="B394" t="s">
+        <v>9</v>
+      </c>
+      <c r="C394" t="s">
+        <v>340</v>
+      </c>
+      <c r="D394" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E394" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F394" t="s">
+        <v>163</v>
+      </c>
+      <c r="G394" s="1" t="s">
+        <v>1413</v>
+      </c>
+      <c r="H394" t="s">
+        <v>1414</v>
+      </c>
+    </row>
+    <row r="395" spans="1:8">
+      <c r="A395" t="s">
+        <v>1415</v>
+      </c>
+      <c r="B395" t="s">
+        <v>9</v>
+      </c>
+      <c r="C395" t="s">
+        <v>344</v>
+      </c>
+      <c r="D395" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E395" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F395" t="s">
+        <v>173</v>
+      </c>
+      <c r="G395" s="1" t="s">
+        <v>1416</v>
+      </c>
+      <c r="H395" t="s">
+        <v>1417</v>
+      </c>
+    </row>
+    <row r="396" spans="1:8">
+      <c r="A396" t="s">
+        <v>1418</v>
+      </c>
+      <c r="B396" t="s">
+        <v>9</v>
+      </c>
+      <c r="C396" t="s">
+        <v>348</v>
+      </c>
+      <c r="D396" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E396" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F396" t="s">
+        <v>173</v>
+      </c>
+      <c r="G396" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H396" t="s">
+        <v>1419</v>
+      </c>
+    </row>
+    <row r="397" spans="1:8">
+      <c r="A397" t="s">
+        <v>1420</v>
+      </c>
+      <c r="B397" t="s">
+        <v>9</v>
+      </c>
+      <c r="C397" t="s">
+        <v>353</v>
+      </c>
+      <c r="D397" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E397" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F397" t="s">
+        <v>234</v>
+      </c>
+      <c r="G397" s="1" t="s">
+        <v>1421</v>
+      </c>
+      <c r="H397" t="s">
+        <v>1422</v>
+      </c>
+    </row>
+    <row r="398" spans="1:8">
+      <c r="A398" t="s">
+        <v>1423</v>
+      </c>
+      <c r="B398" t="s">
+        <v>9</v>
+      </c>
+      <c r="C398" t="s">
+        <v>357</v>
+      </c>
+      <c r="D398" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E398" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F398" t="s">
+        <v>234</v>
+      </c>
+      <c r="G398" s="1" t="s">
+        <v>1424</v>
+      </c>
+      <c r="H398" t="s">
+        <v>1425</v>
+      </c>
+    </row>
+    <row r="399" spans="1:8">
+      <c r="A399" t="s">
+        <v>1426</v>
+      </c>
+      <c r="B399" t="s">
+        <v>9</v>
+      </c>
+      <c r="C399" t="s">
+        <v>361</v>
+      </c>
+      <c r="D399" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E399" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F399" t="s">
+        <v>186</v>
+      </c>
+      <c r="G399" s="1" t="s">
+        <v>1427</v>
+      </c>
+      <c r="H399" t="s">
+        <v>1428</v>
+      </c>
+    </row>
+    <row r="400" spans="1:8">
+      <c r="A400" t="s">
+        <v>1429</v>
+      </c>
+      <c r="B400" t="s">
+        <v>9</v>
+      </c>
+      <c r="C400" t="s">
+        <v>365</v>
+      </c>
+      <c r="D400" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E400" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F400" t="s">
+        <v>186</v>
+      </c>
+      <c r="G400" s="1" t="s">
+        <v>1430</v>
+      </c>
+      <c r="H400" t="s">
+        <v>1431</v>
+      </c>
+    </row>
+    <row r="401" spans="1:8">
+      <c r="A401" t="s">
+        <v>1432</v>
+      </c>
+      <c r="B401" t="s">
+        <v>9</v>
+      </c>
+      <c r="C401" t="s">
+        <v>369</v>
+      </c>
+      <c r="D401" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E401" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F401" t="s">
+        <v>211</v>
+      </c>
+      <c r="G401" s="1" t="s">
+        <v>1433</v>
+      </c>
+      <c r="H401" t="s">
+        <v>1434</v>
+      </c>
+    </row>
+    <row r="402" spans="1:8">
+      <c r="A402" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B402" t="s">
+        <v>9</v>
+      </c>
+      <c r="C402" t="s">
+        <v>373</v>
+      </c>
+      <c r="D402" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E402" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F402" t="s">
+        <v>211</v>
+      </c>
+      <c r="G402" s="1" t="s">
+        <v>1436</v>
+      </c>
+      <c r="H402" t="s">
+        <v>1437</v>
+      </c>
+    </row>
+    <row r="403" spans="1:8">
+      <c r="A403" t="s">
+        <v>1438</v>
+      </c>
+      <c r="B403" t="s">
+        <v>9</v>
+      </c>
+      <c r="C403" t="s">
+        <v>377</v>
+      </c>
+      <c r="D403" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E403" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F403" t="s">
+        <v>211</v>
+      </c>
+      <c r="G403" s="1" t="s">
+        <v>1439</v>
+      </c>
+      <c r="H403" t="s">
+        <v>1440</v>
+      </c>
+    </row>
+    <row r="404" spans="1:8">
+      <c r="A404" t="s">
+        <v>1441</v>
+      </c>
+      <c r="B404" t="s">
+        <v>9</v>
+      </c>
+      <c r="C404" t="s">
+        <v>381</v>
+      </c>
+      <c r="D404" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E404" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F404" t="s">
+        <v>253</v>
+      </c>
+      <c r="G404" s="1" t="s">
+        <v>1442</v>
+      </c>
+      <c r="H404" t="s">
+        <v>1443</v>
+      </c>
+    </row>
+    <row r="405" spans="1:8">
+      <c r="A405" t="s">
+        <v>1444</v>
+      </c>
+      <c r="B405" t="s">
+        <v>9</v>
+      </c>
+      <c r="C405" t="s">
+        <v>385</v>
+      </c>
+      <c r="D405" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E405" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F405" t="s">
+        <v>253</v>
+      </c>
+      <c r="G405" s="1" t="s">
+        <v>1445</v>
+      </c>
+      <c r="H405" t="s">
+        <v>1446</v>
+      </c>
+    </row>
+    <row r="406" spans="1:8">
+      <c r="A406" t="s">
+        <v>1447</v>
+      </c>
+      <c r="B406" t="s">
+        <v>9</v>
+      </c>
+      <c r="C406" t="s">
+        <v>389</v>
+      </c>
+      <c r="D406" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E406" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F406" t="s">
+        <v>253</v>
+      </c>
+      <c r="G406" s="1" t="s">
+        <v>589</v>
+      </c>
+      <c r="H406" t="s">
+        <v>1448</v>
+      </c>
+    </row>
+    <row r="407" spans="1:8">
+      <c r="A407" t="s">
+        <v>1449</v>
+      </c>
+      <c r="B407" t="s">
+        <v>9</v>
+      </c>
+      <c r="C407" t="s">
+        <v>405</v>
+      </c>
+      <c r="D407" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E407" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F407" t="s">
+        <v>211</v>
+      </c>
+      <c r="G407" s="1" t="s">
+        <v>1450</v>
+      </c>
+      <c r="H407" t="s">
+        <v>1451</v>
+      </c>
+    </row>
+    <row r="408" spans="1:8">
+      <c r="A408" t="s">
+        <v>1452</v>
+      </c>
+      <c r="B408" t="s">
+        <v>9</v>
+      </c>
+      <c r="C408" t="s">
+        <v>409</v>
+      </c>
+      <c r="D408" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E408" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F408" t="s">
+        <v>211</v>
+      </c>
+      <c r="G408" s="1" t="s">
+        <v>1453</v>
+      </c>
+      <c r="H408" t="s">
+        <v>1454</v>
+      </c>
+    </row>
+    <row r="409" spans="1:8">
+      <c r="A409" t="s">
+        <v>1455</v>
+      </c>
+      <c r="B409" t="s">
+        <v>9</v>
+      </c>
+      <c r="C409" t="s">
+        <v>413</v>
+      </c>
+      <c r="D409" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E409" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F409" t="s">
+        <v>211</v>
+      </c>
+      <c r="G409" s="1" t="s">
+        <v>1456</v>
+      </c>
+      <c r="H409" t="s">
+        <v>1457</v>
+      </c>
+    </row>
+    <row r="410" spans="1:8">
+      <c r="A410" t="s">
+        <v>1458</v>
+      </c>
+      <c r="B410" t="s">
+        <v>9</v>
+      </c>
+      <c r="C410" t="s">
+        <v>417</v>
+      </c>
+      <c r="D410" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E410" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F410" t="s">
+        <v>211</v>
+      </c>
+      <c r="G410" s="1" t="s">
+        <v>1459</v>
+      </c>
+      <c r="H410" t="s">
+        <v>1460</v>
+      </c>
+    </row>
+    <row r="411" spans="1:8">
+      <c r="A411" t="s">
+        <v>1461</v>
+      </c>
+      <c r="B411" t="s">
+        <v>9</v>
+      </c>
+      <c r="C411" t="s">
+        <v>421</v>
+      </c>
+      <c r="D411" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E411" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F411" t="s">
+        <v>211</v>
+      </c>
+      <c r="G411" s="1" t="s">
+        <v>1462</v>
+      </c>
+      <c r="H411" t="s">
+        <v>1463</v>
+      </c>
+    </row>
+    <row r="412" spans="1:8">
+      <c r="A412" t="s">
+        <v>1464</v>
+      </c>
+      <c r="B412" t="s">
+        <v>9</v>
+      </c>
+      <c r="C412" t="s">
+        <v>425</v>
+      </c>
+      <c r="D412" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E412" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F412" t="s">
+        <v>243</v>
+      </c>
+      <c r="G412" s="1" t="s">
+        <v>1465</v>
+      </c>
+      <c r="H412" t="s">
+        <v>1466</v>
+      </c>
+    </row>
+    <row r="413" spans="1:8">
+      <c r="A413" t="s">
+        <v>1467</v>
+      </c>
+      <c r="B413" t="s">
+        <v>9</v>
+      </c>
+      <c r="C413" t="s">
+        <v>429</v>
+      </c>
+      <c r="D413" t="s">
+        <v>1262</v>
+      </c>
+      <c r="E413" t="s">
+        <v>1263</v>
+      </c>
+      <c r="F413" t="s">
+        <v>243</v>
+      </c>
+      <c r="G413" s="1" t="s">
+        <v>1468</v>
+      </c>
+      <c r="H413" t="s">
+        <v>1469</v>
+      </c>
+    </row>
+    <row r="414" spans="1:8">
+      <c r="A414" t="s">
+        <v>1470</v>
+      </c>
+      <c r="B414" t="s">
+        <v>9</v>
+      </c>
+      <c r="C414" t="s">
         <v>10</v>
       </c>
-      <c r="D387" t="s">
-[...5 lines deleted...]
-      <c r="F387" t="s">
+      <c r="D414" t="s">
+        <v>1471</v>
+      </c>
+      <c r="E414" t="s">
+        <v>1472</v>
+      </c>
+      <c r="F414" t="s">
         <v>104</v>
       </c>
-      <c r="G387" s="1" t="s">
-[...3 lines deleted...]
-        <v>1114</v>
+      <c r="G414" s="1" t="s">
+        <v>1473</v>
+      </c>
+      <c r="H414" t="s">
+        <v>1190</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>
@@ -15661,50 +16730,77 @@
     <hyperlink ref="G363" r:id="rId362"/>
     <hyperlink ref="G364" r:id="rId363"/>
     <hyperlink ref="G365" r:id="rId364"/>
     <hyperlink ref="G366" r:id="rId365"/>
     <hyperlink ref="G367" r:id="rId366"/>
     <hyperlink ref="G368" r:id="rId367"/>
     <hyperlink ref="G369" r:id="rId368"/>
     <hyperlink ref="G370" r:id="rId369"/>
     <hyperlink ref="G371" r:id="rId370"/>
     <hyperlink ref="G372" r:id="rId371"/>
     <hyperlink ref="G373" r:id="rId372"/>
     <hyperlink ref="G374" r:id="rId373"/>
     <hyperlink ref="G375" r:id="rId374"/>
     <hyperlink ref="G376" r:id="rId375"/>
     <hyperlink ref="G377" r:id="rId376"/>
     <hyperlink ref="G378" r:id="rId377"/>
     <hyperlink ref="G379" r:id="rId378"/>
     <hyperlink ref="G380" r:id="rId379"/>
     <hyperlink ref="G381" r:id="rId380"/>
     <hyperlink ref="G382" r:id="rId381"/>
     <hyperlink ref="G383" r:id="rId382"/>
     <hyperlink ref="G384" r:id="rId383"/>
     <hyperlink ref="G385" r:id="rId384"/>
     <hyperlink ref="G386" r:id="rId385"/>
     <hyperlink ref="G387" r:id="rId386"/>
+    <hyperlink ref="G388" r:id="rId387"/>
+    <hyperlink ref="G389" r:id="rId388"/>
+    <hyperlink ref="G390" r:id="rId389"/>
+    <hyperlink ref="G391" r:id="rId390"/>
+    <hyperlink ref="G392" r:id="rId391"/>
+    <hyperlink ref="G393" r:id="rId392"/>
+    <hyperlink ref="G394" r:id="rId393"/>
+    <hyperlink ref="G395" r:id="rId394"/>
+    <hyperlink ref="G396" r:id="rId395"/>
+    <hyperlink ref="G397" r:id="rId396"/>
+    <hyperlink ref="G398" r:id="rId397"/>
+    <hyperlink ref="G399" r:id="rId398"/>
+    <hyperlink ref="G400" r:id="rId399"/>
+    <hyperlink ref="G401" r:id="rId400"/>
+    <hyperlink ref="G402" r:id="rId401"/>
+    <hyperlink ref="G403" r:id="rId402"/>
+    <hyperlink ref="G404" r:id="rId403"/>
+    <hyperlink ref="G405" r:id="rId404"/>
+    <hyperlink ref="G406" r:id="rId405"/>
+    <hyperlink ref="G407" r:id="rId406"/>
+    <hyperlink ref="G408" r:id="rId407"/>
+    <hyperlink ref="G409" r:id="rId408"/>
+    <hyperlink ref="G410" r:id="rId409"/>
+    <hyperlink ref="G411" r:id="rId410"/>
+    <hyperlink ref="G412" r:id="rId411"/>
+    <hyperlink ref="G413" r:id="rId412"/>
+    <hyperlink ref="G414" r:id="rId413"/>
   </hyperlinks>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="1" baseType="lpstr">
       <vt:lpstr>Sheet1</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>