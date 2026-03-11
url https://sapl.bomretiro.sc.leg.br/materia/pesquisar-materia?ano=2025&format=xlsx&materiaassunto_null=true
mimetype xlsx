--- v1 (2026-01-25)
+++ v2 (2026-03-11)
@@ -54,5216 +54,5216 @@
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
     <t>1263</t>
   </si>
   <si>
     <t>2025</t>
   </si>
   <si>
     <t>1</t>
   </si>
   <si>
     <t>PLE</t>
   </si>
   <si>
     <t>Projeto de Lei Executivo</t>
   </si>
   <si>
     <t>Prefeitura Municipal de Bom Retiro - PMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/pl_01.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/pl_01.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A FIRMAR TERMO DE CESSÃO DE USO COM A ASSOCIAÇÃO DE AGRICULTORES NOSSA SENHORA DE LURDES "A.A.N.S.L" E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1203</t>
   </si>
   <si>
     <t>2</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_n_02_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_n_02_2025.pdf</t>
   </si>
   <si>
     <t>Ratifica as alterações realizadas no Protocolo de Intenções consubstanciado no Contrato de Consórcio Público da Agência Reguladora Intermunicipal de Saneamento (ARIS), e dá outras providências</t>
   </si>
   <si>
     <t>1280</t>
   </si>
   <si>
     <t>3</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_n_03_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_n_03_25.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO NA PREFEITURA MUNICIPAL DE BOM RETIRO, NO _x000D_
 EXERCÍCIO FINANCEIRO DE 2025, PELO SUPERÁVIT DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>1207</t>
   </si>
   <si>
     <t>4</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/projeto_de_lei_nn_04_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/projeto_de_lei_nn_04_2025.pdf</t>
   </si>
   <si>
     <t>REMANEJA RECURSOS NO ORÇAMENTO NA PREFEITURA MUNICIPAL DE BOM RETIRO, NO EXERCÍCIO FINANCEIRO DE 2025, POR ANULAÇÃO _x000D_
 DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1204</t>
   </si>
   <si>
     <t>5</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_n_05_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_n_05_2025.pdf</t>
   </si>
   <si>
     <t>INCLUI NOVOS MEMBROS NO CONSELHO MUNICIPAL DE TURISMO - COMTUR.</t>
   </si>
   <si>
     <t>1214</t>
   </si>
   <si>
     <t>6</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/projeto_de_lei_n._06_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/projeto_de_lei_n._06_2025.pdf</t>
   </si>
   <si>
     <t>APROVA O PLANO MUNICIPAL DE TURISMO DE BOM RETIRO</t>
   </si>
   <si>
     <t>1205</t>
   </si>
   <si>
     <t>7</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_n_07_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_n_07_25.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O REPASSE RECURSOS PARA POLÍCIA MILITAR DO MUNICÍPIO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1206</t>
   </si>
   <si>
     <t>8</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/projeto_de_lei_n_08_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/projeto_de_lei_n_08_2025.pdf</t>
   </si>
   <si>
     <t>“FIXA O VALOR MÍNIMO PARA AJUIZAMENTO DE AÇÃO DE EXECUÇÃO FISCAL OBJETIVANDO A COBRANÇA DE DÍVIDA ATIVA DA FAZENDA PÚBLICA MUNICIPAL, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1208</t>
   </si>
   <si>
     <t>9</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/projeto_de_lei_n_09_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/projeto_de_lei_n_09_2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL DE QUE TRATA O ARTIGO 37, X DA CF/88 AOS SERVIDORES PÚBLICOS MUNICIPAIS ATIVOS, INATIVOS E PENSIONISTAS, _x000D_
 ESTAGIÁRIOS, E DOS AGENTES POLÍTICOS MUNICIPAIS, REAJUSTA VENCIMENTOS E AUXÍLIO- ALIMENTAÇÃO.</t>
   </si>
   <si>
     <t>1220</t>
   </si>
   <si>
     <t>10</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_n_10_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_n_10_2025.pdf</t>
   </si>
   <si>
     <t>RATIFICA A 1° ALTERAÇÃO DO CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERFEDERATIVO DE SAÚDE DA REGIÃO DA AMURES - CISAMURES</t>
   </si>
   <si>
     <t>1215</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/projeto_de_lei_n_11_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/projeto_de_lei_n_11_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O CHEFE DO PODER EXECUTIVO MUNICIPAL A REALIZAR AJUDA MÚTUA AOS MUNICÍPIOS EM QUE FOREM DECLARADAS SITUAÇÃO DE EMERGÊNCIA OU ESTADO DE CALAMIDADE PÚBLICA, SEJA A NÍVEL FEDERAL, ESTADUAL OU MUNICIPAL, ATRAVÉS DA CESSÃO DE MÁQUINAS, VEÍCULOS, EQUIPAMENTOS E/OU PESSOAL, BEM COMO A RECEBER DE IGUAL FORMA, NAS CONDIÇÕES QUE ESTABELECE E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1216</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/projeto_de_lei_n_12_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/projeto_de_lei_n_12_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA REDAÇÃO DO ARTIGO 7o DA LEI N° 2259/2014 DE 09 DE DEZEMBRO DE 2014 QUE INSTITUI O CONSELHO MUNICIPAL DE POLÍTICA CULTURAL.</t>
   </si>
   <si>
     <t>1266</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/13.25_-_p.__l._ppa_2026.2029.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/13.25_-_p.__l._ppa_2026.2029.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O PLANO PLURIANUAL DO MUNICÍPIO PARA O QUADRIÊNIO 2026/2029 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1265</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/14.25_-_familia_acolhedora.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/14.25_-_familia_acolhedora.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE O SERVIÇO DE ACOLHIMENTO FAMILIAR PROVISÓRIO DE CRIANÇAS E ADOLESCENTES EM SITUAÇÃO DE PRIVAÇÃO TEMPORÁRIA DO CONVÍVIO COM A FAMÍLIA DE ORIGEM, DENOMINADO SERVIÇO FAMÍLIA ACOLHEDORA.</t>
   </si>
   <si>
     <t>1264</t>
   </si>
   <si>
     <t>15</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_15.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_15.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2025, POR ANULAÇÃO DE DOTAÇÃO E POR SUPERÁVIT FINANCEIRO DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>1268</t>
   </si>
   <si>
     <t>16</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/16.25_p.l._ldo.2026.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/16.25_p.l._ldo.2026.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE AS DIRETRIZES PARA A ELABORAÇÃO DA LEI ORÇAMENTÁRIA PARA O EXERCÍCIO DE 2026 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1267</t>
   </si>
   <si>
     <t>17</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/17.25_-_p.l._suplementacao_por_anulacao.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/17.25_-_p.l._suplementacao_por_anulacao.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO FUNDO MUNICIPAL DE SAÚDE DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2025, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1262</t>
   </si>
   <si>
     <t>18</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_18.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_18.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO ESPECIAL NO ORÇAMENTO DA PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2025, PELO SUPERÁVIT FINANCEIRO DO EXERCÍCIO ANTERIOR.</t>
   </si>
   <si>
     <t>1281</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_19.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_19.pdf</t>
   </si>
   <si>
     <t>INSTITUI O GRUPO DE DANÇAS TÍPICAS DO MUNICÍPIO DE BOM RETIRO E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1307</t>
   </si>
   <si>
     <t>20</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/pl20.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/pl20.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO FUNDO MUNICIPAL DOS DIREITOS DA CRIANÇA E DO ADOLESCENTE DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2025, PELO SUPERÁVIT FINANCEIRO DO EXERCÍCIO ANTERIOR</t>
   </si>
   <si>
     <t>1308</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_21.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_21.pdf</t>
   </si>
   <si>
     <t>1309</t>
   </si>
   <si>
     <t>22</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_22.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_22.pdf</t>
   </si>
   <si>
     <t>1338</t>
   </si>
   <si>
     <t>23</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/pl_23.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/pl_23.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a prorrogação do Plano Municipal de Educação do _x000D_
 Município de Bom Retiro, Santa Catarina aprovado pela Lei n.° _x000D_
 2279/2015 de 23.06.15 e alterado pela Lei n° 2484/21, de 15.06.21.</t>
   </si>
   <si>
     <t>1339</t>
   </si>
   <si>
     <t>26</t>
   </si>
   <si>
     <t>Câmara de Vereadores de Bom Retiro - CMBR</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/pl_26.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/pl_26.pdf</t>
   </si>
   <si>
     <t>1340</t>
   </si>
   <si>
     <t>27</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_27.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_27.pdf</t>
   </si>
   <si>
     <t>ALTERA A REDAÇÃO DO INCISO IV DO ARTIGO 16, DA LEI ORDINÁRIA N° 2412/2019, QUE REGULAMENTA A FAIXA DE DOMÍNIO E AS PISTAS DAS ESTRADAS RURAIS MUNICIPAIS E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1438</t>
   </si>
   <si>
     <t>28</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_28.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_28.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO _x000D_
 FUNDO MUNICIPAL DE SAÚDE DE BOM RETIRO, _x000D_
 EXERCÍCIO FINANCEIRO DE 2025, POR ANULAÇÃO DE _x000D_
 DOTAÇÃO.</t>
   </si>
   <si>
     <t>1439</t>
   </si>
   <si>
     <t>29</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/pl_29.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/pl_29.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DO _x000D_
 FUNDO MUNICIPAL DE ASSISTÊNCIA SOCIAL DE BOM _x000D_
 RETIRO, EXERCÍCIO FINANCEIRO DE 2025, POR _x000D_
 ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1440</t>
   </si>
   <si>
     <t>30</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/pl_30.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/pl_30.pdf</t>
   </si>
   <si>
     <t>1458</t>
   </si>
   <si>
     <t>31</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/pl_31.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/pl_31.pdf</t>
   </si>
   <si>
     <t>1441</t>
   </si>
   <si>
     <t>32</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/pl_32.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/pl_32.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA _x000D_
 PREFEITURA MUNICIPAL DE BOM RETIRO, EXERCÍCIO _x000D_
 FINANCEIRO DE 2025, POR ANULAÇÃO DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1492</t>
   </si>
   <si>
     <t>33</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1492/33.2025.pl_loa.docx-mesclado.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1492/33.2025.pl_loa.docx-mesclado.pdf</t>
   </si>
   <si>
     <t>Estima a Receita e fixa a Despesa do Município de Bom Retiro para o Exercício de 2026.</t>
   </si>
   <si>
     <t>1479</t>
   </si>
   <si>
     <t>34</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1479/pl_34.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1479/pl_34.pdf</t>
   </si>
   <si>
     <t>INSTITUI E REGULAMENTA O REGIME DE TELETRABALHO NO ÂMBITO DO MUNICÍPIO DE BOM RETIRO- SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1480</t>
   </si>
   <si>
     <t>35</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/pl_35.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/pl_35.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a inserção da modalidade de Ensino _x000D_
 Infantil do Pré Escolar Capistrano junto ao Núcleo _x000D_
 Municipal Henrique Hemkmaier e dá nova denominação, e dá outras providências.</t>
   </si>
   <si>
     <t>1478</t>
   </si>
   <si>
     <t>36</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_lei_n_36_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_lei_n_36_2025.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A CRIAÇÃO DE CADASTRO NACIONAL _x000D_
 DA PESSOA JURÍDICA (CNPJ) PARA A_x000D_
  MUNICIPAL DE EDUCAÇÃO, SECRETARIA_x000D_
 CULTURA E ESPORTE DE BOM RETIRO/SC E DA _x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1490</t>
   </si>
   <si>
     <t>38</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1490/pl_38.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1490/pl_38.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO DO SISTEMA MUNICIPAL DE CULTURA DE BOM RETIRO, CRIA O CONSELHO MUNICIPAL DE POLÍTICA CULTURAL E O FUNDO MUNICIPAL DE CULTURA E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1491</t>
   </si>
   <si>
     <t>39</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A DELEGAÇÃO AO CISAMA, POR MEIO DE CONTRATO DE PROGRAMA, DE ATIVIDADES RELACIONADAS ÀMODERNIZAÇÃO, EFICIENTIZAÇÂO, EXPANSÃO, OPERAÇÃO E MANUTENÇÃO DA ILUMINAÇÃO PÚBLICA NO MUNICÍPIO DE BOM RETIRO, ESTABELECE REGRAS DE RATEIO DAS DESPESAS, DISCIPLINA A GESTÃO DA COSIP E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1489</t>
   </si>
   <si>
     <t>40</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1489/pl_40.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1489/pl_40.pdf</t>
   </si>
   <si>
     <t>RATIFICA A 2 ALTERAÇÃO DO CONTRATO DE CONSÓRCIO PÚBLICO DO CONSÓRCIO INTERFEDERATIVO DE SAÚDE DA REGIÃO DA AMURES - CISAMURES</t>
   </si>
   <si>
     <t>1493</t>
   </si>
   <si>
     <t>41</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_de_lei.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_de_lei.pdf</t>
   </si>
   <si>
     <t>ABRE CRÉDITO SUPLEMENTAR NO ORÇAMENTO DA CÂMARA MUNICIPAL DE BOM RETIRO, EXERCÍCIO FINANCEIRO DE 2025, POR ANULAÇÃO (TRANSPOSIÇÃO) DE DOTAÇÃO.</t>
   </si>
   <si>
     <t>1098</t>
   </si>
   <si>
     <t>IND</t>
   </si>
   <si>
     <t>Indicação</t>
   </si>
   <si>
     <t>CLÁUDIO BOMBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_n_001_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_n_001_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar a roçada do antigo lixão, localizado no bairro Capistrano, bem como nas imediações próximas ao Ginásio de Esportes Nenzinho.</t>
   </si>
   <si>
     <t>1099</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_n_002_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_n_002_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar o cascalhamento e patrolamento da rua Carlos Souza, no bairro São José.</t>
   </si>
   <si>
     <t>1100</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_n_003_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_n_003_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar a realização de uma pequena tubulação com a instalação de uma boca de lobo atrás de uma residência localizada na Rua Walfredo Kumm, no Bairro São José, pelo fato de que, devido à ausência de tubulação adequada, o esgoto proveniente de uma rua municipalizada tem causado consideráveis transtornos aos moradores da região, especialmente em períodos de chuvas intensas, quando o volume de água agrava ainda mais a situação.</t>
   </si>
   <si>
     <t>1101</t>
   </si>
   <si>
     <t>EDUARDO NECKEL</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_n_004_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_n_004_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar providências necessárias para a manutenção do calçamento e a realização de roçada na Rua Dorval Ferreira de Macedo.</t>
   </si>
   <si>
     <t>1102</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_n_005_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_n_005_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar providências para sanar o problema de esgoto a céu aberto na Rua Gentil Vieira Borges.</t>
   </si>
   <si>
     <t>1103</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_n_006_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_n_006_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar providências necessárias para a manutenção da iluminação do Centro Poliesportivo Arno Oscar Meyer, bem como o acionamento dessa iluminação para a prática esportiva durante o período noturno.</t>
   </si>
   <si>
     <t>1104</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_n_007_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_n_007_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para que avalie e tome as providências necessárias para a implantação do transporte escolar destinado aos alunos dos bairros São José e Capistrano.</t>
   </si>
   <si>
     <t>1105</t>
   </si>
   <si>
     <t>JOSI DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_n_008_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_n_008_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar a aquisição de uma ambulância nova para a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1106</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_n_009_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_n_009_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar o patrolamento e cascalhamento das estradas das localidades de Serra dos Lorenzi e Rio Frederico.</t>
   </si>
   <si>
     <t>1107</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_n_010_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_n_010_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, vem através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal para solicitar a realização de reparos no calçamento da Av. 24 de Outubro.</t>
   </si>
   <si>
     <t>1108</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_n_011_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_n_011_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a criação e implementação de projetos sociais voltados ao incentivo ao esporte nos bairros São José e Capistrano, com o intuito de proporcionar uma alternativa saudável de desenvolvimento para crianças e adolescentes, além de contribuir para a formação cidadã e a inclusão social.</t>
   </si>
   <si>
     <t>1109</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_n_012_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_n_012_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a reparação do calçamento na Rua Santa Tereza, em frente ao Jula, em razão da deterioração que tem causado transtornos tanto aos pedestres quanto aos veículos que circulam pela via.</t>
   </si>
   <si>
     <t>1110</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_n_013_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_n_013_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar providências para a aplicação de água nas ruas não pavimentadas do bairro Capistrano durante o período de estiagem, com o objetivo de minimizar a poeira e os transtornos causados à população local.</t>
   </si>
   <si>
     <t>1111</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1111/indicacao_n_014_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1111/indicacao_n_014_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de bebedouros ou filtros de água no Núcleo Municipal São José a fim de garantir o acesso à água de qualidade para alunos, professores e demais servidores.</t>
   </si>
   <si>
     <t>1112</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_n_015_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_n_015_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar manutenção do campo de grama sintética anexo ao Centro Poliesportivo Arno Oscar Meyer.</t>
   </si>
   <si>
     <t>1113</t>
   </si>
   <si>
     <t>PROFESSOR GUILHERME</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_n_016_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_n_016_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na parte não pavimentada da Rua Carlos Werner, no bairro Capistrano, bem como a desobstrução da tubulação pluvial da referida via.</t>
   </si>
   <si>
     <t>1114</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_n_017_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_n_017_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção em parte da rua Gentil Vieira Borges, no bairro Capistrano.</t>
   </si>
   <si>
     <t>1115</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_n_018_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_n_018_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a revitalização das faixas de pedestres em todo o perímetro urbano do município.</t>
   </si>
   <si>
     <t>1116</t>
   </si>
   <si>
     <t>PROFESSOR GUILHERME, DONIZETE LINS</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_n_019_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_n_019_2025.pdf</t>
   </si>
   <si>
     <t>Os Vereadores que abaixo subscrevem vêm, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de redutor de velocidade na Rua Generoso Idelfonso de Oliveira.</t>
   </si>
   <si>
     <t>1117</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_n_020_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_n_020_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de redutor de velocidade na estrada da localidade de Matador.</t>
   </si>
   <si>
     <t>1118</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_n_021_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_n_021_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção no calçamento da Rua Athanagildo Ramos de Andrade.</t>
   </si>
   <si>
     <t>1119</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_n_022_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_n_022_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparos na iluminação do Jardim Hercílio Luz.</t>
   </si>
   <si>
     <t>1120</t>
   </si>
   <si>
     <t>DIEGO GAUCHO</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_n_023_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_n_023_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a adequação de bueiro na Rua Carlos Werner, nas proximidades da residência do Sr. Cristiano Xavier.</t>
   </si>
   <si>
     <t>1121</t>
   </si>
   <si>
     <t>24</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_n_024_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_n_024_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o patrolamento, cascalhamento e alargamento da rua Padre Luiz Franceschet.</t>
   </si>
   <si>
     <t>1122</t>
   </si>
   <si>
     <t>25</t>
   </si>
   <si>
     <t>DONIZETE LINS</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_n_025_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_n_025_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o reassentamento das lajotas na Rua Anita Garibaldi, nas proximidades do loteamento Vista do Sol.</t>
   </si>
   <si>
     <t>1123</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/indicacao_n_026_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/indicacao_n_026_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a substituição das plantas nos canteiros ao longo da Av. 24 de Outubro e nas imediações da agência do Banco do Brasil.</t>
   </si>
   <si>
     <t>1124</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_n_027_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_n_027_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a notificação da empresa responsável pela reforma da Creche Irmã Paula para imediata realização da limpeza do terreno, incluindo a retirada de entulhos, restos de obras e o devido corte do mato, garantindo a segurança e a organização do local.</t>
   </si>
   <si>
     <t>1125</t>
   </si>
   <si>
     <t>MALI</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_n_028_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_n_028_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de lombadas ou redutores de velocidade ao longo da Avenida Major Generoso, no trecho compreendido entre a esquina da Rua São José e o Ginásio Osni Scotti.</t>
   </si>
   <si>
     <t>1126</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_n_029_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_n_029_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção nas sarjetas da estrada da localidade de Campo Novo.</t>
   </si>
   <si>
     <t>1127</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_n_030_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_n_030_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento e patrolamento da estrada da localidade de Irapuá.</t>
   </si>
   <si>
     <t>1128</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_n_031_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_n_031_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o reassentamento das lajotas da rua Cônego Adriano, no entroncamento entre a Av. Henrique Eduardo Boëll e a Rua João Pedro de Souza.</t>
   </si>
   <si>
     <t>1129</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_n_032_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_n_032_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o reassentamento das lajotas da rua João Pedro de Souza.</t>
   </si>
   <si>
     <t>1130</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_n_033_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_n_033_2025.pdf</t>
   </si>
   <si>
     <t>1131</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_n_034_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_n_034_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparo na rede pluvial da Rua Carlos Werner, no bairro Capistrano, nas proximidades do antigo lixão.</t>
   </si>
   <si>
     <t>1132</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_n_035_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_n_035_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a construção de galeria pluvial na Rua Carlos Werner, nas proximidades da Malharia Dietrich.</t>
   </si>
   <si>
     <t>1133</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/indicacao_n_036_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/indicacao_n_036_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de fraldários nas Unidades Básicas de Saúde do centro e dos bairros, bem como no Jardim Hercílio Luz, em parceria com a Secretaria Municipal de Indústria, Comércio e Turismo.</t>
   </si>
   <si>
     <t>1134</t>
   </si>
   <si>
     <t>37</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_n_037_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_n_037_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o término do calçamento da Avenida 24 de Outubro, no sentido da localidade de Entrada.</t>
   </si>
   <si>
     <t>1135</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_n_038_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_n_038_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização da manutenção e roçada da Rua Cônego Adriano.</t>
   </si>
   <si>
     <t>1136</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/indicacao_n_039_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/indicacao_n_039_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a construção de bocas de lobo na Rua Dorval Ferreira de Macedo.</t>
   </si>
   <si>
     <t>1137</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_n_040_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_n_040_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o desentupimento da tubulação do riacho Sinhozinho.</t>
   </si>
   <si>
     <t>1138</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_n_041_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_n_041_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de câmeras de monitoramento no cemitério municipal, com o intuito de coibir atos de vandalismo e furtos em jazigos, como os recentemente ocorridos, identificando e responsabilizando eventuais autores, garantindo a preservação do patrimônio público e o respeito aos familiares e entes sepultados.</t>
   </si>
   <si>
     <t>1139</t>
   </si>
   <si>
     <t>42</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_n_042_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_n_042_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento e patrolamento da Rua Rosalino Caetano da Luz, a fim de melhorar as condições de tráfego e garantir maior segurança e conforto aos moradores e usuários da via.</t>
   </si>
   <si>
     <t>1140</t>
   </si>
   <si>
     <t>43</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_n_043_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_n_043_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento e patrolamento da Rua Sebastião  B. A. da Silva, a fim de melhorar as condições de tráfego e garantir maior segurança e conforto aos moradores e usuários da via.</t>
   </si>
   <si>
     <t>1141</t>
   </si>
   <si>
     <t>44</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/indicacao_n_044_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/indicacao_n_044_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de uma caixa d'água para atender a creche localizada no bairro São José, neste município.</t>
   </si>
   <si>
     <t>1142</t>
   </si>
   <si>
     <t>45</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_n_045_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_n_045_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de bebedouros de água potável na creche e no pré-escolar do bairro São José, neste município, para assegurar condições básicas de saúde e bem-estar às crianças e promover um ambiente escolar adequado às normas de higiene e segurança.</t>
   </si>
   <si>
     <t>1143</t>
   </si>
   <si>
     <t>46</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_n_046_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_n_046_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de chuveiros na creche do bairro São José, a fim de garantir condições adequadas de higiene às crianças e para facilitar o trabalho de professores, monitores e estagiários que atuam neste educandário.</t>
   </si>
   <si>
     <t>1144</t>
   </si>
   <si>
     <t>47</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_n_047_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_n_047_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a contratação de um vigilante para atuar na recepção e proteção das crianças, professores e funcionários da creche e do pré-escolar do bairro São José, com o objetivo de garantir a segurança preventiva no entorno e no interior dessas unidades educacionais, coibir possíveis ameaças e assegurar um ambiente protegido</t>
   </si>
   <si>
     <t>1145</t>
   </si>
   <si>
     <t>48</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_n_048_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_n_048_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparos no muro do Centro Poliesportivo Arno Oscar Meyer, devido ao seu parcial desabamento, e, simultaneamente, realizar a instalação da academia ao ar livre que atualmente está depositada na Associação dos Servidores da Prefeitura Municipal.</t>
   </si>
   <si>
     <t>1146</t>
   </si>
   <si>
     <t>49</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_n_049_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_n_049_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparos na Rua Pedro Hugo do Amaral Neto, pois embora o calçamento tenha sido recentemente finalizado, constata-se que parte dele já se encontra deteriorada, apresentando lajotas soltas e meios-fios desalinhados, e trechos com encanamento exposto, situação que compromete a segurança e a integridade da via.</t>
   </si>
   <si>
     <t>1147</t>
   </si>
   <si>
     <t>50</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_n_050_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_n_050_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para instituir mão única de direção na Rua Dorval Ferreira de Macedo, no trecho compreendido entre a Avenida 24 de Outubro e a Rua Anita Garibaldi, considerando o alto fluxo de veículos, a estreita largura da via e a necessidade de melhorar a segurança e a fluidez do trânsito local.</t>
   </si>
   <si>
     <t>1148</t>
   </si>
   <si>
     <t>51</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_n_051_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_n_051_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de uma rotatória na Avenida 24 de Outubro, no trecho entre a Rua Dorval Ferreira de Macedo e a Praça 7 de Setembro, visando a melhoria da organização do trânsito, a segurança dos motoristas e pedestres, além da fluidez na circulação de veículos.</t>
   </si>
   <si>
     <t>1149</t>
   </si>
   <si>
     <t>52</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_n_052_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_n_052_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a contratação de um estagiário para auxiliar os trabalhos da veterinária da Prefeitura municipal, proporcionando um suporte efetivo nas atividades diárias desta servidora, contribuindo para a melhoria do atendimento aos animais e, consequentemente, para a otimização dos serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>1150</t>
   </si>
   <si>
     <t>53</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_n_053_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_n_053_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar ao Poder Executivo a contratação de um estagiário para auxiliar os trabalhos da veterinária da Prefeitura Municipal, proporcionando um suporte efetivo nas atividades diárias desta servidora, contribuindo para a melhoria do atendimento aos animais e, consequentemente, para a otimização dos serviços prestados à comunidade.</t>
   </si>
   <si>
     <t>1185</t>
   </si>
   <si>
     <t>54</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_n_054_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_n_054_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o conserto do depósito provisório de lixo da localidade de Campo Novo.</t>
   </si>
   <si>
     <t>1186</t>
   </si>
   <si>
     <t>55</t>
   </si>
   <si>
     <t>BINHA BARBEIRO</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_n_055_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_n_055_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento e patrolamento da estrada que liga Papuã a Cova Funda, bem como a retirada de uma porteira irregular existente no trajeto, instalada em via pública municipal.</t>
   </si>
   <si>
     <t>1187</t>
   </si>
   <si>
     <t>56</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_n_056_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_n_056_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de uma lombada na Av. Major Generoso, nas proximidades da empresa CMC.</t>
   </si>
   <si>
     <t>1188</t>
   </si>
   <si>
     <t>57</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/indicacao_n_057_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/indicacao_n_057_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada que liga as localidades de Costão do Frade e Costãozinho.</t>
   </si>
   <si>
     <t>1189</t>
   </si>
   <si>
     <t>58</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/indicacao_n_058_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/indicacao_n_058_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a reconstrução da calçada em frente à residência do Sr. Nélvio Castanheiro, na Avenida Major Generoso, Bairro São José, danificada por serviços realizados pela própria Prefeitura. Solicita, ainda, a repintura da faixa de pedestres existente no local, onde já há sinalização vertical, a fim de garantir mais segurança aos pedestres.</t>
   </si>
   <si>
     <t>1190</t>
   </si>
   <si>
     <t>59</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/indicacao_n_059_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/indicacao_n_059_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a recolocação das lajotas que foram retiradas da Avenida 24 de Outubro, no sentido da localidade de Entrada.</t>
   </si>
   <si>
     <t>1191</t>
   </si>
   <si>
     <t>60</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_n_060_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_n_060_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de Campo Novo.</t>
   </si>
   <si>
     <t>1192</t>
   </si>
   <si>
     <t>61</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/indicacao_n_061_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/indicacao_n_061_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de Paraiso da Serra.</t>
   </si>
   <si>
     <t>1193</t>
   </si>
   <si>
     <t>62</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_n_062_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_n_062_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da estrada da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>1194</t>
   </si>
   <si>
     <t>63</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/indicacao_n_063_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/indicacao_n_063_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparo na estrada da localidade de Barbaquá, especificamente em um buraco situado nas proximidades da Creche Municipal Patrícia Deucher, tendo em vista o intenso fluxo de veículos e pedestres na região.</t>
   </si>
   <si>
     <t>1195</t>
   </si>
   <si>
     <t>64</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/indicacao_n_064_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/indicacao_n_064_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparos nos disjuntores e na parte elétrica da quadra de esportes da localidade de Barbaquá.</t>
   </si>
   <si>
     <t>1227</t>
   </si>
   <si>
     <t>65</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_n_065_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_n_065_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. _x000D_
 Sra. Prefeita Municipal para solicitar a construção de uma lombada na Rua Antônio José Coelho, nas proximidades da Escola de Ensino Médio Valmir Omarques Nunes, e a repintura da faixa de pedestres em frente a Escola de Educação Básica Alexandre de Gusmão.</t>
   </si>
   <si>
     <t>1221</t>
   </si>
   <si>
     <t>66</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_n_066_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_n_066_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de vistoria nas pontes das localidades de Paraiso da Serra e Campo Novo.</t>
   </si>
   <si>
     <t>1251</t>
   </si>
   <si>
     <t>67</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_n_067_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_n_067_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da rua João Francisco Rodrigues.</t>
   </si>
   <si>
     <t>1257</t>
   </si>
   <si>
     <t>68</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_n_068_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_n_068_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da estrada da localidade de Figueiredo.</t>
   </si>
   <si>
     <t>1256</t>
   </si>
   <si>
     <t>69</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_n_069_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_n_069_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a instalação de câmeras de vigilância na área externa do Ginásio de Esportes Nenzinho, bem como a ampliação e melhoria do sistema de iluminação externa do local.</t>
   </si>
   <si>
     <t>1255</t>
   </si>
   <si>
     <t>70</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_n_070_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_n_070_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da Rua Gervásio Basqueroto, no distrito de Canoas</t>
   </si>
   <si>
     <t>1254</t>
   </si>
   <si>
     <t>71</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_n_071_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_n_071_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de Cambará.</t>
   </si>
   <si>
     <t>1253</t>
   </si>
   <si>
     <t>72</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_n_072_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_n_072_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de Três Pontas</t>
   </si>
   <si>
     <t>1252</t>
   </si>
   <si>
     <t>73</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_n_073_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_n_073_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de um mutirão de limpeza no centro da cidade.</t>
   </si>
   <si>
     <t>1230</t>
   </si>
   <si>
     <t>74</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_n_074_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_n_074_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de melhorias na iluminação pública da Rua Irineu Bomhausen.</t>
   </si>
   <si>
     <t>1236</t>
   </si>
   <si>
     <t>75</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacaq_n_075_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacaq_n_075_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da Rua João Timóteo Arseno, bem como a limpeza da tubulação pluvial e o conserto de uma boca de lobo neste logradouro.</t>
   </si>
   <si>
     <t>1231</t>
   </si>
   <si>
     <t>76</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_n_076_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_n_076_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a limpeza da tubulação pluvial e o conserto de uma boca de lobo da Rua Carlos Wemer, no Bairro Capistrano.</t>
   </si>
   <si>
     <t>1232</t>
   </si>
   <si>
     <t>77</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_n_077_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_n_077_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar providências urgentes para a manutenção da canalização pluvial da Rua Belizário Vedes, com a desobstrução da boca de lobo existente na referida via.</t>
   </si>
   <si>
     <t>1233</t>
   </si>
   <si>
     <t>78</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_n_078_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_n_078_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar, com urgência, a colocação de brita ou cascalho na via de acesso ao portão secundário do Núcleo Municipal Henrique Hemkmaier, localizado na lateral do Ginásio de Esportes Nenzinho.</t>
   </si>
   <si>
     <t>1234</t>
   </si>
   <si>
     <t>79</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/indicacao_n_079_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/indicacao_n_079_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar providências urgentes para realocação ou a readequação da estrutura da casinha de coleta de lixo da localidade de Campo Novo do Sul, situada no entroncamento entre Paraíso da Serra e Campo Novo do Sul.</t>
   </si>
   <si>
     <t>1235</t>
   </si>
   <si>
     <t>80</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_n_080_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_n_080_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o conserto e nivelamento do calçamento da rua João Teófilo Deucher, assim como o cascalhamento da parte não pavimentada deste logradouro.</t>
   </si>
   <si>
     <t>1228</t>
   </si>
   <si>
     <t>81</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_n_081_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_n_081_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o patrolamento, cascalhamento e alargamento da Rua Rosalino Caetano da Luz</t>
   </si>
   <si>
     <t>1229</t>
   </si>
   <si>
     <t>82</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_082_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_082_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. _x000D_
 Sr. Prefeito Municipal para solicitar a adoção de providências necessárias para a implantação de passeios públicos na marginal da BR-282, no trecho compreendido entre o trevo e a Avenida Henrique Eduardo Boêll, bem como para a instalação de iluminação pública nos pontos que ainda não contam com essa infraestrutura</t>
   </si>
   <si>
     <t>1246</t>
   </si>
   <si>
     <t>83</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_n_083_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_n_083_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparo com cascalhamento na Rua Geci Ferreira de Abreu.</t>
   </si>
   <si>
     <t>1239</t>
   </si>
   <si>
     <t>84</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/indicacao_n_084_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/indicacao_n_084_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar o cascalhamento da Rua Gentil Vieira Borges, bairro Capistrano.</t>
   </si>
   <si>
     <t>1240</t>
   </si>
   <si>
     <t>85</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_n_085_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_n_085_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a instalação de rede pluvial na Rua Osni Capistrano da Cunha Júnior, bairro Capistrano.</t>
   </si>
   <si>
     <t>1241</t>
   </si>
   <si>
     <t>86</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_n_086_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_n_086_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos no calçamento da Av. Major Generoso, no bairro São José.</t>
   </si>
   <si>
     <t>1243</t>
   </si>
   <si>
     <t>87</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_n_087_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_n_087_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a limpeza da Av. 24 de Outubro, a partir da esquina com a Avenida Henrique Eduardo Boéll, em direção à localidade de Entrada</t>
   </si>
   <si>
     <t>1244</t>
   </si>
   <si>
     <t>88</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_n_088_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_n_088_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o patrolamento e cascalhamento da estrada da localidade de Costão do Frade.</t>
   </si>
   <si>
     <t>1245</t>
   </si>
   <si>
     <t>89</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_89_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_89_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o patrolamento e cascalhamento da estrada da localidade de Figueiredo.</t>
   </si>
   <si>
     <t>1247</t>
   </si>
   <si>
     <t>90</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_n_090_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_n_090_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a substituição do atual modelo de depósito provisório de lixo da comunidade da Soledade por uma estrutura em alvenaria, com utilização de blocos ou concreto, a fim de garantir maior durabilidade, facilitar a manutenção e proporcionar melhor acondicionamento dos resíduos</t>
   </si>
   <si>
     <t>1248</t>
   </si>
   <si>
     <t>91</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/ind1cacao_n_091_24.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/ind1cacao_n_091_24.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, através da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Exmo. Sr. Prefeito Municipal para solicitar a realização de reparos na tubulação da Rua João Pires, no bairro São José</t>
   </si>
   <si>
     <t>1249</t>
   </si>
   <si>
     <t>92</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_n_092_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_n_092_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de Cambará</t>
   </si>
   <si>
     <t>1250</t>
   </si>
   <si>
     <t>93</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_n_093_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_n_093_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar providências necessárias para assegurar o cumprimento do recuo estabelecido na legislação vigente quanto às margens que os reflorestamentos devem respeitar em relação às estradas vicinais, especialmente na região da localidade de Figueiredo.</t>
   </si>
   <si>
     <t>1269</t>
   </si>
   <si>
     <t>94</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_n_094_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_n_094_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da Rua Vergínio Juvêncio da Cunha, no bairro Capistrano.</t>
   </si>
   <si>
     <t>1270</t>
   </si>
   <si>
     <t>95</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_n_095_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_n_095_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da Rua Hugo Grudtner, no bairro Capistrano.</t>
   </si>
   <si>
     <t>1271</t>
   </si>
   <si>
     <t>96</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_n_096_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_n_096_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da Rua João Pires, no bairro São José, bem como a limpeza e os devidos reparos em duas bocas de lobo localizadas nesta via.</t>
   </si>
   <si>
     <t>1272</t>
   </si>
   <si>
     <t>97</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_n_097_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_n_097_2025.pdf</t>
   </si>
   <si>
     <t>1273</t>
   </si>
   <si>
     <t>98</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_n_098_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_n_098_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na serra de acesso a localidade de Paraiso da Serra</t>
   </si>
   <si>
     <t>1274</t>
   </si>
   <si>
     <t>99</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_n_099_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_n_099_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cumprimento da legislação municipal que proíbe o tráfego de veículos pesados nas estradas vicinais durante períodos de chuva, bem como a devida fiscalização das vias.</t>
   </si>
   <si>
     <t>1275</t>
   </si>
   <si>
     <t>100</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_n_100_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_n_100_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da Rua Idalino Scotti, bem como a instalação de rede pluvial</t>
   </si>
   <si>
     <t>1276</t>
   </si>
   <si>
     <t>101</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_v_101_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_v_101_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar adoção de providências para tomar a Rua Martinho Cascaes como via de mão única, no trecho entre a Av. 24 de Outubro e a Rua Anita Garibaldi</t>
   </si>
   <si>
     <t>1277</t>
   </si>
   <si>
     <t>102</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_n_102_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_n_102_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparos e a continuidade do calçamento no trecho final da Rua 14 de Janeiro.</t>
   </si>
   <si>
     <t>1282</t>
   </si>
   <si>
     <t>103</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao_n_103_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao_n_103_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada localidade de Entrada e desentupimento de tubulação.</t>
   </si>
   <si>
     <t>1283</t>
   </si>
   <si>
     <t>104</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_n_104_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_n_104_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada localidade de Figueiredo</t>
   </si>
   <si>
     <t>1284</t>
   </si>
   <si>
     <t>105</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_n_105_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_n_105_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na rua Cônego Adriano</t>
   </si>
   <si>
     <t>1285</t>
   </si>
   <si>
     <t>106</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_n_106_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_n_106_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada da comunidade de Alto Barbaquá</t>
   </si>
   <si>
     <t>1286</t>
   </si>
   <si>
     <t>107</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/indicacao_n_107_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/indicacao_n_107_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na formaregimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na Rua Antonio José Coelho</t>
   </si>
   <si>
     <t>1287</t>
   </si>
   <si>
     <t>108</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_n_108_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_n_108_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar reparos no calçamento e nos meios-fios da Rua Pedro Hugo do Amaral Neto</t>
   </si>
   <si>
     <t>1288</t>
   </si>
   <si>
     <t>109</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_n_109_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_n_109_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cascalhamento da rua Carlos Werner</t>
   </si>
   <si>
     <t>1289</t>
   </si>
   <si>
     <t>110</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_n_110_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_n_110_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a aquisição de colchões, lençóis e cobertores para o Núcleo Municipal São José.</t>
   </si>
   <si>
     <t>1290</t>
   </si>
   <si>
     <t>111</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_n_111_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_n_111_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparos na iluminação pública da Rua João Francisco Rodrigues.</t>
   </si>
   <si>
     <t>1291</t>
   </si>
   <si>
     <t>112</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_n_112_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_n_112_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o calçamento da parte não pavimentada da Rua Cônego Adriano</t>
   </si>
   <si>
     <t>1292</t>
   </si>
   <si>
     <t>113</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_n_113_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_n_113_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de vistoria e os devidos reparos na ponte construída pela Defesa Civil na localidade de Paraíso da Serra, a fim de evitar a interrupção do tráfego e garantir a segurança dos usuários.</t>
   </si>
   <si>
     <t>1299</t>
   </si>
   <si>
     <t>114</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_n_114_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_n_114_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada localidade de Figueiredo.</t>
   </si>
   <si>
     <t>1297</t>
   </si>
   <si>
     <t>115</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o cumprimento da Lei Municipal 2574/2024, que proíbe o tráfego de veículos com peso bruto superior a 10 toneladas, nas estradas rurais de Bom Retiro em dia de chuva, bem como obriga a recuperação de danos causados nas estradas vicinais e dá outras providências</t>
   </si>
   <si>
     <t>1300</t>
   </si>
   <si>
     <t>116</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o conserto da linha telefônica do posto de saúde central.</t>
   </si>
   <si>
     <t>1298</t>
   </si>
   <si>
     <t>118</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_n_118_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_n_118_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de Cambará, próximo à divisa com o município de Chapadão do Legeado.</t>
   </si>
   <si>
     <t>1312</t>
   </si>
   <si>
     <t>120</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_n_120_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_n_120_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Dignissimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o conserto das lajotas que cederam, formando um buraco na Avenida 24 de Outubro, nas proximidades do entroncamento com a Avenida Henrique Eduardo BoêlL</t>
   </si>
   <si>
     <t>1310</t>
   </si>
   <si>
     <t>121</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/1ndicacao_n_121_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/1ndicacao_n_121_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar o conserto das lajotas que cederam, formando um buraco na Avenida 24 de Outubro, nas proximidades do entroncamento com o Loteamento Vista do Sol</t>
   </si>
   <si>
     <t>1313</t>
   </si>
   <si>
     <t>122</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização, em caráter de urgência, do cascalhamento de um trecho crítico da estrada geral da localidade de Cupim.</t>
   </si>
   <si>
     <t>1311</t>
   </si>
   <si>
     <t>123</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a colocação de uma galeria em anexo à ponte já existente na localidade do Barbaquá, situada na estrada geral, na entrada da propriedade do Sr. Valdo Moretti</t>
   </si>
   <si>
     <t>1314</t>
   </si>
   <si>
     <t>124</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_n_124_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_n_124_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de reparos no calçamento da Rua Frontino Vieira de Souza</t>
   </si>
   <si>
     <t>1315</t>
   </si>
   <si>
     <t>125</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_n_125_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_n_125_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a concessão de anistia de multa e remissão de juros de créditos de natureza tributária, relativos a impostos, taxas, contribuição de melhoria, e não tributários, inscritos ou não em dívida ativa.</t>
   </si>
   <si>
     <t>1330</t>
   </si>
   <si>
     <t>126</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_n_126_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_n_126_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a disponibilização de um veículo de pequeno porte para _x000D_
 atender ao transporte de um aluno residente na comunidade de Barreiros.</t>
   </si>
   <si>
     <t>1329</t>
   </si>
   <si>
     <t>127</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos na Rua João Pires, localizada no _x000D_
 bairro São José, mediante serviços de patrolamento e cascalhamento.</t>
   </si>
   <si>
     <t>1334</t>
   </si>
   <si>
     <t>128</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de cascalhamento em trecho da estrada na _x000D_
 localidade da Entrada.</t>
   </si>
   <si>
     <t>1336</t>
   </si>
   <si>
     <t>129</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/ind1cacao_n_129_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/ind1cacao_n_129_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a instalação de um depósito provisório de lixo na rua _x000D_
 Antônio José Coelho, no bairro Bela Vista.</t>
   </si>
   <si>
     <t>1328</t>
   </si>
   <si>
     <t>130</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_n_130_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_n_130_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a limpeza das bocas de lobo da Rua Padre Paulo, bem como _x000D_
 a substituição da tubulação por tubos de maior diâmetro, incluindo a instalação de tubulação _x000D_
 no trecho que ainda não dispõe desse serviço.</t>
   </si>
   <si>
     <t>1335</t>
   </si>
   <si>
     <t>131</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indic_ac_ao_n_131_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indic_ac_ao_n_131_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos no portal de acesso à cidade, _x000D_
 localizado na Avenida Major Generoso.</t>
   </si>
   <si>
     <t>1333</t>
   </si>
   <si>
     <t>132</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_n_132_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_n_132_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a colocação de areia nos calçamentos das ruas do bairro São _x000D_
 José, a fim de estabilizar as lajotas e melhorar a aderência.</t>
   </si>
   <si>
     <t>1332</t>
   </si>
   <si>
     <t>133</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a revitalização da faixa de pedestres localizada na Av. Major _x000D_
 Generoso, em frente a Secretaria Municipal de Saúde.</t>
   </si>
   <si>
     <t>1327</t>
   </si>
   <si>
     <t>134</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_n_134_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_n_134_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar intercessão junto à CASAN para a imediata retomada e _x000D_
 conclusão das obras dos passeios públicos e da pavimentação das vias que foram abertas para a passagem da nova tubulação de água.</t>
   </si>
   <si>
     <t>1331</t>
   </si>
   <si>
     <t>135</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_n_135_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_n_135_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de levantamento de todas as servidões existentes _x000D_
 no perímetro urbano do município, com a finalidade de, posteriormente, apresentar Projeto de Lei que regulamente tais servidões.</t>
   </si>
   <si>
     <t>1326</t>
   </si>
   <si>
     <t>136</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_n_136_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_n_136_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de _x000D_
 Cambará</t>
   </si>
   <si>
     <t>1325</t>
   </si>
   <si>
     <t>137</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_n_137_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_n_137_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de _x000D_
 Costão do Frade.</t>
   </si>
   <si>
     <t>1324</t>
   </si>
   <si>
     <t>138</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/indicacao_n_138_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/indicacao_n_138_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de Rio _x000D_
 Frederico</t>
   </si>
   <si>
     <t>1337</t>
   </si>
   <si>
     <t>139</t>
   </si>
   <si>
     <t>SONI</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/1ndicacao_n_139_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/1ndicacao_n_139_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a desobstrução da rede de esgoto da rua Belizário Vedes, no _x000D_
 bairro São José.</t>
   </si>
   <si>
     <t>1323</t>
   </si>
   <si>
     <t>140</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/indicacao_n_140_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/indicacao_n_140_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a construção de muro na parte dos fundos do Cemitério _x000D_
 Municipal, visando concluir o fechamento do perímetro.</t>
   </si>
   <si>
     <t>1341</t>
   </si>
   <si>
     <t>141</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_n_141_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_n_141_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar que, no início do ano letivo de 2026, sejam fornecidas mochilas e kits de material escolar a todos os estudantes da rede municipal de ensino.</t>
   </si>
   <si>
     <t>1342</t>
   </si>
   <si>
     <t>142</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_n_142_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_n_142_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção do calçamento da rua Dorval Ferreira de Macedo</t>
   </si>
   <si>
     <t>1343</t>
   </si>
   <si>
     <t>143</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_n_143_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_n_143_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a instalação de uma defensa metálica (guard rail) no _x000D_
 entroncamento da Rua Carlos Souza com a Av. Major Generoso.</t>
   </si>
   <si>
     <t>1348</t>
   </si>
   <si>
     <t>144</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_n_144_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_n_144_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na rua Gentil Vieira Borges.</t>
   </si>
   <si>
     <t>1349</t>
   </si>
   <si>
     <t>145</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_n_145_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_n_145_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a adoção de providências visando à melhoria da segurança no trânsito no entroncamento da Avenida Major Generoso com a Rua Walfredo Kunn.</t>
   </si>
   <si>
     <t>1355</t>
   </si>
   <si>
     <t>146</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/lnd1cacao_n_146_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/lnd1cacao_n_146_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a adoção de providências visando a proibição do trânsito de _x000D_
 veículos pesados na Av. 24 de Outubro.</t>
   </si>
   <si>
     <t>1350</t>
   </si>
   <si>
     <t>147</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_n_147_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_n_147_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos, patrolamento e cascalhamento na _x000D_
 estrada localidade de João Paulo</t>
   </si>
   <si>
     <t>1353</t>
   </si>
   <si>
     <t>148</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_v_148_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_v_148_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização do cascalhamento e patrolamento da rua _x000D_
 Edelberto Basilides de Oliveira, bem como a instalação de iluminação pública e de placa _x000D_
 identificativa com o nome desta via.</t>
   </si>
   <si>
     <t>1351</t>
   </si>
   <si>
     <t>149</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_n_149_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_n_149_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos na estrada da localidade de _x000D_
 Figueiredo.</t>
   </si>
   <si>
     <t>1354</t>
   </si>
   <si>
     <t>150</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/jnpicacao_n_150_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/jnpicacao_n_150_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos no calçamento da Rua Dorval _x000D_
 Ferreira de Macedo</t>
   </si>
   <si>
     <t>1346</t>
   </si>
   <si>
     <t>151</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/ind1cacao_n_151_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/ind1cacao_n_151_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a instalação de câmera de vigilância na rua Generoso _x000D_
 Idelfonso de Oliveira, bem como a implantação de faixa elevada de pedestres e a colocação de placas de sinalização indicando a velocidade máxima permitida na via.</t>
   </si>
   <si>
     <t>1352</t>
   </si>
   <si>
     <t>152</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_n_152_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_n_152_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na bomba de captação de água _x000D_
 da Escola de Campo Barbaquá.</t>
   </si>
   <si>
     <t>1347</t>
   </si>
   <si>
     <t>153</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para a realização de força tarefa para o recolhimento de resíduos _x000D_
 volumosos na comunidade de Barbaquá e demais localidades do município.</t>
   </si>
   <si>
     <t>1364</t>
   </si>
   <si>
     <t>154</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/ind1cacao_n_154_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/ind1cacao_n_154_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de cascalhamento na estrada da comunidade do _x000D_
 Barbaquá, com atenção especial aos trechos de morro, visando melhorar as condições de _x000D_
 tráfego</t>
   </si>
   <si>
     <t>1365</t>
   </si>
   <si>
     <t>155</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/ixdicacao_n_155_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/ixdicacao_n_155_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a substituição das atuais lâmpadas dos postes por luminárias _x000D_
 de LED na Rua Santa Tereza, em frente ao JULA</t>
   </si>
   <si>
     <t>1366</t>
   </si>
   <si>
     <t>156</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/indic_ac_ao_n_156_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/indic_ac_ao_n_156_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de _x000D_
 Cambará.</t>
   </si>
   <si>
     <t>1367</t>
   </si>
   <si>
     <t>157</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o calçamento da parte não pavimentada da Rua 14 de _x000D_
 Janeiro.</t>
   </si>
   <si>
     <t>1368</t>
   </si>
   <si>
     <t>158</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/ind1cacao_n_158_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/ind1cacao_n_158_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de _x000D_
 Barreiros.</t>
   </si>
   <si>
     <t>1369</t>
   </si>
   <si>
     <t>159</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/isdicacao_n_159_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/isdicacao_n_159_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de _x000D_
 Gabiroba.</t>
   </si>
   <si>
     <t>1370</t>
   </si>
   <si>
     <t>160</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_n_160_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_n_160_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de limpeza geral nas ruas da cidade, pintura de _x000D_
 meios-fios e sinalização viária.</t>
   </si>
   <si>
     <t>1371</t>
   </si>
   <si>
     <t>161</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_n_161_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_n_161_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção, com serviços de limpeza e _x000D_
 pintura, no Cemitério Municipal, bem como avaliar a possibilidade de contratação de mais um _x000D_
 profissional para auxiliar na conservação e manutenção do local.</t>
   </si>
   <si>
     <t>1372</t>
   </si>
   <si>
     <t>162</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_n_162_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_n_162_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a possibilidade de reaproveitar as lajotas retiradas da Rua _x000D_
 Anita Garibaldi, bem como aquelas armazenadas no Parque de Exposições, a fim de realocá- _x000D_
 las na continuação da Avenida Major Generoso, no Bairro São José, e em demais vias _x000D_
 públicas de nossa cidade.</t>
   </si>
   <si>
     <t>1373</t>
   </si>
   <si>
     <t>163</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_n_163_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_n_163_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a contratação de mais um médico veterinário, considerando a _x000D_
 alta demanda de serviços no Município.</t>
   </si>
   <si>
     <t>1374</t>
   </si>
   <si>
     <t>164</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_n_164_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_n_164_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental. REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos no calçamento da Rua Frontino _x000D_
 Vieira de Souza.</t>
   </si>
   <si>
     <t>1375</t>
   </si>
   <si>
     <t>165</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na Rua Rosalino Caetano da _x000D_
 Luz, no bairro São José</t>
   </si>
   <si>
     <t>1376</t>
   </si>
   <si>
     <t>166</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/isdicacao_n_166_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/isdicacao_n_166_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a construção de muro ou cerca no imóvel adquirido pela _x000D_
 Prefeitura Municipal para a ampliação do Cemitério Municipal.</t>
   </si>
   <si>
     <t>1377</t>
   </si>
   <si>
     <t>167</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_n_167_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_n_167_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a contratação de um médico pediatra para atendimento em _x000D_
 Bom Retiro</t>
   </si>
   <si>
     <t>1393</t>
   </si>
   <si>
     <t>168</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_n_168_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_n_168_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos necessários para o conserto da ponte _x000D_
 de concreto que desabou na localidade de Paraíso da Serra.</t>
   </si>
   <si>
     <t>1396</t>
   </si>
   <si>
     <t>169</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_n_169_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_n_169_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a realização de manutenção na Av. Major Generoso, nas proximidades do viaduto da BR 282 e defronte o Hospital Nossa Senhora das Graças.</t>
   </si>
   <si>
     <t>1397</t>
   </si>
   <si>
     <t>170</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/1nd1cacao_n_170_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/1nd1cacao_n_170_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar adoção de providências para instalação de iluminação _x000D_
 pública e a construção de passeios públicos na Rua Rosalino Caetano da Luz.</t>
   </si>
   <si>
     <t>1398</t>
   </si>
   <si>
     <t>171</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_n_171_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_n_171_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada das localidades de _x000D_
 Campo Novo e Paraiso da Serra.</t>
   </si>
   <si>
     <t>1399</t>
   </si>
   <si>
     <t>172</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_n_172_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_n_172_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a colocação dos tubos que se encontram na Rua João _x000D_
 Faustino da Mota, no Bairro Capistrano, os quais estão no local há mais de um ano sem a _x000D_
 devida instalação.</t>
   </si>
   <si>
     <t>1400</t>
   </si>
   <si>
     <t>174</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/ind1cacao_n_174_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/ind1cacao_n_174_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o conserto do bueiro localizado na comunidade da Serra dos _x000D_
 Lorenzi, nas proximidades da igreja.</t>
   </si>
   <si>
     <t>1401</t>
   </si>
   <si>
     <t>175</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n_175_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n_175_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o conserto do bueiro localizado na comunidade de Paraíso da _x000D_
 Serra, nas proximidades do haras da família Philippi, tendo em vista a necessidade de _x000D_
 manutenção para garantir o escoamento adequado da água e a conservação da via pública.</t>
   </si>
   <si>
     <t>1402</t>
   </si>
   <si>
     <t>176</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_n_176_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_n_176_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção da estrada da localidade de _x000D_
 Entrada.</t>
   </si>
   <si>
     <t>1403</t>
   </si>
   <si>
     <t>177</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_n_177_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_n_177_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de _x000D_
 Guarda Velha.</t>
   </si>
   <si>
     <t>1404</t>
   </si>
   <si>
     <t>178</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_n_178_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_n_178_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção da iluminação pública na _x000D_
 localidade de Canoas.</t>
   </si>
   <si>
     <t>1405</t>
   </si>
   <si>
     <t>179</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n_179_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n_179_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na Rua Dorval Ferreira de _x000D_
 Macedo.</t>
   </si>
   <si>
     <t>1406</t>
   </si>
   <si>
     <t>180</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_n_180_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_n_180_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o aperfeiçoamento e a melhoria do refeitório e da sala dos _x000D_
 professores do Pré-Escolar Municipal Capistrano.</t>
   </si>
   <si>
     <t>1407</t>
   </si>
   <si>
     <t>181</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/ind1cacao_n_181_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/ind1cacao_n_181_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na iluminação pública da Rua _x000D_
 Dorval Ferreira de Macedo.</t>
   </si>
   <si>
     <t>1408</t>
   </si>
   <si>
     <t>182</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar que seja realizada, com urgência, a manutenção das estradas _x000D_
 nas proximidades da igreja da comunidade do Cambará, bem como o acompanhamento e _x000D_
 fiscalização do tráfego de caminhões carregados, especialmente em dias de chuvas intensas.</t>
   </si>
   <si>
     <t>1409</t>
   </si>
   <si>
     <t>183</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_n_183_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_n_183_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de _x000D_
 Figueiredo.</t>
   </si>
   <si>
     <t>1410</t>
   </si>
   <si>
     <t>184</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_n_184_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_n_184_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na Rua Frontino Vieira de _x000D_
 Souza.</t>
   </si>
   <si>
     <t>1424</t>
   </si>
   <si>
     <t>185</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_n_185_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_n_185_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a pintura da quadra e substituição das luminárias atuais por _x000D_
 lâmpadas de LED no Ginásio de Esportes “Nenzinho”.</t>
   </si>
   <si>
     <t>1425</t>
   </si>
   <si>
     <t>186</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_n_186_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_n_186_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a pintura da quadra e a substituição das luminárias atuais por _x000D_
 lâmpadas de LED no Ginásio de Esportes “Vereador Osni Scotti”.</t>
   </si>
   <si>
     <t>1426</t>
   </si>
   <si>
     <t>187</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_n_187_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_n_187_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da localidade de _x000D_
 Campo Novo.</t>
   </si>
   <si>
     <t>1427</t>
   </si>
   <si>
     <t>188</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_n_188_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_n_188_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção da rótula situada no _x000D_
 entroncamento da Av. 24 de Outubro, com a Rua Carlos Wemer.</t>
   </si>
   <si>
     <t>1428</t>
   </si>
   <si>
     <t>189</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_n_189_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_n_189_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização da limpeza de duas bocas de lobo, bem como a _x000D_
 execução de reparos no calçamento da Rua Belizário Capistrano da Cunha, no Bairro São _x000D_
 José.</t>
   </si>
   <si>
     <t>1429</t>
   </si>
   <si>
     <t>190</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/ind1cacaq_n_190_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/ind1cacaq_n_190_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada da Rua João Timóteo _x000D_
 Arseno, localizada no Bairro São José.</t>
   </si>
   <si>
     <t>1430</t>
   </si>
   <si>
     <t>191</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_n_191_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_n_191_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção nas cabeceiras dos kits de _x000D_
 transposição na estrada da localidade de Guarda Velha.</t>
   </si>
   <si>
     <t>1443</t>
   </si>
   <si>
     <t>192</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_nu_192_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_nu_192_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar apoio institucional e/ou financeiro para a continuidade das _x000D_
 aulas de Muay Thai, atualmente frequentadas por cerca de 30 crianças do município.</t>
   </si>
   <si>
     <t>1444</t>
   </si>
   <si>
     <t>193</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_n_193_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_n_193_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a adoção de providências urgentes para garantir a _x000D_
 regularidade na coleta de lixo nos depósitos provisórios no interior do município, _x000D_
 especialmente na localidade de Campo Novo</t>
   </si>
   <si>
     <t>1445</t>
   </si>
   <si>
     <t>194</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_n_194_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_n_194_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos na estrada que liga as comunidades _x000D_
 de Barbaquá e Costão do Frade, com atenção especial à descida do morro que interliga as _x000D_
 duas localidades, a qual se encontra em más condições de trafegabilidade, oferecendo riscos a quem circula por ali.</t>
   </si>
   <si>
     <t>1446</t>
   </si>
   <si>
     <t>195</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_n_195_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_n_195_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o recolhimento de lixo na localidade de Cambará.</t>
   </si>
   <si>
     <t>1447</t>
   </si>
   <si>
     <t>196</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n_196_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n_196_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na estrada que liga a localidade _x000D_
 de Gabiroba à localidade do Ranchinho.</t>
   </si>
   <si>
     <t>1448</t>
   </si>
   <si>
     <t>197</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/ind1cacao_n_197_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/ind1cacao_n_197_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos na iluminação pública da Rua _x000D_
 Walfredo Kunn.</t>
   </si>
   <si>
     <t>1465</t>
   </si>
   <si>
     <t>200</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_v_200_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_v_200_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção no calçamento da Rua Vade _x000D_
 Taja, no loteamento Vista do Sol.</t>
   </si>
   <si>
     <t>1466</t>
   </si>
   <si>
     <t>201</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_n_201_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_n_201_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção no calçamento da Rua Santa _x000D_
 Clara.</t>
   </si>
   <si>
     <t>1467</t>
   </si>
   <si>
     <t>202</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/1ndicacao_nu_202_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/1ndicacao_nu_202_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na iluminação pública da Rua _x000D_
 Cônego Adriano, nas proximidades da Escola de Ensino Médio Valmir Omarques Nunes.</t>
   </si>
   <si>
     <t>1468</t>
   </si>
   <si>
     <t>203</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_n_203_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_n_203_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos no calçamento da Rua João Teófilo _x000D_
 Deucher, nas proximidades do Sindicato Rural de Bom Retiro.</t>
   </si>
   <si>
     <t>1469</t>
   </si>
   <si>
     <t>204</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_n_204_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_n_204_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na iluminação do Centro _x000D_
 Poliesportivo Arno Oscar Meyer, bem como também instalação de bebedouros e reforma do _x000D_
 muro lateral.</t>
   </si>
   <si>
     <t>1470</t>
   </si>
   <si>
     <t>205</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_n_205_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_n_205_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a instalação de câmeras de segurança, bem como a melhoria _x000D_
 da iluminação no Jardim Hercílio Luz.</t>
   </si>
   <si>
     <t>1471</t>
   </si>
   <si>
     <t>206</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ind1cacao_n_206_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ind1cacao_n_206_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a restauração da academia ao ar livre localizada no Jardim _x000D_
 Hercílio Luz</t>
   </si>
   <si>
     <t>1472</t>
   </si>
   <si>
     <t>207</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/1ndicacao_.x_207_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/1ndicacao_.x_207_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a restauração da academia ao ar livre localizada ao lado da _x000D_
 UBS São José, bem como a realização de estudo visando a identificação de um local mais _x000D_
 adequado para sua instalação.</t>
   </si>
   <si>
     <t>1473</t>
   </si>
   <si>
     <t>208</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_.v_208_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_.v_208_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a colocação de placa de sinalização indicando a lombada _x000D_
 existente na Avenida 24 de Outubro, no sentido da localidade de Entrada.</t>
   </si>
   <si>
     <t>1474</t>
   </si>
   <si>
     <t>209</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_n_209_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_n_209_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a reconstrução e modernização do bueiro/ponte na localidade _x000D_
 de Negrinha, nas proximidades da Fazenda São Sebastião.</t>
   </si>
   <si>
     <t>1475</t>
   </si>
   <si>
     <t>210</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nu_210_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nu_210_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
  regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de serviços de manutenção na serra de acesso a _x000D_
 localidade de Paraiso da Serra.</t>
   </si>
   <si>
     <t>1476</t>
   </si>
   <si>
     <t>211</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ind1cacao_n_211_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ind1cacao_n_211_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o patrolamento e cascalhamento da estrada da localidade de _x000D_
 Barbaquá.</t>
   </si>
   <si>
     <t>1477</t>
   </si>
   <si>
     <t>212</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_n_212_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_n_212_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos na Av. Henrique Eduardo Boêll, no _x000D_
 Bairro Bela Vista, nas proximidades da ASDBR, bem como a instalação de rede pluvial.</t>
   </si>
   <si>
     <t>1494</t>
   </si>
   <si>
     <t>213</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_n_213_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_n_213_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para que proceda à análise da possibilidade de implementação de faixas _x000D_
 elevadas e lombadas ao longo de toda a extensão da Avenida Major Generoso, verificando os _x000D_
 pontos com maior fluxo e travessia de pedestres, com o objetivo de garantir a segurança da _x000D_
 população e a redução da velocidade dos veículos.</t>
   </si>
   <si>
     <t>1495</t>
   </si>
   <si>
     <t>214</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_n_214_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_n_214_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de reparos no calçamento da Rua São José, nas _x000D_
 proximidades do posto de saúde do bairro São José.</t>
   </si>
   <si>
     <t>1496</t>
   </si>
   <si>
     <t>215</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_n_215_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_n_215_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o corte do mato e a limpeza na Rua Carlos Souza, no bairro _x000D_
 São José.</t>
   </si>
   <si>
     <t>1497</t>
   </si>
   <si>
     <t>216</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_n_216_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_n_216_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a substituição das lixeiras de madeira por contêineres com _x000D_
 tampa nos pontos específicos que recebem maior quantidade de lixo.</t>
   </si>
   <si>
     <t>1498</t>
   </si>
   <si>
     <t>217</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_n_217_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_n_217_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a manutenção do trecho final da Rua Anita Garibaldi, que _x000D_
 apresenta diversos buracos e necessita de reparos imediatos.</t>
   </si>
   <si>
     <t>1499</t>
   </si>
   <si>
     <t>218</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_v_218_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_v_218_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a colocação de um banner explicativo em frente à Secretaria _x000D_
 Municipal de Saúde, divulgando à população os pontos e os horários em que o ônibus da _x000D_
 saúde realiza o transporte dos pacientes dos bairros São José e Capistrano.</t>
   </si>
   <si>
     <t>1500</t>
   </si>
   <si>
     <t>219</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_n_219_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_n_219_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar que seja realizado um estudo técnico de viabilidade para _x000D_
 tomar a Rua Professora Isaura Vargas via de mão única, permitindo aos motoristas realizar a _x000D_
 conversão à esquerda na Rua Constâncio Krumel ou acessar a Rua Athanagildo Ramos de _x000D_
 Andrade, com intuito de melhorar a segurança e a fluidez do tráfego na referida via.</t>
   </si>
   <si>
     <t>1501</t>
   </si>
   <si>
     <t>220</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_v_220_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_v_220_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a aquisição de uma câmara conservadora de vacinas reserva, _x000D_
 destinada ao uso em situações emergenciais, a fim de evitar a interrupção das vacinações na _x000D_
 UBS em casos de necessidade.</t>
   </si>
   <si>
     <t>1502</t>
   </si>
   <si>
     <t>221</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1502/ind1cacao_n_221_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1502/ind1cacao_n_221_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na serra de acesso a localidade _x000D_
 de Paraiso da Serra.</t>
   </si>
   <si>
     <t>1503</t>
   </si>
   <si>
     <t>222</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_n_222_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_n_222_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar o recolhimento do lixo no depósito provisório da localidade _x000D_
 de Barbaquá.</t>
   </si>
   <si>
     <t>1504</t>
   </si>
   <si>
     <t>223</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_n_223_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_n_223_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar a substituição da caixa coletora de resíduos localizada na Rua Gentil Vieira Borges, a qual se encontra em péssimo estado de conservação e, por ser utilizada tanto para a coleta de esgoto quanto para a drenagem de águas pluviais, vem ocasionando transtornos à população local e representando risco à saúde pública, bem como à segurança de pedestres e motoristas.</t>
   </si>
   <si>
     <t>1505</t>
   </si>
   <si>
     <t>224</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_n_224_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_n_224_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma _x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a recolocação das lajotas na Av. 24 de Outubro, na _x000D_
 proximidades do escritório da CELESC.</t>
   </si>
   <si>
     <t>1506</t>
   </si>
   <si>
     <t>225</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_v_225_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_v_225_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve vem, por meio da presente e na forma_x000D_
 regimental, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. _x000D_
 Prefeita Municipal para solicitar a realização de manutenção na Av. Henrique Eduardo Boêll, _x000D_
 nas proximidades da Igreja Adventista do Sétimo Dia.</t>
   </si>
   <si>
     <t>1151</t>
   </si>
   <si>
     <t>REQ</t>
   </si>
   <si>
     <t>Requerimento</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_n_001_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_n_001_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal, para requerer as seguintes informações:_x000D_
 1.	Qual empresa executou os trabalhos na ponte que liga Campo Novo e Paraíso da Serra?_x000D_
 2.	Qual valor do contrato firmado pelos trabalhos prestados?_x000D_
 3.	Tem projeto detalhado para execução dos serviços?_x000D_
 4.	A obra tem garantia?_x000D_
 5.	No contrato de prestação de serviço o município daria uma contrapartida como: mão de obra, diesel e maquinário?</t>
   </si>
   <si>
     <t>1153</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_n_002_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_n_002_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal, para requerer as seguintes informações:_x000D_
 1.	Qual valor foi gasto para compra de mudas de flores e insumos para plantio em 14/01/2025?_x000D_
 2.	Como foi feito a compra?_x000D_
 3.	Os funcionários que lá estavam trabalhando iram receber hora com a adicional 100% por se tratar feriado ou receberam em folga através banco de horas?_x000D_
 4.	Qual o procedimento adquirido pelo executivo para manutenção daqueles plantios tendo em vista que nossa mão de obra está reduzida?_x000D_
 5.	Alguma ideia para continuar a repaginação no período do inverno?</t>
   </si>
   <si>
     <t>1154</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/requerimento_n_003_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/requerimento_n_003_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal, para requerer as seguintes informações:_x000D_
 1.	Relatório detalhado dos valores remanescentes em caixa ao final da administração anterior (31/12/2024), discriminando os valores ordinários e os valores vinculados, com especificação das fontes e finalidades a que os valores vinculados se destinam, incluindo o estágio de execução de cada uma dessas finalidades._x000D_
 2.	Relatório atualizado do saldo em caixa do município até o dia 31 de janeiro de 2025, discriminando os valores ordinários e os valores vinculados, com a devida especificação das finalidades dos valores vinculados e o andamento das execuções relacionadas.</t>
   </si>
   <si>
     <t>1155</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/requerimento_n_004_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/requerimento_n_004_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal, para requerer as seguintes informações:_x000D_
 1.	Cópia do projeto de engenharia da cobertura da quadra de laço do parque municipal de exposições, bem como informações sobre a previsão de início da execução desta obra.</t>
   </si>
   <si>
     <t>1156</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_n_005_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_n_005_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Transportes e Obras para explanar sobre os seguintes assuntos:_x000D_
 1.	Como foi encontrada a Secretaria em relação ao maquinário disponível e suas condições de uso?_x000D_
 2.	Qual o número atual de funcionários lotados na Secretaria e quais as funções desempenhadas por eles?_x000D_
 3.	Em relação à empresa terceirizada que presta serviços à Secretaria, quem é o responsável na Secretaria de Transportes e Obras pela fiscalização dos serviços executados?_x000D_
 4.	Considerando que a empresa terceirizada já está executando alguns serviços, qual é a opinião do Secretário sobre a qualidade desses serviços em comparação com aqueles realizados diretamente pelo município?_x000D_
 5.	Qual o valor contratado com a empresa terceirizada e qual o prazo estimado para a vigência deste contrato?_x000D_
 6.	Qual é o posicionamento do Secretário sobre o projeto de lei que deverá</t>
   </si>
   <si>
     <t>1157</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/requerimento_n_006_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/requerimento_n_006_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal, para requerer as seguintes informações sobre a Unidade Básica de Saúde do Bairro Capistrano:_x000D_
 1.	Qual a previsão para inauguração e início do atendimento à população?_x000D_
 2.	Em que estágio se encontra o processo de implantação e quais etapas ainda precisam ser finalizadas?_x000D_
 3.	Quais providências a administração municipal tem adotado para garantir a conclusão e funcionamento da unidade de saúde?</t>
   </si>
   <si>
     <t>1158</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_n_007_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_n_007_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, seja oficiado a Exma. Sra. Prefeita Municipal, para requerer as seguintes informações sobre a obra de construção da garagem municipal:_x000D_
 1.	A obra encontra-se paralisada? Se sim, qual a razão para tal paralisação?_x000D_
 2.	Quais medidas a Prefeitura Municipal tem adotado para dar continuidade e concluir a obra?_x000D_
 3.	Existe previsão de reinício das atividades e término da obra?_x000D_
 4.	Quais providências foram tomadas para solucionar a situação?</t>
   </si>
   <si>
     <t>1159</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/requerimento_n_008_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/requerimento_n_008_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, através do presente, requerer, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal, para requerer as seguintes informações:_x000D_
 1.	A Prefeitura Municipal pretende realizar a Festa Estadual do Churrasco neste ano?_x000D_
 2.	Caso afirmativo, qual a data prevista para a realização do evento?</t>
   </si>
   <si>
     <t>1160</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_n_009_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_n_009_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, através do presente, requerer, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal, para requerer as seguintes informações sobre a Farmácia Básica do Município:_x000D_
 1.	Existe um planejamento para a contratação de mais profissionais para garantir a continuidade, qualidade e ampliação do atendimento à população?_x000D_
 2.	Há previsão de melhoria na estrutura ou ampliação dos serviços da Farmácia Básica para atender à demanda crescente da população?</t>
   </si>
   <si>
     <t>1161</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_n_010_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_n_010_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, através do presente, requerer, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal, para requerer informações detalhadas sobre a retirada do transformador de energia adquirido em 2018 e que estava alocado na parte da Campeira no Parque Municipal de Exposições.</t>
   </si>
   <si>
     <t>1162</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, o envio de convite ao Presidente da ACIBOM – Associação Empresarial de Bom Retiro, para que possa apresentar a esta Casa Legislativa as ações desenvolvidas pela entidade, bem como seus projetos futuros.</t>
   </si>
   <si>
     <t>1163</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_n_012_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_n_012_2025.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este documento, no uso de suas atribuições legais, requer, após a devida apreciação do Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para prestar as seguintes informações:_x000D_
 1.	Quantidade total de toneladas de lixo coletadas nos últimos 12 meses._x000D_
 2.	Valor pago à empresa responsável pela coleta de lixo._x000D_
 3.	Valor pago à empresa responsável pela destinação final dos resíduos._x000D_
 4.	Existência de projetos ou intenções da atual administração para modificar a forma de coleta e destinação do lixo.</t>
   </si>
   <si>
     <t>1164</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/requerimento_n_013_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/requerimento_n_013_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, o envio de convite ao Presidente do Hospital Nossa Senhora das Graças para que possa apresentar a esta Casa Legislativa os critérios utilizados na classificação de risco e como eles influenciam o tempo de espera dos pacientes que buscam atendimento de urgência e emergência no nosocômio.</t>
   </si>
   <si>
     <t>1165</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/requerimento_n_017_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/requerimento_n_017_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, através do presente, requerer, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal, para requerer as seguintes informações sobre a continuação dos calçamentos: _x000D_
 1- Irá continuar neste mandato os calçamentos?_x000D_
 2 - Quando terá início?_x000D_
 3 - Ha valores vinculados para execução dos calçamentos deixados pela gestão anterior, e se tiver valor qual seria está quantia? _x000D_
 4 - Se tiver valores vinculados porque a gestão atual não deu início às obras, como por exemplo a continuação da avenida Major Generoso no Bairro São José e a serra Paraíso da Serra?_x000D_
 5 - A gestão tem informação se há empresa terceirizada que tem interesse em dar continuidade às obras de calçamentos?</t>
   </si>
   <si>
     <t>1166</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/requerimento_n_015_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/requerimento_n_015_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação da Secretária Municipal de Indústria, Comercio e Turismo para explanar sobre os seguintes assuntos:_x000D_
 1.	Qual o cenário encontrado pela Secretária referente a sua pasta?_x000D_
 2.	Quantos servidores a secretaria tem atualmente?_x000D_
 3.	Qual tem sido o maior desafio enfrentado até o momento à frente da secretaria? _x000D_
 4.	Quais são os planos de trabalho previstos para este mandato?</t>
   </si>
   <si>
     <t>1167</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_n_016_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_n_016_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Assistência Social e Habitação para explanar sobre os seguintes assuntos:_x000D_
 1.	Quantidade de servidores da secretaria, com suas respectivas funções;_x000D_
 2.	Explicações sobre os Benefícios Eventuais, conforme as Leis Municipais n.º 2558/23, de 24 de outubro de 2023, e n.º 2563/23, de 14 de novembro de 2023;_x000D_
 3.	Informações sobre o andamento do projeto das encostas;_x000D_
 4.	Detalhamento dos projetos sociais em execução;_x000D_
 5.	Relação de veículos pertencentes à secretaria, incluindo se há utilização desses veículos para atendimento de outras secretarias;_x000D_
 6.	Outros assuntos que o Secretário considerar pertinentes.</t>
   </si>
   <si>
     <t>1168</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/requerimento_n_017_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/requerimento_n_017_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, o envio de convite ao Responsável pelo escritório local da CASAN (Companhia Catarinense de Águas e Saneamento) para prestar esclarecimentos sobre as obras que estão sendo realizadas no município, especialmente no que se refere ao cronograma, execução, qualidade dos serviços e os impactos para a comunidade.</t>
   </si>
   <si>
     <t>1169</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1169/requerimento_n_018_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1169/requerimento_n_018_2025.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este documento, no uso de suas atribuições legais, requer, após a devida apreciação do Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para requer informações detalhadas sobre os motivos pelos quais a quadra de grama sintética do bairro Capistrano ainda não foi inaugurada.</t>
   </si>
   <si>
     <t>1170</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_n_019_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_n_019_2025.pdf</t>
   </si>
   <si>
     <t>O vereador que subscreve este documento, no uso de suas atribuições legais, requer, após a devida apreciação do Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal para solicitar informações detalhadas sobre os motivos pelos quais as câmeras de videomonitoramento ainda não estão em funcionamento, considerando que esses equipamentos são de fundamental importância para a segurança pública.</t>
   </si>
   <si>
     <t>1171</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/requerimento_n_020_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/requerimento_n_020_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação da Secretária Municipal de Saúde para explanar sobre os seguintes assuntos:_x000D_
 1.	Justificativa para a aquisição de dois containers destinados à Unidade de Saúde Central, que até o momento não estão sendo utilizados._x000D_
 2.	Justificativa para falta de odontólogo na Unidade Básica de Saúde Central e a razão pela qual o atendimento odontológico está restrito apenas a casos de urgência e emergência. Além disso, solicita-se esclarecimentos sobre quais situações são consideradas urgência e emergência, bem como se as gestantes estão incluídas no grupo prioritário para atendimento odontológico nesta unidade._x000D_
 3.	Se há previsão para a contratação de mais profissionais de enfermagem para a Unidade Básica de Saúde do Bairro São José, considerando que houve um aumento no número de médicos sem a devida ampliação da equipe de apoio._x000D_
 4.	Outros</t>
   </si>
   <si>
     <t>1172</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/requerimento_n_021_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/requerimento_n_021_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que requer ao Poder Executivo informações se há previsão para canalização do riacho Rincão, nas proximidades da empresa Pomesul.</t>
   </si>
   <si>
     <t>1184</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_n_022_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_n_022_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, que requer ao Poder Executivo informações acerca do acidente entre maquinário da Prefeitura e veículo da Prefeitura. Para tanto, faz-se necessário o pedido de resposta às seguintes perguntas:_x000D_
 1. Foi realizado o Boletim de Ocorrência, para averiguar como ocorreu e as causas do acidente?_x000D_
 2. Caso não tenha sido realizado o Boletim de Ocorrência, como ocorreu o acidente? Quais as causas?_x000D_
 3. Quem estava operando o maquinário?_x000D_
 4. Qual o cargo deste servidor e as atribuições do cargo?_x000D_
 5. O veículo Fiat Strada pertence a qual secretaria?_x000D_
 6. Quem consertou o veículo automotor Fiat Strada e qual a forma de contratação da empresa?_x000D_
 7. Há nota fiscal do conserto?_x000D_
 8. Com quais recursos foi feito o pagamento do conserto do veículo automotor Fiat Strada?</t>
   </si>
   <si>
     <t>1196</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer, ouvido o Digníssimo Plenário, o envio de convite ao Comandante do Destacamento da Polícia Militar para discorrer sobre a situação da segurança pública no Município de Bom Retiro.</t>
   </si>
   <si>
     <t>1197</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_n_024_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_n_024_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação da Secretária Municipal de Educação, Cultura e Esportes para explanar sobre os seguintes assuntos:_x000D_
 1- Qual é a posição da secretária em relação ao funcionamento da equipe técnica multiprofissional: como estava na gestão passada em comparação com sua gestão atual?_x000D_
 2- Qual é o planejamento estratégico da Secretaria Municipal de Educação para preparar a rede de ensino para a realização da prova SAEB (Sistema de Avaliação da Educação Básica)?_x000D_
 3- Para efetivar um professor ou qualquer servidor público, a prefeitura precisa, obrigatoriamente, verificar se há vagas legalmente criadas no quadro de cargos efetivos do município. Quais critérios foram usados para a efetivação dos profissionais (professores) até o prezado momento? _x000D_
 4- Em relação a hora atividade, todos os professores têm a hora atividade atendida na rede municipal? _x000D_
  5- Explanação do andame</t>
   </si>
   <si>
     <t>1223</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_n_026_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_n_026_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, através do presente, requerer, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal, para requerer as seguintes informações:_x000D_
  1- Qual foi a data de aquisição da cadeira odontológica completa que se _x000D_
 encontra em uma sala na UBS do bairro São José?_x000D_
  2- Qual valor pago na referida cadeira?_x000D_
  3- No mandato passado foi comprado uma cadeira odontológica, qual valor foi _x000D_
 pago, e qual o destino da cadeira?_x000D_
  4 - Em relação aos materiais encontrados na sala da UBS do bairro São José, _x000D_
 como cadeira odontológica, balanças e outros objetos, quais serão as providências adotadas _x000D_
 pelo Executivo daqui para frente?</t>
   </si>
   <si>
     <t>1224</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_n_027_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_n_027_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, através do presente, requerer, ouvido o Digníssimo Plenário, que seja oficiado à Exma. Sra. Prefeita Municipal, para requerer as seguintes informações:_x000D_
  1- Qual o valor disponível na conta da Prefeitura para ser aplicado na área _x000D_
 industrial?_x000D_
  2- Considerando que esse valor pode ser utilizado na terraplanagem, por que o _x000D_
 Executivo ainda não iniciou um processo licitatório para a contratação de uma empresa _x000D_
 terceirizada?_x000D_
  3- Qual o prazo estimado para o início das obras na área industrial?_x000D_
  4- Pensando no crescimento e desenvolvimento do município, quais medidas já _x000D_
 foram adotadas pelo Executivo, por meio da prefeita e da secretária responsável pela pasta, _x000D_
 para atrair empresas para a área industrial?</t>
   </si>
   <si>
     <t>1259</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_n_028_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_n_028_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem_x000D_
 através do presente requerer, ouvido o Digníssimo Plenário, cópia do contrato de execução da obra da quadra de esportes do Bairro Capistrano, bem como informações sobre o valor total investido na referida obra, e se a mesma já foi concluída e entregue.</t>
   </si>
   <si>
     <t>1261</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/requerimento_n_029_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/requerimento_n_029_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente requerer ao Poder Executivo, ouvido o Digníssimo Plenário, o envio de informações acerca da data prevista para a inauguração da Unidade Básica de Saúde do Bairro Capistrano.</t>
   </si>
   <si>
     <t>1295</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio do presente, requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara solicite ao Poder Executivo as seguintes informações, relativas à emenda impositiva de autoria deste Vereador, no valor de R$ 17.314,00, destinada à aquisição de tubos:_x000D_
 1 Quantas unidades de tubos foram adquiridas com os recursos da _x000D_
 referida emenda?_x000D_
 2 Quantas unidades já foram utilizadas?_x000D_
 3 Em qual (ou quais) rua(s) essa tubulação foi instalada?_x000D_
 4 Caso ainda haja material remanescente, qual a quantidade restante e _x000D_
 qual a previsão de uso do excedente?</t>
   </si>
   <si>
     <t>1296</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_n_032_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_n_032_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio do presente, requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara solicite ao Poder Executivo as seguintes informações referentes à fila de espera para atendimentos de fisioterapia na Secretaria Municipal de Saúde:_x000D_
  1. Quantos pacientes encontram-se atualmente aguardando atendimento de _x000D_
 fisioterapia?_x000D_
  2. Qual é o tempo médio de espera para o início do tratamento?_x000D_
  3. Que medidas ou ações a Prefeitura pretende adotar para reduzir essa fila e _x000D_
 garantir maior agilidade nos atendimentos?</t>
   </si>
   <si>
     <t>1304</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio do presente, requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara solicite ao Poder Executivo as seguintes informações:_x000D_
  1. Qual foi a causa do acidente envolvendo a caçamba de placa QHD-9475, que _x000D_
 resultou em danos significativos na estrutura do basculante?_x000D_
  2. Havia algum defeito ou desgaste prévio no pino do basculante que possa ter _x000D_
 contribuído para a ocorrência do acidente?_x000D_
  3. Considerando que o basculante danificado foi removido e substituído por _x000D_
 outro proveniente do veículo de placa QHD-9E45, qual foi o destino dado ao basculante _x000D_
 avariado?_x000D_
  4. Tendo em vista que o veículo de placa QHD-9E45 encontra-se com o motor _x000D_
 avariado, qual é a intenção do Poder Executivo em relação a esse bem: realizar o conserto do _x000D_
 motor ou encaminhá-lo para leilão?_x000D_
  5. Tendo em vista que já foram instauradas várias sindicâncias para apurar fatos _x000D_
 ocorridos, qual medida o Executivo está tomando para sanar as dúv</t>
   </si>
   <si>
     <t>1305</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_n_034_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_n_034_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Administração e Fazenda para prestar os seguintes esclarecimentos:</t>
   </si>
   <si>
     <t>1306</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_n_035_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_n_035_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem através do presente REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário Municipal de Administração e Fazenda para prestar esclarecimentos sobre como se dá, na prática, a fiscalização de obras e serviços de infraestrutura no Município de Bom Retiro/SC especialmente quanto aos seguintes pontos:</t>
   </si>
   <si>
     <t>1319</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_n_036_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_n_036_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara solicite ao Poder _x000D_
 Executivo as seguintes informações:_x000D_
  1. Informar quanto já foi gasto, até o momento, com a manutenção do veículo _x000D_
 Chevrolet Spin, placa RAG6H43, discriminando as notas fiscais e especificando _x000D_
 separadamente peças, mão de obra e respectivos valores._x000D_
  2. Esclarecer se já foi realizada a reforma completa (retifica) do motor deste _x000D_
 veículo._x000D_
  3. Informar a quilometragem atual do veículo._x000D_
  4. Esclarecer qual é a destinação prevista pelo Poder Executivo para o veículo _x000D_
 Chevrolet Spin, placa RAG6H43.</t>
   </si>
   <si>
     <t>1320</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/requerimento_n_037_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/requerimento_n_037_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, requerer, ouvido o Digníssimo Plenário, que a Mesa da Câmara solicite ao Poder _x000D_
 Executivo esclarecimentos acerca da situação em que uma máquina terceirizada estava _x000D_
 realizando o carregamento e abastecimento do britador, enquanto duas escavadeiras _x000D_
 hidráulicas pertencentes à Prefeitura permaneciam paradas na garagem.</t>
   </si>
   <si>
     <t>1345</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio_x000D_
  do presente, REQUERER, ouvido o Digníssimo Plenário, a realização de homenagem à _x000D_
 Escola de Ensino Médio Valmir Omarques Nunes pela conquista do hexacampeonato na _x000D_
 Olimpíada Brasileira de Foguetes.</t>
   </si>
   <si>
     <t>1360</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_039_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_039_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que o Poder Executivo encaminhe _x000D_
 estudo detalhado de impacto financeiro referente à implementação do Centro de Hidroterapia _x000D_
 no município de Bom Retiro, com o objetivo de analisar a viabilidade e garantir o futuro _x000D_
 funcionamento e sustentabilidade do referido projeto, contendo os seguintes dados:_x000D_
  1. Contrapartida financeira municipal para a construção do centro, tendo em vista _x000D_
 os recursos externos envolvidos;_x000D_
  2. Custos mensais estimados de manutenção e operação, incluindo: energia _x000D_
 elétrica (com destaque para o aquecimento da água e do ambiente, devido ao clima frio da _x000D_
 região); produtos químicos e materiais de limpeza; conservação da estrutura; e manutenções _x000D_
 preventivas c corretivas dos equipamentos e da infraestrutura;_x000D_
  3. Estimativa de pessoal necessário para o pleno funcionamento do centro, _x000D_
 discriminando os cargos, funções, número de profissiona</t>
   </si>
   <si>
     <t>1361</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_040_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_040_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que o Poder Executivo encaminhe _x000D_
 informações detalhadas acerca dos custos e projeções (estimativas orçamentárias) _x000D_
 relacionados a serviços terceirizados empregados em obras públicas e manutenção de _x000D_
 estradas, rurais e urbanas, realizadas ou em andamento pelo Poder Executivo Municipal, _x000D_
 especifícamente em relação aos:- Custos já incorridos até o momento, discriminados por:_x000D_
  Serviços terceirizados (especificar empresas ou prestadoras, quando possível); aluguel _x000D_
 de maquinários (retroescavadeiras, tratores, etc.); prestação de serviços completa _x000D_
 (desde o início à conclusão de intervenções)._x000D_
  2 - Previsão de custos futuros, também detalhada por:_x000D_
  Contratos a vigorar com terceirizadas para obras e manutenção; aluguel de _x000D_
 maquinários necessários em planejamentos futuros; orçamento estimado para serviços _x000D_
 completos de reconstrução e reparo. Esta solicitação just</t>
   </si>
   <si>
     <t>1362</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_041_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_041_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que o Poder Executivo as seguintes _x000D_
 informações:_x000D_
  1 - Se já existem câmeras de monitoramento instaladas nas creches do município;_x000D_
  2 - Em caso positivo, especificar em quais unidades foram instaladas;_x000D_
  3 - Em caso negativo, informar se há previsão para a instalação desse sistema de _x000D_
 segurança e qual o cronograma previsto para sua execução.</t>
   </si>
   <si>
     <t>1363</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_042_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_042_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal solicitando as seguintes informações referentes à construção das casas _x000D_
 no Bairro Capistrano, vinculadas ao programa do Governo Estadual “Casa Catarina”:_x000D_
  1 - Construção das casas no bairro Capistrano - andamento:_x000D_
  “Gostaria de saber como está o andamento do procedimento para a construção _x000D_
 das 12 casas no bairro Capistrano. Já existe previsão de início das obras?”_x000D_
  2 - Construção das casas no bairro Capistrano - viabilidade do terreno:_x000D_
  “O terreno destinado comporta, de fato, a construção das 12 casas no bairro _x000D_
 Capistrano?”_x000D_
  3 - Impacto financeiro e contrapartida do Município:_x000D_
  “Gostaria de saber se já foi elaborado o impacto financeiro da contrapartida do _x000D_
 Município em relação à rede elétrica, ao calçamento e aos muros das casas. Essas obras _x000D_
 ficarão a cargo do Município ou dos próprios moradores?”_x000D_
  4 - Z</t>
   </si>
   <si>
     <t>1384</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_n_043_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_n_043_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio_x000D_
  do presente, REQUERER, ouvido o Digníssimo Plenário, seja enviado convite à senhora _x000D_
 Julia Monteiro, responsável pelo programa ALI Produtividade - Serra Catarinense, vinculado _x000D_
 ao SEBRAE, para realizar uma apresentação institucional sobre o referido programa.</t>
   </si>
   <si>
     <t>1385</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_n_044_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_n_044_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por_x000D_
  meio do presente, REQUERER, ouvido o Digníssimo Plenário, a convocação da Secretária _x000D_
 Municipal de Saúde para prestar esclarecimentos a respeito de um áudio recentemente vazado, _x000D_
 envolvendo a Prefeita Municipal, a própria Secretária de Saúde (Vice-Prefeita) e uma _x000D_
 funcionária pública, no qual foram feitos comentários relacionados à categoria dos motoristas _x000D_
 da Saúde:_x000D_
  1. A secretária tem conhecimento sobre o áudio vazado?_x000D_
  2. O que a secretária tem a esclarecer sobre o teor da conversa deste áudio?_x000D_
  3. Considerando a Lei Complementar Municipal n° 78/2019, que dispõe sobre_x000D_
  a concessão de gratificação por dedicação exclusiva (GTIDE), e o fato de a Secretária também _x000D_
 exercer o cargo de Vice-Prefeita, se entende que a aplicação desta lei é constitucional.</t>
   </si>
   <si>
     <t>1388</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/requerimento_n_045_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/requerimento_n_045_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal solicitando as seguintes informações:_x000D_
  1. Número de servidores do Executivo Municipal (efetivos, temporários e _x000D_
 comissionados), desde o ano de 2010 até a presente data, discriminado ano a ano, com _x000D_
 detalhamento por secretaria._x000D_
  2. Arrecadação total do Município, desde o ano de 2010 até a presente data, _x000D_
 discriminada ano a ano._x000D_
  3. Despesas totais do Município, desde o ano de 2010 até a presente data, _x000D_
 discriminadas ano a ano._x000D_
  4. Distribuição do orçamento municipal para todas as secretarias, em valores _x000D_
 (R$) e percentuais, desde o ano de 2010 até a presente data, discriminada ano a ano._x000D_
  5. Despesas totais de cada secretaria do Município, desde o ano de 2010 até a _x000D_
 presente data, discriminadas ano a ano.</t>
   </si>
   <si>
     <t>1386</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/requerimento_n_046_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/requerimento_n_046_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal solicitando as seguintes informações:_x000D_
  1 - _x000D_
 Número de empresas cadastradas no Município de Bom Retiro, _x000D_
 discriminadas por setor (indústria, comércio e prestação de serviços);_x000D_
  2 - Valor arrecadado com a taxa de alvará de funcionamento referente a tais _x000D_
 empresas.</t>
   </si>
   <si>
     <t>1387</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/requerimento_n_047_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/requerimento_n_047_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio_x000D_
  do presente. REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal solicitando as seguintes informações:- Qual o cronograma de coleta de lixo realizado pela empresa contratada ou_x000D_
  pelo município, especificando os dias e horários por bairros da cidade e nas localidades do _x000D_
 interior.</t>
   </si>
   <si>
     <t>1394</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_n_049_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_n_049_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado a Celesc para _x000D_
 solicitar esclarecimentos acerca das constantes interrupções no fornecimento de energia _x000D_
 elétrica que vêm ocorrendo com recorrência nas comunidades de Rio Frederico, Serra dos _x000D_
 Lorenzi, Sapato, Papua e Três Pontas:_x000D_
  1 - Os motivos das constantes faltas de energia nas localidades acima citadas;_x000D_
  2 - Se há manutenção preventiva e corretiva periódica na rede elétrica dessas _x000D_
 comunidades, apresentando, se possível, a documentação comprobatória referente às últimas _x000D_
 manutenções realizadas.</t>
   </si>
   <si>
     <t>1395</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_n_050_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_n_050_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal para solicitar as seguintes informações sobre o Programa de Prestação _x000D_
 de Serviços a Particulares com Máquinas, Equipamentos e Implementos do Município:_x000D_
  1. Quais procedimentos os munícipes devem seguir para solicitar os serviços _x000D_
 previstos na lei municipal referente aos serviços relacionados ao fornecimento e transporte de _x000D_
 cascalho;_x000D_
  2. Qual a prioridade de atendimento dos serviços, após a apresentação do _x000D_
 requerimento;_x000D_
  3. Em quais situações a ordem de atendimento pode ser alterada e quais critérios _x000D_
 ou justificativas são adotados para tais alterações, inclusive no caso de serviços envolvendo _x000D_
 cascalho.</t>
   </si>
   <si>
     <t>1420</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_n_051_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_n_051_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal para solicitar as seguintes informações:_x000D_
  1. Se a Rua Sebastião B. A. Silva, no Bairro São José, será contemplada com _x000D_
 pavimentação em lajotas ainda neste ano, considerando que no ano passado ficou assegurado _x000D_
 recurso para a referida obra.</t>
   </si>
   <si>
     <t>1421</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/requerimento_n_052_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/requerimento_n_052_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio_x000D_
  do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal para solicitar informações sobre se o Município de Bom Retiro realizou _x000D_
 o cadastro no Programa “Pet Levado a Sério”, do Governo do Estado de Santa Catarina.</t>
   </si>
   <si>
     <t>1436</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_n_053_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_n_053_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal para solicitar as seguintes informações referentes ao micro-ônibus _x000D_
 Volare, placa MEP-7192, pertencente à Secretaria Municipal de Educação:_x000D_
  1. Qual o valor total gasto, no ano de 2025, com o conserto mecânico _x000D_
 (motor e suspensão) do referido veículo?_x000D_
  2. Quais os valores gastos na restauração dos para-choques, bancos e _x000D_
 assoalho do mesmo veículo?_x000D_
  3. Que sejam encaminhadas, em anexo, as notas fiscais correspondentes às _x000D_
 peças, materiais e mão de obra utilizadas nessas manutenções.</t>
   </si>
   <si>
     <t>1437</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_n_054_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_n_054_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio_x000D_
  do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal para informar os motivos que ocasionaram a suspensão das aulas no Pré- _x000D_
 Escolar Capistrano.</t>
   </si>
   <si>
     <t>1454</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_n_055_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_n_055_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio_x000D_
  do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal para solicitar as seguintes informações:_x000D_
  1. Número de famílias cadastradas no programa bolsa família;_x000D_
  2. Número de pessoas atendidas pelo mesmo programa;_x000D_
  3. Valores distribuídos pelo programa atual (Bolsa família), ou pelo programa _x000D_
 que o antecedeu, nos anos de 2021, 2022, 2023, 2024 e 2025 até o presente _x000D_
 momento.</t>
   </si>
   <si>
     <t>1455</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1455/requerimento_n_056_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1455/requerimento_n_056_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que este subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado o Poder Executivo _x000D_
 Municipal para solicitar as seguintes informações:_x000D_
  1. Relação dos concursos públicos ainda vigentes, com indicação da data de _x000D_
 validade de cada certame e o número de vagas previstas pelo concurso;_x000D_
  2. A relação nominal dos candidatos já nomeados, dos que foram convocados e _x000D_
 não assumiram o cargo, e dos que ainda aguardam nomeação.</t>
   </si>
   <si>
     <t>1456</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/requerimento_n_057_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/requerimento_n_057_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no exercício de suas atribuições legais, vem, por _x000D_
 meio deste, REQUERER, após ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo Municipal para solicitar informações sobre a existência de projeto para construção _x000D_
 de viaduto sobre a BR-282, interligando os dois lados da Av. Henrique Eduardo Boêll, e, caso _x000D_
 existente, sobre o estágio do projeto e o andamento da proposta.</t>
   </si>
   <si>
     <t>1457</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_n_058_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_n_058_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no exercício de suas atribuições legais, vem, por _x000D_
 meio deste, REQUERER, após ouvido o Digníssimo Plenário, que seja enviado convite a _x000D_
 representante da Patrulha Rural da Polícia Militar da Santa Catarina para explanar sobre o _x000D_
 funcionamento do programa e os benefícios à segurança das comunidades do interior do _x000D_
 município.</t>
   </si>
   <si>
     <t>1459</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_n_060_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_n_060_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no uso de suas atribuições legais e _x000D_
 regimentais, vem, respeitosamente, REQUERER, após ouvido o Plenário, que seja oficiado ao _x000D_
 Poder Executivo Municipal solicitando informação acerca do motivo pelo qual a divulgação _x000D_
 prevista na Lei Municipal n.° 2.535/2025, que dispõe sobre a publicação do currículo dos _x000D_
 agentes políticos e ocupantes de cargos comissionados da administração pública direta e _x000D_
 indireta de Bom Retiro, ainda não foi realizada nos portais oficiais do Executivo, assim como _x000D_
 que informe o prazo previsto para o devido cumprimento da referida legislação, bem como _x000D_
 eventuais medidas já adotadas para sua implementação.</t>
   </si>
   <si>
     <t>1460</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_n_061_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_n_061_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no uso de suas atribuições legais e _x000D_
 regimentais, vem, respeitosamente, REQUERER, após ouvido o Plenário, que seja oficiado ao _x000D_
 Poder Executivo Municipal para requer informações detalhadas acerca da situação da ponte _x000D_
 que colapsou na comunidade de Paraíso da Serra:_x000D_
  1. Informar se há previsão para o início e a conclusão das obras de _x000D_
 recuperação da ponte, apresentando o cronograma atualizado, as etapas previstas e os _x000D_
 responsáveis pela execução dos serviços._x000D_
  2. Encaminhar cópia do laudo técnico, parecer de engenharia, relatório de _x000D_
 vistoria, perícia ou qualquer outro documento oficial que indique as causas do dano ocorrido _x000D_
 na estrutura, especialmente considerando que o problema surgiu poucos dias após sua _x000D_
 inauguração._x000D_
  3. Informar se foi instaurado algum procedimento administrativo, _x000D_
 sindicância, investigação técnica ou apuração formal dos fatos, indicando as eventuais _x000D_
 conclusões preliminares ou definitivas.</t>
   </si>
   <si>
     <t>1461</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_n_062_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_n_062_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no uso de suas atribuições legais e _x000D_
 regimentais, vem, respeitosamente, REQUERER, após ouvido o Plenário, que seja oficiado _x000D_
 ao Poder Executivo Municipal para requer as seguintes informações acerca do projeto de _x000D_
 construção do Centro de Hidroterapia:_x000D_
 1 Se o referido projeto já foi encaminhado para processo licitatório;_x000D_
 2Qual a previsão para o início da execução da obra;_x000D_
 3 Qual o cronograma estimado para sua conclusão;_x000D_
 4 Os recursos financeiros destinados a construção do Centro de _x000D_
 5Hidroterapia já se encontram disponíveis na conta do Município?</t>
   </si>
   <si>
     <t>1462</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_n_063_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_n_063_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, no uso de suas atribuições legais e _x000D_
 regimentais, vem, respeitosamente, REQUERER, após ouvido o Plenário, que seja oficiado _x000D_
 ao Poder Executivo Municipal para requerer as seguintes informações acerca da situação atual _x000D_
 da quadra esportiva da comunidade de Capistrano:_x000D_
  Qual é a situação atual das obras da quadra do Capistrano? _x000D_
  Existe previsão ou perspectiva oficial para a data de inauguração do espaço?_x000D_
 Os reparos pendentes já foram totalmente concluídos? Em caso negativo, _x000D_
 quais serviços ainda restam a ser executados e qual o prazo estimado para sua finalização?</t>
   </si>
   <si>
     <t>1512</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_n_064_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_n_064_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Presidente do _x000D_
 Hospital Nossa Senhora das Graças, Sr. Alfredo Martinho Rosar, para o envio de convite a _x000D_
 fim de que compareça à Câmara de Vereadores para prestar informações e esclarecimentos à _x000D_
 população bonretirense acerca dos atendimentos, consultas e cirurgias realizados pelo _x000D_
 nosocômio.</t>
   </si>
   <si>
     <t>1513</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_n_065_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_n_065_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que subscreve, no uso de suas atribuições legais, vem, por meio _x000D_
 do presente, REQUERER, ouvido o Digníssimo Plenário, a convocação do Secretário _x000D_
 Municipal de Transportes e Obras para prestar os seguintes esclarecimentos:_x000D_
 1. _x000D_
 Como o Secretário avalia seu primeiro ano à frente da Secretaria _x000D_
 Municipal de Transportes e Obras?_x000D_
 2. _x000D_
 Qual o andamento do processo e o prazo previsto para o início das _x000D_
 obras do muro de contenção nas ruas do bairro São José?_x000D_
 3. _x000D_
 Qual a situação atual da ponte na localidade de Paraíso da Serra, _x000D_
 considerando que os trabalhos ainda não foram reiniciados?_x000D_
 4. _x000D_
 Com a saída do ex-secretário Valmeri de Souza, houve melhoria ou _x000D_
 dificuldade na condução dos trabalhos da Secretaria Municipal de Transportes e Obras?_x000D_
 5. _x000D_
 No que se refere aos gastos com serviços de mecânica e às manutenções _x000D_
 dos veículos pertencentes à Secretaria Municipal de Transportes e Obras, houve economia _x000D_
 neste primeiro ano de gestão?</t>
   </si>
   <si>
     <t>1514</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_n_066_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_n_066_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve, no uso de suas atribuições legais, vem, por _x000D_
 meio do presente, REQUERER, ouvido o Digníssimo Plenário, que seja oficiado ao Poder _x000D_
 Executivo para solicitar as seguintes informações referentes aos serviços executados pela _x000D_
 Secretaria Municipal de Transportes e Obras:_x000D_
 Qual o procedimento legal adotado pela Prefeitura, por meio da _x000D_
 1. _x000D_
 Secretaria Municipal de Transportes e Obras, para a execução de serviços em propriedades _x000D_
 particulares?_x000D_
 2. _x000D_
 Qual a quantidade de cargas — incluindo aterro, pedra de rio, pedra _x000D_
 britada e cascalho —já entregues pela Prefeitura a particulares no ano de 2025, discriminando _x000D_
 o nome do solicitante, a quantidade recebida e o endereço do requisitante?_x000D_
 3. _x000D_
 Encaminhamento de cópia dos requerimentos de serviços realizados _x000D_
 junto à Secretaria Municipal de Transportes e Obras, contendo o nome do requisitante e a _x000D_
 quantidade de cargas demandadas._x000D_
 4. _x000D_
 Cópia da relação das baixas referentes a cada solicitante, após a devida _x000D_
 comprovação de p</t>
   </si>
   <si>
     <t>1218</t>
   </si>
   <si>
     <t>DLE</t>
   </si>
   <si>
     <t>Decreto Legislativo</t>
   </si>
   <si>
     <t>CFO - COMISSÃO DE FINANÇAS E ORÇAMENTO</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/14.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/14.pdf</t>
   </si>
   <si>
     <t>APROVA AS CONTAS DA PREFEITURA MUNICIPAL DE BOM RETIRO, RELATIVAS AO EXERCÍCIO DE 2023.</t>
   </si>
   <si>
     <t>1389</t>
   </si>
   <si>
     <t>PLC</t>
   </si>
   <si>
     <t>Projeto de Lei Complementar Executivo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_complementar_001_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_complementar_001_25.pdf</t>
   </si>
   <si>
     <t>AUTORIZA A DELEGAÇÃO, POR MEIO DE CONTRATO _x000D_
 DE PROGRAMA, DOS SERVIÇOS DE ILUMINAÇÃO _x000D_
 PÚBLICA NO MUNICÍPIO DE BOM RETIRO, _x000D_
 INCLUÍDOS A MODERNIZAÇÃO, EFICIENT1ZAÇÃO, _x000D_
 EXPANSÃO, OPERAÇÃO E MANUTENÇÃO DA REDE _x000D_
 MUNICIPAL DE ILUMINAÇÃO PÚBLICA, BEM COMO A _x000D_
 VINCULAÇÃO DOS RECEBÍVEIS PROVENIENTES DA _x000D_
 CONTRIBUIÇÃO PARA CUSTEIO DOS SERVIÇOS DE _x000D_
 ILUMINAÇÃO PÚBLICA - COSIP PARA O CONSÓRCIO _x000D_
 INTERMUNICIPAL SERRA CATARINENSE - CISAMA, E _x000D_
 DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1422</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projeto_de_lei_complementar_n_02_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projeto_de_lei_complementar_n_02_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, ESTRUTURA, ORGANIZAÇÃO E ATRIBUIÇÕES DA PROCURADORIA GERAL DO MUNICÍPIO DE BOM RETIRO/SC E INSTITUI O CARGOS DE ASSESSOR DE PROCURADORIA, ALTERA A NOMENCLATURA DE CARGO DE ADVOGADO NO ÂMBITO DO MUNICÍPIO DE BOM RETIRO - SC, E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1423</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projeto_de_lei_complementar_n_03_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projeto_de_lei_complementar_n_03_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA OS NÍVEIS SALARIAIS CONSTANTES DO PLANO DE CARGOS E SALÁRIOS DOS SERVIDORES PÚBLICOS DO MUNICÍPIO DE BOM RETIRO/SC, CRIA NOVOS NÍVEIS NA TABELA DE VENCIMENTOS E da outras PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1481</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1481/untitled.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1481/untitled.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A CRIAÇÃO, ATRIBUIÇÕES E REMUNERAÇÃO DO CARGO DE AUXILIAR DE APOIO ESCOLAR, E EXTINÇÃO DO CARGO DE MONITOR DE CRECHE, E DÁ OUTRAS  PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1482</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1482/plc06.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1482/plc06.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre o Programa Municipal de Parcerias Público- Privadas e Concessões do Município de Bom Retiro - SC, e dá outras providências”.</t>
   </si>
   <si>
     <t>1483</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1483/plc_07.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1483/plc_07.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre as regras para constituição e funcionamento de ambiente regulatório Experimental (Sandbox Regulatório) no Município de Bom Retiro - SC”</t>
   </si>
   <si>
     <t>1484</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1484/plc08.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1484/plc08.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação para a instalação e uso do _x000D_
 sistema 5G no Município de Bom Retiro - SC”</t>
   </si>
   <si>
     <t>1485</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/plc_09.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/plc_09.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a regulamentação para a desburocratização _x000D_
 econômica e liberdade empreendedora no Município de Bom _x000D_
 Retiro - SC”.</t>
   </si>
   <si>
     <t>1486</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1486/plc10.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1486/plc10.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a criação da Política Municipal de Desenvolvimento _x000D_
 Econômico e Inovação e cria o Programa de Inovação do Município _x000D_
 de Bom Retiro - SC, e dá outras providências”</t>
   </si>
   <si>
     <t>1488</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1488/plc_11.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1488/plc_11.pdf</t>
   </si>
   <si>
     <t>“Dispõe sobre a ampliação do número de vagas do cargo de Engenheiro Civil e Médico Veterinário na Estrutura Administrativa da Prefeitura Municipal de Bom Retiro e dá outras providências”.</t>
   </si>
   <si>
     <t>1202</t>
   </si>
   <si>
     <t>PLL</t>
   </si>
   <si>
     <t>Projeto de Lei Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_n_01_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_n_01_2025.pdf</t>
   </si>
   <si>
     <t>CONCEDE REVISÃO GERAL ANUAL DE QUE TRATA O ARTIGO 37, X, DA CF/88 E REAJUSTA VENCIMENTOS AOS SERVIDORES E AGENTES POLÍTICOS DO PODER LEGISLATIVO MUNICIPAL.</t>
   </si>
   <si>
     <t>1210</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_n_02_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_n_02_2025.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE AUDIÊNCIAS PÚBLICAS NOS BAIRROS E LOCALIDADES DO INTERIOR DO MUNICÍPIO DE BOM RETIRO, VISANDO À AMPLA PARTICIPAÇÃO POPULAR NA GESTÃO PÚBLICA, EM OBSERVÂNCIA AOS PRINCÍPIOS CONSTITUCIONAIS, E DÁ OUTRAS PROVIDÊNCIAS</t>
   </si>
   <si>
     <t>1219</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_n_03_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_n_03_2025.pdf</t>
   </si>
   <si>
     <t>“DISOPÕE SOBRE A PUBLICAÇÃO DO CURRÍCULO DOS AGENTES POLÍTICOS E OCUPANTES DE CARGOS COMISSIONADOS DA ADMINISTRAÇÃO PÚBLICA DIRETA E INDIRETA DO MUNICÍPIO DE BOM RETIRO E DÁ OUTRAS PROVIDÊNCIAS”.</t>
   </si>
   <si>
     <t>1211</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/projeto_de_lei_n_04_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/projeto_de_lei_n_04_2025.pdf</t>
   </si>
   <si>
     <t>“DISOPÕE SOBRE A OBRIGATORIEDADE DAS UNIDADES DE SAÚDE DE DIVULGA NOMES DE MÉDICOS CIRURGIÕES HORÁRIOS DE ATENDIMENTO”._x000D_
  DENTISTAS E HORÁRIOS DE ATENDIMENTO”</t>
   </si>
   <si>
     <t>1212</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_n_05_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_n_05_2025.pdf</t>
   </si>
   <si>
     <t>“DISPÕE SOBRE A CRIAÇÃO DE CARGOS DO QUADRO PERMANENTE DE PESSOAL DO PODER LEGISLATIVO, E DÁ OUTRAS PROVIDÊNCIAS”</t>
   </si>
   <si>
     <t>1390</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/pl_06_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/pl_06_25.pdf</t>
   </si>
   <si>
     <t>Dispõe sobre a regulamentação da execução das _x000D_
 emendas parlamentares individuais e de bancada ao _x000D_
 orçamento municipal, nos casos de impedimento de _x000D_
 ordem técnica ou desistência, e dá outras providências.</t>
   </si>
   <si>
     <t>1442</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/pl_07.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/pl_07.pdf</t>
   </si>
   <si>
     <t>DISPÕE SOBRE A REALIZAÇÃO DE REUNIÕES PÚBLICAS _x000D_
 PARTICIPATIVAS NO MUNICÍPIO DE BOM RETIRO E DÁ _x000D_
 OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>1487</t>
   </si>
   <si>
     <t>PR</t>
   </si>
   <si>
     <t>Projeto de Resolução</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1487/pr_02.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1487/pr_02.pdf</t>
   </si>
   <si>
     <t>CONCEDE TÍTULO DE CIDADÃO HONORÁRIO.</t>
   </si>
   <si>
     <t>1391</t>
   </si>
   <si>
     <t>PEL</t>
   </si>
   <si>
     <t>Proposta de Emenda à Lei Orgânica</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/pelo_001_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/pelo_001_25.pdf</t>
   </si>
   <si>
     <t>ALTERA § 7o DO ART. 127-A DA LEI ORGÂNICA MUNICIPAL.</t>
   </si>
   <si>
     <t>1209</t>
   </si>
   <si>
     <t>RA</t>
   </si>
   <si>
     <t>Resolução Administrativa</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/resolucao_n_01_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/resolucao_n_01_2025.pdf</t>
   </si>
   <si>
     <t>ALTERA E REVOGA DISPOSITIVOS DO REGIMENTO INTERNO DA CÂMARA MUNICIPAL DE VEREADORES DE BOM RETIRO/SC</t>
   </si>
   <si>
     <t>1173</t>
   </si>
   <si>
     <t>MO</t>
   </si>
   <si>
     <t>Moção</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/mocao_n001_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/mocao_n001_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao bonretirense Vilton Luiz Nunes pela sua 19ª participação na corrida de São Silvestre.</t>
   </si>
   <si>
     <t>1174</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/mocao_n002_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/mocao_n002_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao Deputado Estadual Lucas Neves pela destinação de recurso no valor de R$ 160.000,00 (cento e sessenta mil reais), para a aquisição de um aparelho de ultrassom para a Unidade de Saúde Central de nosso município.</t>
   </si>
   <si>
     <t>1175</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/mocao_n003_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/mocao_n003_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso aos festeiros, voluntários e toda comunidade de Cambará pelo sucesso da tradicional festa, com destaque para a organização exemplar, o comprometimento com a preservação das tradições culturais, a hospitalidade acolhedora, o excelente serviço prestado aos visitantes e o empenho de todos os envolvidos, elementos fundamentais para o sucesso do evento e para a expressiva participação popular.</t>
   </si>
   <si>
     <t>1176</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1176/mocao_n004_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1176/mocao_n004_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Daniela Aparecida da Luz.</t>
   </si>
   <si>
     <t>1177</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1177/mocao_n005_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1177/mocao_n005_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Antônio Alves de Brito.</t>
   </si>
   <si>
     <t>1178</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/mocao_n006_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/mocao_n006_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Luiz Carlos da Silva.</t>
   </si>
   <si>
     <t>1179</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/mocao_n_007_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/mocao_n_007_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Alcione José Sangaletti.</t>
   </si>
   <si>
     <t>1180</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/mocao_n_008_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/mocao_n_008_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. João Ivo Goedert.</t>
   </si>
   <si>
     <t>1181</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Nair Rodrigues.</t>
   </si>
   <si>
     <t>1182</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Florinda de Abreu Velasco.</t>
   </si>
   <si>
     <t>1183</t>
   </si>
   <si>
     <t>PROFESSOR GUILHERME, CLÁUDIO BOMBEIRO, DONIZETE LINS, JOSI DA SAÚDE</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mocao_n_011_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mocao_n_011_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao Secretário de Agricultura e Meio Ambiente, em reconhecimento ao trabalho que vem desenvolvendo no atendimento dos pleitos do Legislativo.</t>
   </si>
   <si>
     <t>1198</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_n_012_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_n_012_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso à Escola de Ensino Médio Valmir Omarques Nunes pelo sucesso do evento 'Família na Escola'.</t>
   </si>
   <si>
     <t>1199</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/mocao_n_013_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/mocao_n_013_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso à equipe de Futsal Farmácia Qualifar/Bom Retiro pela brilhante conquista invicta da Copa Ki-Bola, na categoria Sub-09.</t>
   </si>
   <si>
     <t>1200</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/mocao_n_014_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/mocao_n_014_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao Corpo de Bombeiros de Bom Retiro, em reconhecimento ao atendimento realizado no salvamento de um bebê de 11 meses, vítima de obstrução das vias aéreas.</t>
   </si>
   <si>
     <t>1201</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/mocao_n_015_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/mocao_n_015_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer que, após ouvido o Plenário, a Mesa desta Casa envie Moção de Aplauso aos senhores Lotário Nabor Schutz e Arthur da Cruz Schutz, pela conquista do título em duas modalidades no Rodeio Internacional do CTC Os Praianos.</t>
   </si>
   <si>
     <t>1226</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/mocao_n_016_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/mocao_n_016_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Izabel _x000D_
 Aparecida Trento Serafim.</t>
   </si>
   <si>
     <t>1225</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/mocao_n_017_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/mocao_n_017_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer que, após ouvido o Plenário, a Mesa desta Casa envie Moção de Aplauso ao Pe. Sérgio Lima para passagem de seu aniversário.</t>
   </si>
   <si>
     <t>1222</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/mocao_n_018_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/mocao_n_018_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer que, após ouvido o Plenário, a Mesa desta Casa envie Moção de Aplauso a todos os funcionários da Escola do Campo Barbaquá e da Creche Municipal Patrícia Deucher, que, na última sexta-feira, 9 de maio, realizaram com excelência o evento “Dia da Família na Escola”, em conjunto com uma homenagem ao Dia das Mães.</t>
   </si>
   <si>
     <t>1260</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/mocao_n_019_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/mocao_n_019_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer que, após ouvido o Plenário, a Mesa desta Casa envie Moção de Aplauso ao Sr. Ivo Fernando de Souza, em reconhecimento à conquista do primeiro lugar no Campeonato Internacional de Ferrageamento, na categoria aberta, realizado na cidade de Viamão - RS.</t>
   </si>
   <si>
     <t>1258</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_n_021_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_n_021_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer que, após ouvido o Plenário, a Mesa desta Casa envie Moção de Aplauso a equipe Bom Retiro Futsal, em reconhecimento à conquista do vice-campeonato na copa Cebolão.</t>
   </si>
   <si>
     <t>1238</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/mocao_n_022_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/mocao_n_022_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer que, após ouvido o Plenário, a Mesa desta Casa envie Moção de Aplauso aos atletas da Escola de Educação Básica Alexandre de Gusmão, pela conquista invicta do título nos Jogos Escolares de Santa Catarina (JESC), na modalidade de futsal masculino, categoria de 12 a 14 anos</t>
   </si>
   <si>
     <t>1237</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/mocao_n_023_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/mocao_n_023_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao Secretário de Agricultura e Meio Ambiente, em reconhecimento ao trabalho que vem desenvolvendo no bairro Capistrano.</t>
   </si>
   <si>
     <t>1278</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_n_024_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_n_024_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer, após ouvido o Plenário, que seja encaminhada Moção de Aplauso às empresas bonretirenses Bomglacê, Cabanas Doce Recanto, Cabanas Malbec Brasil, Cabanas Vô Dilo, Casa Steinbach, Hotel São Cristóvão, Morada O, Quintal di Catarina, Sítio Graciano e Vinícola Thera pela conquista do Selo Verde, concedido por meio do programa Selo Serra Catarinense Sustentável.</t>
   </si>
   <si>
     <t>1279</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_n_025_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_n_025_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer, após ouvido o Plenário, que seja encaminhada Moção de Aplauso às empresas bonretirenses Caminho das Nuvens Brasil, Eco Trilhas Serra Catarinense, Sítio Santo Antonio e Polinize Mel pela conquista do Selo Bronze, concedido por meio do programa Selo Serra Catarinense Sustentável.</t>
   </si>
   <si>
     <t>1293</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Arthur Pesenti Philippi.</t>
   </si>
   <si>
     <t>1294</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso a Secretária Municipal de Indústria, Comércio e Turismo, Soraya Alice Werlich de Lins, pelos relevantes serviços prestados ao município.</t>
   </si>
   <si>
     <t>1301</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_n_028_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_n_028_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento da Sra. Elizete Luzia da Silva Maffioletti.</t>
   </si>
   <si>
     <t>1302</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_n_029_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_n_029_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie Moção de Aplauso ao Núcleo Municipal São José, parabenizando toda a equipe de profissionais da educação, colaboradores e alunos pela realização da Feira de Ciências voltada à conscientização sobre o meio ambiente e o cuidado com o lixo.</t>
   </si>
   <si>
     <t>1303</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/mocao_n_030_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/mocao_n_030_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento do Sr. Erival Deucher.</t>
   </si>
   <si>
     <t>1316</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_n_03_125.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_n_03_125.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a Mesa da Casa envie votos de pesar pelo falecimento de Pâmela de Oliveira Lessa</t>
   </si>
   <si>
     <t>1317</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_n_032_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_n_032_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a Mesa da Câmara envie Moção de Repúdio à atitude do chefe de gabinete Joãozinho Althoff, ocorrida no dia 28 de julho de 2025, por volta das 9h30, quando, inconformado com a opinião do Vereador Cláudio Bombeiro a respeito de um veículo Spin da Secretaria de Saúde, tentou intimidá-lo por meio de agressão física. Tal conduta configura grave desrespeito às prerrogativas do mandato parlamentar, notadamente às garantias previstas no Art. 29, inciso VIII, da Constituição Federal, sendo inadmissível qualquer tipo de agressão dirigida a vereadores ou a qualquer cidadão.</t>
   </si>
   <si>
     <t>1318</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/mocao_n_033_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/mocao_n_033_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a Mesa da Câmara envie Moção de Aplauso ao Deputado Estadual Marcius Machado, pela liberação de recursos para construção de uma quadra poliesportiva na Escola de Ensino Médio Vahnir Omarques Nunes.</t>
   </si>
   <si>
     <t>1321</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/mocao_n_034_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/mocao_n_034_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso a organização do evento Bom Retiro _x000D_
 Invemada Festival.</t>
   </si>
   <si>
     <t>1322</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_n_035_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_n_035_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso ao bonretirense Felipe Silveira pelo projeto _x000D_
 “Os Tropeiros”.</t>
   </si>
   <si>
     <t>1344</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_n_031_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_n_031_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. José Germano Luchmann</t>
   </si>
   <si>
     <t>1356</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/mocao_n_037_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/mocao_n_037_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso à ACIBOM - Associação Empresarial de _x000D_
 Bom Retiro, pela realização do grandioso evento “SUMMIT BR 2025</t>
   </si>
   <si>
     <t>1357</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso à APAE de Bom Retiro em reconhecimento _x000D_
 pelo sucesso da realização da 14a edição da tradicional feijoada.</t>
   </si>
   <si>
     <t>1358</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/mocao_n_039_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/mocao_n_039_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso à SICRED de Bom Retiro pela realização do _x000D_
 evento Movimento Voluntariado “Juntos por uma causa que fortalece”.</t>
   </si>
   <si>
     <t>1359</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_n_040_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_n_040_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso à senhora Keila Cristina Marinho, cidadã _x000D_
 bonretirense, pela aplicação do Projeto Alimentação Adaptada na cidade de Trombudo _x000D_
 Central, iniciativa que visa promover a inclusão e garantir melhores condições de _x000D_
 qualidade de vida aos alunos com necessidades alimentares específicas.</t>
   </si>
   <si>
     <t>1378</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/mocao_n_041_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/mocao_n_041_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a_x000D_
  Mesa da Câmara encaminhe Moção de Aplausos à direção, colaboradores e voluntários _x000D_
 do Hospital Nossa Senhora das Graças, pela dedicação e empenho demonstrados na _x000D_
 organização e realização do Bingo e Almoço promovidos no último fmal de semana, em _x000D_
 prol da entidade</t>
   </si>
   <si>
     <t>1379</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/mocao_n_042_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/mocao_n_042_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara encaminhe Moção de Aplauso à Cabanha São Galvão, representada _x000D_
 pelo proprietário Sr. José Volni Costa e família, bem como a toda a equipe envolvida, _x000D_
 pelo brilhante desempenho e pela significativa representatividade do município de Bom _x000D_
 Retiro na Expointer 2025, realizada em Esteio, Rio Grande do Sul</t>
   </si>
   <si>
     <t>1380</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/mocao_n_043_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/mocao_n_043_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara encaminhe Moção de Aplauso ao ginete bonretirense Carlos Alberto _x000D_
 de Souza Junior, em reconhecimento à sua brilhante participação em uma das mais _x000D_
 tradicionais provas do cavalo crioulo: o Freio de Ouro, realizado durante a Expointer, _x000D_
 no Parque de Exposições Assis Brasil, em Esteio/RS</t>
   </si>
   <si>
     <t>1381</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/mocao_n_044_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/mocao_n_044_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara encaminhe Moção de Aplauso à contadora da Prefeitura Municipal de _x000D_
 Bom Retiro, Sra. Neiva Regina Deinani Moretti, pelos relevantes serviços prestados ao _x000D_
 nosso município.</t>
   </si>
   <si>
     <t>1382</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/mocao_n_045_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/mocao_n_045_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a_x000D_
  Mesa da Casa envie votos de pesar pelo falecimento do Sr. Luiz Clovis Corrêa</t>
   </si>
   <si>
     <t>1383</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/mocao_n_046_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/mocao_n_046_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara encaminhe Moção de Aplauso à Secretária Municipal de Educação, _x000D_
 Gabriela Moretti de Souza Trentin, e à Excelentíssima Prefeita Helena Schild de _x000D_
 Oliveira, pelo apoio e incentivo concedidos à equipe de Jiu-Jítsu do município de Bom _x000D_
 Retiro.</t>
   </si>
   <si>
     <t>1411</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/mocao_n_047_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/mocao_n_047_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa _x000D_
 da Casa envie Moção de Aplauso ao Corpo de Bombeiros de Bom Retiro, em reconhecimento _x000D_
 ao atendimento realizado no salvamento de uma criança de um ano de dez meses, vítima de _x000D_
 obstrução das vias aéreas.</t>
   </si>
   <si>
     <t>1412</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/mocao_n_048_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/mocao_n_048_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento da Sra. Doroteia Zapelini Capistrano.</t>
   </si>
   <si>
     <t>1413</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/mocao_n_049_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/mocao_n_049_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. Osni de Souza</t>
   </si>
   <si>
     <t>1414</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/mocao_n_050_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/mocao_n_050_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. Carlos Eduardo Schlichting.</t>
   </si>
   <si>
     <t>1415</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/mocao_n_051_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/mocao_n_051_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa _x000D_
 da Casa envie Moção de Aplauso as alunas Olívia Grotto Philippi e Isabelly Brescovites _x000D_
 Matias Wouk, integrantes da Equipe Atlas da EEM Valmir Omarques Nunes, grande campeã _x000D_
 nacional da Olimpíada Brasileira de Foguetes.</t>
   </si>
   <si>
     <t>1416</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_n_052_2025.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_n_052_2025.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve requer que, após ouvido o Plenário, a Mesa _x000D_
 da Casa envie Moção de Aplauso a Sra. Katia de Almeida do Nascimento, pelo recebimento _x000D_
 do Prêmio Educador Elpídio Barbosa - XXX Edição, em reconhecimento ao _x000D_
 acompanhamento e dedicação no projeto de lançamento de foguetes.</t>
   </si>
   <si>
     <t>1417</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/mocao_n_053_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/mocao_n_053_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Repúdio à Administração Municipal de Bom Retiro, _x000D_
 manifestando veemente discordância e indignação quanto à intenção de contratação de _x000D_
 empresa especializada em rastreamento e monitoramento via satélite, conforme minuta _x000D_
 do Edital de Pregão Eletrônico n° 09/2025, por se tratar de gasto desnecessário e de _x000D_
 utilidade duvidosa, especialmente considerando projetos semelhantes já tentados em _x000D_
 gestões anteriores, que não apresentaram resultados práticos, enquanto existem outras _x000D_
 prioridades mais urgentes para o Município.</t>
   </si>
   <si>
     <t>1418</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/mocao_n_054_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/mocao_n_054_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso a página Bom Retiro - SC História, _x000D_
 Geografia, Arquitetura e sua Gente, em nome de Florisvaldo Francisco Freiberger</t>
   </si>
   <si>
     <t>1419</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso ao Sr. Everton Bueno pelo trabalho que vem _x000D_
 desempenhando em prol do esporte e da Comissão Municipal de Esportes (CME) de _x000D_
 Bom Retiro.</t>
   </si>
   <si>
     <t>1431</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_n_056_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_n_056_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. Olívio Cláudio da Silva.</t>
   </si>
   <si>
     <t>1432</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/mocao_n_057_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/mocao_n_057_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. Vilmar Alves.</t>
   </si>
   <si>
     <t>1433</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_n_058_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_n_058_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso à Fanfarra Municipal de Bom Retiro pelas _x000D_
 expressivas conquistas de Io e 2o lugares na categoria Infanto, nos quesitos Fanfarra _x000D_
 Simples e Pavilhão Nacional, obtidas no último dia 18 de outubro, na cidade de _x000D_
 Itapema/SC, durante a IV Copa América de Bandas e Fanfarras.</t>
   </si>
   <si>
     <t>1434</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/mocao_n_059_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/mocao_n_059_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso à baliza bonretirense Laís Cardoso, pela _x000D_
 brilhante conquista do Io lugar nas categorias Infanto e Sênior na IV Copa América de _x000D_
 Bandas e Fanfarras, realizada no último dia 18 de outubro, na cidade de Itapema/SC.</t>
   </si>
   <si>
     <t>1435</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_n_060_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_n_060_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso à organização do evento “Ciclo Turismo _x000D_
 Serra Catarinense”, realizado em Bom Retiro, pelo sucesso alcançado e pela excelente _x000D_
 contribuição à promoção do turismo, do esporte e da valorização das belezas naturais do _x000D_
 município.</t>
   </si>
   <si>
     <t>1449</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/mocao_n_061_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/mocao_n_061_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a_x000D_
  Mesa da Câmara envie Moção de Aplauso pelo reconhecimento e agradecimento à Rede _x000D_
 Rural de Segurança, implantada em 2021, pela destacada atuação na promoção da _x000D_
 segurança pública nas comunidades rurais, com expressiva redução de furtos e _x000D_
 abigeatos, apreensão de armas, recuperação de veículos e motocicletas furtados — _x000D_
 havendo localidades que registraram índices “zero” de delitos —, prestando justa _x000D_
 homenagem aos integrantes da Patrulha Rural: Subtenente Laureei de Oliveira, _x000D_
 Comandante da Patrulha Rural de Lages; Sargento Jairo Carneiro e Cabo Rezende, da 2a _x000D_
 Companhia - Otacílio Costa; e Cabo Lucas Sauer e Cabo Paulo de Tarso, da 3a _x000D_
 Companhia - São Joaquim.</t>
   </si>
   <si>
     <t>1450</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/mocao_n_062_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/mocao_n_062_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Apelo ao Governo do Estado de Santa Catarina e à _x000D_
 Assembléia Legislativa solicitando a adoção de medidas efetivas de apoio à cadeia _x000D_
 produtiva do leite, diante do desequilíbrio de preços causado pela importação de leite _x000D_
 em pó da Argentina e do Uruguai, em defesa da agricultura familiar e da manutenção _x000D_
 dessa atividade essencial ao desenvolvimento econômico e social do Estado.</t>
   </si>
   <si>
     <t>1451</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/mocao_n_063_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/mocao_n_063_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso ao Núcleo Municipal Henrique Hemkmaier, _x000D_
 pela brilhante realização da “Noite dos Autógrafos”, protagonizada pelos estudantes dos _x000D_
 3o, 4o e 5o anos do Ensino Fundamental.</t>
   </si>
   <si>
     <t>1452</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_n_064_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_n_064_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso ao atleta de jiu-jitsu Cauã Ruzza Semmann e _x000D_
 ao treinador Claudinho Nohan, pela brilhante participação e conquista na OLESC - _x000D_
 Olimpíada Estudantil Catarinense, realizada na cidade de Brusque, na categoria de 12 a _x000D_
 14 anos.</t>
   </si>
   <si>
     <t>1453</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a _x000D_
 Mesa da Câmara envie Moção de Aplauso ao Hospital Nossa Senhora das Graças e a _x000D_
 todos os seus funcionários, pela excelência no atendimento prestado à comunidade e, _x000D_
 em especial, pelo parto de emergência realizado na última quinta-feira, conduzido com _x000D_
 profissionalismo, agilidade e dedicação.</t>
   </si>
   <si>
     <t>1463</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_n_069_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_n_069_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento da Sra. Celha Wagner de Brida.</t>
   </si>
   <si>
     <t>1464</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_n_070_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_n_070_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que esta subscreve requer, após ouvido o Plenário, que a_x000D_
  Mesa da Câmara envie Moção de Aplauso ao Deputado Estadual Marcius Machado pela _x000D_
 liberação de R$ 100.000,00 (cem mil reais), valor destinado à iluminação do trevo da _x000D_
 Santa Clara, bem como pelo aporte de R$ 150.000,00 (cento e cinquenta mil reais) ao _x000D_
 Hospital Nossa Senhora das Graças para a reforma do ambulatório e para as obras de _x000D_
 reforma e ampliação do setor de psiquiatria.</t>
   </si>
   <si>
     <t>1507</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1507/mocao_n_071_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1507/mocao_n_071_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. Valdino Trento.</t>
   </si>
   <si>
     <t>1508</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1508/mocao_n_072_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1508/mocao_n_072_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a_x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. Amoldo Branger.</t>
   </si>
   <si>
     <t>1509</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1509/mocao_n_073_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1509/mocao_n_073_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. Neri Pereira.</t>
   </si>
   <si>
     <t>1510</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1510/mocao_n_074_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1510/mocao_n_074_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento da Sra. Zenaide Nunes.</t>
   </si>
   <si>
     <t>1511</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1511/mocao_n_075_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1511/mocao_n_075_25.pdf</t>
   </si>
   <si>
     <t>O Vereador que abaixo subscreve, requer que, após ouvido o Plenário, a _x000D_
 Mesa da Casa envie votos de pesar pelo falecimento do Sr. Eduardo da Silva.</t>
   </si>
   <si>
     <t>1213</t>
   </si>
   <si>
     <t>PDL</t>
   </si>
   <si>
     <t>Projeto de Decreto Legislativo</t>
   </si>
   <si>
-    <t>https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_decreto_legislativo_n_001_25.pdf</t>
+    <t>http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_decreto_legislativo_n_001_25.pdf</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <fonts count="2">
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <u/>
       <sz val="11"/>
       <color theme="10"/>
       <name val="Calibri"/>
       <family val="2"/>
     </font>
   </fonts>
   <fills count="2">
     <fill>
       <patternFill patternType="none"/>
@@ -5567,67 +5567,67 @@
               <a:schemeClr val="phClr">
                 <a:tint val="80000"/>
                 <a:satMod val="300000"/>
               </a:schemeClr>
             </a:gs>
             <a:gs pos="100000">
               <a:schemeClr val="phClr">
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
-<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_n_03_25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/projeto_de_lei_nn_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_n_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/projeto_de_lei_n._06_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_n_07_25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/projeto_de_lei_n_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/projeto_de_lei_n_09_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_n_10_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/projeto_de_lei_n_11_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/projeto_de_lei_n_12_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/13.25_-_p.__l._ppa_2026.2029.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/14.25_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/16.25_p.l._ldo.2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/17.25_-_p.l._suplementacao_por_anulacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/pl20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/pl_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/pl_26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/pl_29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/pl_30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/pl_31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/pl_32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1492/33.2025.pl_loa.docx-mesclado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1479/pl_34.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/pl_35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_lei_n_36_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1490/pl_38.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1489/pl_40.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_n_005_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_n_009_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_n_010_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_n_011_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1111/indicacao_n_014_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_n_017_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_n_020_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_n_021_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_n_022_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_n_023_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_n_024_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_n_025_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/indicacao_n_026_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_n_027_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_n_028_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_n_029_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_n_030_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_n_031_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_n_032_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_n_033_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_n_034_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_n_035_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/indicacao_n_036_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_n_037_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_n_038_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/indicacao_n_039_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_n_040_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_n_041_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_n_042_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_n_043_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/indicacao_n_044_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_n_045_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_n_046_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_n_047_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_n_048_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_n_049_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_n_050_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_n_051_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_n_052_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_n_053_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_n_054_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_n_055_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_n_056_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/indicacao_n_057_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/indicacao_n_058_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/indicacao_n_059_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_n_060_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/indicacao_n_061_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_n_062_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/indicacao_n_063_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/indicacao_n_064_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_n_065_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_n_066_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_n_067_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_n_068_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_n_069_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_n_070_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_n_071_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_n_072_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_n_073_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_n_074_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacaq_n_075_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_n_076_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_n_077_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_n_078_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/indicacao_n_079_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_n_080_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_n_081_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_082_25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_n_083_24.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/indicacao_n_084_24.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_n_085_24.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_n_086_24.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_n_087_24.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_n_088_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_n_090_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/ind1cacao_n_091_24.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_n_092_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_n_093_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_n_094_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_n_095_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_n_096_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_n_097_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_n_098_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_n_099_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_n_100_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_v_101_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_n_102_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao_n_103_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_n_104_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_n_105_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_n_106_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/indicacao_n_107_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_n_108_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_n_109_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_n_110_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_n_111_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_n_112_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_n_113_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_n_114_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_n_118_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_n_120_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/1ndicacao_n_121_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_n_124_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_n_125_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_n_126_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/ind1cacao_n_129_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_n_130_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indic_ac_ao_n_131_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_n_132_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_n_134_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_n_135_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_n_136_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_n_137_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/indicacao_n_138_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/1ndicacao_n_139_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/indicacao_n_140_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_n_141_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_n_142_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_n_143_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_n_144_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_n_145_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/lnd1cacao_n_146_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_n_147_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_v_148_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_n_149_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/jnpicacao_n_150_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/ind1cacao_n_151_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_n_152_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/ind1cacao_n_154_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/ixdicacao_n_155_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/indic_ac_ao_n_156_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/ind1cacao_n_158_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/isdicacao_n_159_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_n_160_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_n_161_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_n_162_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_n_163_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_n_164_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/isdicacao_n_166_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_n_167_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_n_168_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_n_169_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/1nd1cacao_n_170_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_n_171_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_n_172_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/ind1cacao_n_174_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n_175_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_n_176_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_n_177_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_n_178_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n_179_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_n_180_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/ind1cacao_n_181_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_n_183_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_n_184_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_n_185_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_n_186_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_n_187_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_n_188_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_n_189_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/ind1cacaq_n_190_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_n_191_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_nu_192_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_n_193_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_n_194_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_n_195_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n_196_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/ind1cacao_n_197_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_v_200_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_n_201_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/1ndicacao_nu_202_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_n_203_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_n_204_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_n_205_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ind1cacao_n_206_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/1ndicacao_.x_207_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_.v_208_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_n_209_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nu_210_2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ind1cacao_n_211_2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_n_212_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_n_213_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_n_214_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_n_215_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_n_216_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_n_217_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_v_218_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_n_219_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_v_220_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1502/ind1cacao_n_221_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_n_222_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_n_223_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_n_224_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_v_225_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/requerimento_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/requerimento_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_n_005_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/requerimento_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/requerimento_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_n_009_2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_n_010_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/requerimento_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/requerimento_n_017_25.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/requerimento_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_n_016_25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/requerimento_n_017_25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1169/requerimento_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/requerimento_n_020_25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/requerimento_n_021_25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_n_022_25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_n_024_25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_n_026_25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_n_027_25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_n_028_2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/requerimento_n_029_2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_n_032_25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_n_034_25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_n_035_25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_n_036_25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/requerimento_n_037_25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_039_25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_040_25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_041_25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_042_25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_n_043_25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_n_044_25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/requerimento_n_045_25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/requerimento_n_046_25.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/requerimento_n_047_25.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_n_049_25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_n_050_25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_n_051_25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/requerimento_n_052_25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_n_053_25.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_n_054_25.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_n_055_25.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1455/requerimento_n_056_25.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/requerimento_n_057_25.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_n_058_25.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_n_060_25.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_n_061_25.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_n_062_25.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_n_063_25.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_n_064_25.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_n_065_25.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_n_066_25.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/14.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_complementar_001_25.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projeto_de_lei_complementar_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projeto_de_lei_complementar_n_03_2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1481/untitled.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1482/plc06.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1483/plc_07.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1484/plc08.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/plc_09.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1486/plc10.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1488/plc_11.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_n_03_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/projeto_de_lei_n_04_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_n_05_2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/pl_06_25.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/pl_07.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1487/pr_02.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/pelo_001_25.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/resolucao_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/mocao_n001_2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/mocao_n002_2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/mocao_n003_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1176/mocao_n004_2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1177/mocao_n005_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/mocao_n006_2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/mocao_n_007_25.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/mocao_n_008_25.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mocao_n_011_2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/mocao_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/mocao_n_014_2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/mocao_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/mocao_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/mocao_n_017_2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/mocao_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/mocao_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_n_021_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/mocao_n_022_2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/mocao_n_023_2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_n_024_2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_n_025_2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_n_028_25.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_n_029_25.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/mocao_n_030_25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_n_03_125.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_n_032_25.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/mocao_n_033_25.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/mocao_n_034_25.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_n_035_25.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_n_031_25.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/mocao_n_037_25.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/mocao_n_039_25.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_n_040_25.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/mocao_n_041_25.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/mocao_n_042_25.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/mocao_n_043_25.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/mocao_n_044_25.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/mocao_n_045_25.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/mocao_n_046_25.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/mocao_n_047_2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/mocao_n_048_25.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/mocao_n_049_25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/mocao_n_050_25.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/mocao_n_051_2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_n_052_2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/mocao_n_053_25.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/mocao_n_054_25.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_n_056_25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/mocao_n_057_25.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_n_058_25.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/mocao_n_059_25.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_n_060_25.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/mocao_n_061_25.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/mocao_n_062_25.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/mocao_n_063_25.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_n_064_25.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_n_069_25.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_n_070_25.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1507/mocao_n_071_25.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1508/mocao_n_072_25.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1509/mocao_n_073_25.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1510/mocao_n_074_25.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1511/mocao_n_075_25.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="https://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_decreto_legislativo_n_001_25.pdf" TargetMode="External"/></Relationships>
+<Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1263/pl_01.pdf" TargetMode="External"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1203/projeto_de_lei_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1280/projeto_de_lei_n_03_25.pdf" TargetMode="External"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1207/projeto_de_lei_nn_04_2025.pdf" TargetMode="External"/><Relationship Id="rId5" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1204/projeto_de_lei_n_05_2025.pdf" TargetMode="External"/><Relationship Id="rId6" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1214/projeto_de_lei_n._06_2025.pdf" TargetMode="External"/><Relationship Id="rId7" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1205/projeto_de_lei_n_07_25.pdf" TargetMode="External"/><Relationship Id="rId8" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1206/projeto_de_lei_n_08_2025.pdf" TargetMode="External"/><Relationship Id="rId9" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1208/projeto_de_lei_n_09_2025.pdf" TargetMode="External"/><Relationship Id="rId10" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1220/projeto_de_lei_n_10_2025.pdf" TargetMode="External"/><Relationship Id="rId11" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1215/projeto_de_lei_n_11_2025.pdf" TargetMode="External"/><Relationship Id="rId12" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1216/projeto_de_lei_n_12_2025.pdf" TargetMode="External"/><Relationship Id="rId13" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1266/13.25_-_p.__l._ppa_2026.2029.pdf" TargetMode="External"/><Relationship Id="rId14" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1265/14.25_-_familia_acolhedora.pdf" TargetMode="External"/><Relationship Id="rId15" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1264/pl_15.pdf" TargetMode="External"/><Relationship Id="rId16" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1268/16.25_p.l._ldo.2026.pdf" TargetMode="External"/><Relationship Id="rId17" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1267/17.25_-_p.l._suplementacao_por_anulacao.pdf" TargetMode="External"/><Relationship Id="rId18" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1262/pl_18.pdf" TargetMode="External"/><Relationship Id="rId19" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1281/pl_19.pdf" TargetMode="External"/><Relationship Id="rId20" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1307/pl20.pdf" TargetMode="External"/><Relationship Id="rId21" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1308/pl_21.pdf" TargetMode="External"/><Relationship Id="rId22" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1309/pl_22.pdf" TargetMode="External"/><Relationship Id="rId23" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1338/pl_23.pdf" TargetMode="External"/><Relationship Id="rId24" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1339/pl_26.pdf" TargetMode="External"/><Relationship Id="rId25" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1340/pl_27.pdf" TargetMode="External"/><Relationship Id="rId26" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1438/pl_28.pdf" TargetMode="External"/><Relationship Id="rId27" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1439/pl_29.pdf" TargetMode="External"/><Relationship Id="rId28" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1440/pl_30.pdf" TargetMode="External"/><Relationship Id="rId29" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1458/pl_31.pdf" TargetMode="External"/><Relationship Id="rId30" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1441/pl_32.pdf" TargetMode="External"/><Relationship Id="rId31" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1492/33.2025.pl_loa.docx-mesclado.pdf" TargetMode="External"/><Relationship Id="rId32" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1479/pl_34.pdf" TargetMode="External"/><Relationship Id="rId33" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1480/pl_35.pdf" TargetMode="External"/><Relationship Id="rId34" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1478/projeto_de_lei_n_36_2025.pdf" TargetMode="External"/><Relationship Id="rId35" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1490/pl_38.pdf" TargetMode="External"/><Relationship Id="rId36" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1491/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId37" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1489/pl_40.pdf" TargetMode="External"/><Relationship Id="rId38" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1493/projeto_de_lei.pdf" TargetMode="External"/><Relationship Id="rId39" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1098/indicacao_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId40" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1099/indicacao_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId41" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1100/indicacao_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId42" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1101/indicacao_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId43" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1102/indicacao_n_005_2025.pdf" TargetMode="External"/><Relationship Id="rId44" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1103/indicacao_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId45" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1104/indicacao_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId46" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1105/indicacao_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId47" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1106/indicacao_n_009_2025.pdf" TargetMode="External"/><Relationship Id="rId48" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1107/indicacao_n_010_2025.pdf" TargetMode="External"/><Relationship Id="rId49" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1108/indicacao_n_011_2025.pdf" TargetMode="External"/><Relationship Id="rId50" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1109/indicacao_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId51" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1110/indicacao_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId52" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1111/indicacao_n_014_2025.pdf" TargetMode="External"/><Relationship Id="rId53" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1112/indicacao_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId54" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1113/indicacao_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId55" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1114/indicacao_n_017_2025.pdf" TargetMode="External"/><Relationship Id="rId56" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1115/indicacao_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId57" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1116/indicacao_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId58" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1117/indicacao_n_020_2025.pdf" TargetMode="External"/><Relationship Id="rId59" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1118/indicacao_n_021_2025.pdf" TargetMode="External"/><Relationship Id="rId60" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1119/indicacao_n_022_2025.pdf" TargetMode="External"/><Relationship Id="rId61" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1120/indicacao_n_023_2025.pdf" TargetMode="External"/><Relationship Id="rId62" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1121/indicacao_n_024_2025.pdf" TargetMode="External"/><Relationship Id="rId63" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1122/indicacao_n_025_2025.pdf" TargetMode="External"/><Relationship Id="rId64" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1123/indicacao_n_026_2025.pdf" TargetMode="External"/><Relationship Id="rId65" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1124/indicacao_n_027_2025.pdf" TargetMode="External"/><Relationship Id="rId66" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1125/indicacao_n_028_2025.pdf" TargetMode="External"/><Relationship Id="rId67" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1126/indicacao_n_029_2025.pdf" TargetMode="External"/><Relationship Id="rId68" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1127/indicacao_n_030_2025.pdf" TargetMode="External"/><Relationship Id="rId69" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1128/indicacao_n_031_2025.pdf" TargetMode="External"/><Relationship Id="rId70" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1129/indicacao_n_032_2025.pdf" TargetMode="External"/><Relationship Id="rId71" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1130/indicacao_n_033_2025.pdf" TargetMode="External"/><Relationship Id="rId72" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1131/indicacao_n_034_2025.pdf" TargetMode="External"/><Relationship Id="rId73" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1132/indicacao_n_035_2025.pdf" TargetMode="External"/><Relationship Id="rId74" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1133/indicacao_n_036_2025.pdf" TargetMode="External"/><Relationship Id="rId75" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1134/indicacao_n_037_2025.pdf" TargetMode="External"/><Relationship Id="rId76" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1135/indicacao_n_038_2025.pdf" TargetMode="External"/><Relationship Id="rId77" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1136/indicacao_n_039_2025.pdf" TargetMode="External"/><Relationship Id="rId78" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1137/indicacao_n_040_2025.pdf" TargetMode="External"/><Relationship Id="rId79" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1138/indicacao_n_041_2025.pdf" TargetMode="External"/><Relationship Id="rId80" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1139/indicacao_n_042_2025.pdf" TargetMode="External"/><Relationship Id="rId81" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1140/indicacao_n_043_2025.pdf" TargetMode="External"/><Relationship Id="rId82" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1141/indicacao_n_044_2025.pdf" TargetMode="External"/><Relationship Id="rId83" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1142/indicacao_n_045_2025.pdf" TargetMode="External"/><Relationship Id="rId84" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1143/indicacao_n_046_2025.pdf" TargetMode="External"/><Relationship Id="rId85" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1144/indicacao_n_047_2025.pdf" TargetMode="External"/><Relationship Id="rId86" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1145/indicacao_n_048_2025.pdf" TargetMode="External"/><Relationship Id="rId87" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1146/indicacao_n_049_2025.pdf" TargetMode="External"/><Relationship Id="rId88" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1147/indicacao_n_050_2025.pdf" TargetMode="External"/><Relationship Id="rId89" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1148/indicacao_n_051_2025.pdf" TargetMode="External"/><Relationship Id="rId90" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1149/indicacao_n_052_2025.pdf" TargetMode="External"/><Relationship Id="rId91" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1150/indicacao_n_053_2025.pdf" TargetMode="External"/><Relationship Id="rId92" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1185/indicacao_n_054_2025.pdf" TargetMode="External"/><Relationship Id="rId93" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1186/indicacao_n_055_2025.pdf" TargetMode="External"/><Relationship Id="rId94" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1187/indicacao_n_056_2025.pdf" TargetMode="External"/><Relationship Id="rId95" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1188/indicacao_n_057_2025.pdf" TargetMode="External"/><Relationship Id="rId96" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1189/indicacao_n_058_2025.pdf" TargetMode="External"/><Relationship Id="rId97" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1190/indicacao_n_059_2025.pdf" TargetMode="External"/><Relationship Id="rId98" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1191/indicacao_n_060_2025.pdf" TargetMode="External"/><Relationship Id="rId99" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1192/indicacao_n_061_2025.pdf" TargetMode="External"/><Relationship Id="rId100" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1193/indicacao_n_062_2025.pdf" TargetMode="External"/><Relationship Id="rId101" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1194/indicacao_n_063_2025.pdf" TargetMode="External"/><Relationship Id="rId102" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1195/indicacao_n_064_2025.pdf" TargetMode="External"/><Relationship Id="rId103" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1227/indicacao_n_065_2025.pdf" TargetMode="External"/><Relationship Id="rId104" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1221/indicacao_n_066_2025.pdf" TargetMode="External"/><Relationship Id="rId105" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1251/indicacao_n_067_2025.pdf" TargetMode="External"/><Relationship Id="rId106" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1257/indicacao_n_068_2025.pdf" TargetMode="External"/><Relationship Id="rId107" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1256/indicacao_n_069_2025.pdf" TargetMode="External"/><Relationship Id="rId108" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1255/indicacao_n_070_2025.pdf" TargetMode="External"/><Relationship Id="rId109" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1254/indicacao_n_071_2025.pdf" TargetMode="External"/><Relationship Id="rId110" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1253/indicacao_n_072_2025.pdf" TargetMode="External"/><Relationship Id="rId111" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1252/indicacao_n_073_2025.pdf" TargetMode="External"/><Relationship Id="rId112" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1230/indicacao_n_074_2025.pdf" TargetMode="External"/><Relationship Id="rId113" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1236/indicacaq_n_075_2025.pdf" TargetMode="External"/><Relationship Id="rId114" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1231/indicacao_n_076_2025.pdf" TargetMode="External"/><Relationship Id="rId115" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1232/indicacao_n_077_2025.pdf" TargetMode="External"/><Relationship Id="rId116" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1233/indicacao_n_078_2025.pdf" TargetMode="External"/><Relationship Id="rId117" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1234/indicacao_n_079_2025.pdf" TargetMode="External"/><Relationship Id="rId118" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1235/indicacao_n_080_2025.pdf" TargetMode="External"/><Relationship Id="rId119" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1228/indicacao_n_081_2025.pdf" TargetMode="External"/><Relationship Id="rId120" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1229/indicacao_082_25.pdf" TargetMode="External"/><Relationship Id="rId121" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1246/indicacao_n_083_24.pdf" TargetMode="External"/><Relationship Id="rId122" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1239/indicacao_n_084_24.pdf" TargetMode="External"/><Relationship Id="rId123" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1240/indicacao_n_085_24.pdf" TargetMode="External"/><Relationship Id="rId124" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1241/indicacao_n_086_24.pdf" TargetMode="External"/><Relationship Id="rId125" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1243/indicacao_n_087_24.pdf" TargetMode="External"/><Relationship Id="rId126" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1244/indicacao_n_088_2025.pdf" TargetMode="External"/><Relationship Id="rId127" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1245/indicacao_89_2025.pdf" TargetMode="External"/><Relationship Id="rId128" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1247/indicacao_n_090_2025.pdf" TargetMode="External"/><Relationship Id="rId129" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1248/ind1cacao_n_091_24.pdf" TargetMode="External"/><Relationship Id="rId130" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1249/indicacao_n_092_2025.pdf" TargetMode="External"/><Relationship Id="rId131" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1250/indicacao_n_093_2025.pdf" TargetMode="External"/><Relationship Id="rId132" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1269/indicacao_n_094_2025.pdf" TargetMode="External"/><Relationship Id="rId133" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1270/indicacao_n_095_2025.pdf" TargetMode="External"/><Relationship Id="rId134" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1271/indicacao_n_096_2025.pdf" TargetMode="External"/><Relationship Id="rId135" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1272/indicacao_n_097_2025.pdf" TargetMode="External"/><Relationship Id="rId136" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1273/indicacao_n_098_2025.pdf" TargetMode="External"/><Relationship Id="rId137" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1274/indicacao_n_099_2025.pdf" TargetMode="External"/><Relationship Id="rId138" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1275/indicacao_n_100_2025.pdf" TargetMode="External"/><Relationship Id="rId139" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1276/indicacao_v_101_2025.pdf" TargetMode="External"/><Relationship Id="rId140" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1277/indicacao_n_102_2025.pdf" TargetMode="External"/><Relationship Id="rId141" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1282/indicacao_n_103_2025.pdf" TargetMode="External"/><Relationship Id="rId142" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1283/indicacao_n_104_2025.pdf" TargetMode="External"/><Relationship Id="rId143" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1284/indicacao_n_105_2025.pdf" TargetMode="External"/><Relationship Id="rId144" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1285/indicacao_n_106_2025.pdf" TargetMode="External"/><Relationship Id="rId145" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1286/indicacao_n_107_2025.pdf" TargetMode="External"/><Relationship Id="rId146" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1287/indicacao_n_108_2025.pdf" TargetMode="External"/><Relationship Id="rId147" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1288/indicacao_n_109_2025.pdf" TargetMode="External"/><Relationship Id="rId148" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1289/indicacao_n_110_2025.pdf" TargetMode="External"/><Relationship Id="rId149" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1290/indicacao_n_111_2025.pdf" TargetMode="External"/><Relationship Id="rId150" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1291/indicacao_n_112_2025.pdf" TargetMode="External"/><Relationship Id="rId151" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1292/indicacao_n_113_2025.pdf" TargetMode="External"/><Relationship Id="rId152" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1299/indicacao_n_114_2025.pdf" TargetMode="External"/><Relationship Id="rId153" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId154" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId155" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1298/indicacao_n_118_2025.pdf" TargetMode="External"/><Relationship Id="rId156" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1312/indicacao_n_120_2025.pdf" TargetMode="External"/><Relationship Id="rId157" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1310/1ndicacao_n_121_2025.pdf" TargetMode="External"/><Relationship Id="rId158" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId159" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId160" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1314/indicacao_n_124_2025.pdf" TargetMode="External"/><Relationship Id="rId161" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1315/indicacao_n_125_2025.pdf" TargetMode="External"/><Relationship Id="rId162" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1330/indicacao_n_126_2025.pdf" TargetMode="External"/><Relationship Id="rId163" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId164" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId165" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1336/ind1cacao_n_129_2025.pdf" TargetMode="External"/><Relationship Id="rId166" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1328/indicacao_n_130_2025.pdf" TargetMode="External"/><Relationship Id="rId167" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1335/indic_ac_ao_n_131_2025.pdf" TargetMode="External"/><Relationship Id="rId168" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1333/indicacao_n_132_2025.pdf" TargetMode="External"/><Relationship Id="rId169" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId170" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1327/indicacao_n_134_2025.pdf" TargetMode="External"/><Relationship Id="rId171" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1331/indicacao_n_135_2025.pdf" TargetMode="External"/><Relationship Id="rId172" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1326/indicacao_n_136_2025.pdf" TargetMode="External"/><Relationship Id="rId173" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1325/indicacao_n_137_2025.pdf" TargetMode="External"/><Relationship Id="rId174" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1324/indicacao_n_138_2025.pdf" TargetMode="External"/><Relationship Id="rId175" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1337/1ndicacao_n_139_2025.pdf" TargetMode="External"/><Relationship Id="rId176" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1323/indicacao_n_140_2025.pdf" TargetMode="External"/><Relationship Id="rId177" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1341/indicacao_n_141_2025.pdf" TargetMode="External"/><Relationship Id="rId178" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1342/indicacao_n_142_2025.pdf" TargetMode="External"/><Relationship Id="rId179" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1343/indicacao_n_143_2025.pdf" TargetMode="External"/><Relationship Id="rId180" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1348/indicacao_n_144_2025.pdf" TargetMode="External"/><Relationship Id="rId181" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1349/indicacao_n_145_2025.pdf" TargetMode="External"/><Relationship Id="rId182" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1355/lnd1cacao_n_146_2025.pdf" TargetMode="External"/><Relationship Id="rId183" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1350/indicacao_n_147_2025.pdf" TargetMode="External"/><Relationship Id="rId184" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1353/indicacao_v_148_2025.pdf" TargetMode="External"/><Relationship Id="rId185" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1351/indicacao_n_149_2025.pdf" TargetMode="External"/><Relationship Id="rId186" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1354/jnpicacao_n_150_2025.pdf" TargetMode="External"/><Relationship Id="rId187" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1346/ind1cacao_n_151_2025.pdf" TargetMode="External"/><Relationship Id="rId188" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1352/indicacao_n_152_2025.pdf" TargetMode="External"/><Relationship Id="rId189" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId190" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1364/ind1cacao_n_154_2025.pdf" TargetMode="External"/><Relationship Id="rId191" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1365/ixdicacao_n_155_2025.pdf" TargetMode="External"/><Relationship Id="rId192" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1366/indic_ac_ao_n_156_2025.pdf" TargetMode="External"/><Relationship Id="rId193" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId194" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1368/ind1cacao_n_158_2025.pdf" TargetMode="External"/><Relationship Id="rId195" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1369/isdicacao_n_159_2025.pdf" TargetMode="External"/><Relationship Id="rId196" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1370/indicacao_n_160_2025.pdf" TargetMode="External"/><Relationship Id="rId197" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1371/indicacao_n_161_2025.pdf" TargetMode="External"/><Relationship Id="rId198" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1372/indicacao_n_162_2025.pdf" TargetMode="External"/><Relationship Id="rId199" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1373/indicacao_n_163_2025.pdf" TargetMode="External"/><Relationship Id="rId200" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1374/indicacao_n_164_2025.pdf" TargetMode="External"/><Relationship Id="rId201" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId202" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1376/isdicacao_n_166_2025.pdf" TargetMode="External"/><Relationship Id="rId203" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1377/indicacao_n_167_2025.pdf" TargetMode="External"/><Relationship Id="rId204" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1393/indicacao_n_168_2025.pdf" TargetMode="External"/><Relationship Id="rId205" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1396/indicacao_n_169_2025.pdf" TargetMode="External"/><Relationship Id="rId206" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1397/1nd1cacao_n_170_2025.pdf" TargetMode="External"/><Relationship Id="rId207" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1398/indicacao_n_171_2025.pdf" TargetMode="External"/><Relationship Id="rId208" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1399/indicacao_n_172_2025.pdf" TargetMode="External"/><Relationship Id="rId209" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1400/ind1cacao_n_174_2025.pdf" TargetMode="External"/><Relationship Id="rId210" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1401/indicacao_n_175_2025.pdf" TargetMode="External"/><Relationship Id="rId211" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1402/indicacao_n_176_2025.pdf" TargetMode="External"/><Relationship Id="rId212" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1403/indicacao_n_177_2025.pdf" TargetMode="External"/><Relationship Id="rId213" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1404/indicacao_n_178_2025.pdf" TargetMode="External"/><Relationship Id="rId214" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1405/indicacao_n_179_2025.pdf" TargetMode="External"/><Relationship Id="rId215" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1406/indicacao_n_180_2025.pdf" TargetMode="External"/><Relationship Id="rId216" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1407/ind1cacao_n_181_2025.pdf" TargetMode="External"/><Relationship Id="rId217" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId218" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1409/indicacao_n_183_2025.pdf" TargetMode="External"/><Relationship Id="rId219" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1410/indicacao_n_184_2025.pdf" TargetMode="External"/><Relationship Id="rId220" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1424/indicacao_n_185_2025.pdf" TargetMode="External"/><Relationship Id="rId221" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1425/indicacao_n_186_2025.pdf" TargetMode="External"/><Relationship Id="rId222" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1426/indicacao_n_187_2025.pdf" TargetMode="External"/><Relationship Id="rId223" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1427/indicacao_n_188_2025.pdf" TargetMode="External"/><Relationship Id="rId224" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1428/indicacao_n_189_2025.pdf" TargetMode="External"/><Relationship Id="rId225" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1429/ind1cacaq_n_190_2025.pdf" TargetMode="External"/><Relationship Id="rId226" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1430/indicacao_n_191_2025.pdf" TargetMode="External"/><Relationship Id="rId227" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1443/indicacao_nu_192_2025.pdf" TargetMode="External"/><Relationship Id="rId228" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1444/indicacao_n_193_2025.pdf" TargetMode="External"/><Relationship Id="rId229" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1445/indicacao_n_194_2025.pdf" TargetMode="External"/><Relationship Id="rId230" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1446/indicacao_n_195_2025.pdf" TargetMode="External"/><Relationship Id="rId231" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1447/indicacao_n_196_2025.pdf" TargetMode="External"/><Relationship Id="rId232" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1448/ind1cacao_n_197_2025.pdf" TargetMode="External"/><Relationship Id="rId233" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1465/indicacao_v_200_2025.pdf" TargetMode="External"/><Relationship Id="rId234" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1466/indicacao_n_201_2025.pdf" TargetMode="External"/><Relationship Id="rId235" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1467/1ndicacao_nu_202_2025.pdf" TargetMode="External"/><Relationship Id="rId236" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1468/indicacao_n_203_2025.pdf" TargetMode="External"/><Relationship Id="rId237" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1469/indicacao_n_204_2025.pdf" TargetMode="External"/><Relationship Id="rId238" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1470/indicacao_n_205_2025.pdf" TargetMode="External"/><Relationship Id="rId239" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1471/ind1cacao_n_206_2025.pdf" TargetMode="External"/><Relationship Id="rId240" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1472/1ndicacao_.x_207_2025.pdf" TargetMode="External"/><Relationship Id="rId241" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1473/indicacao_.v_208_2025.pdf" TargetMode="External"/><Relationship Id="rId242" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1474/indicacao_n_209_2025.pdf" TargetMode="External"/><Relationship Id="rId243" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1475/indicacao_nu_210_2025.pdf" TargetMode="External"/><Relationship Id="rId244" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1476/ind1cacao_n_211_2025.pdf" TargetMode="External"/><Relationship Id="rId245" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1477/indicacao_n_212_2025.pdf" TargetMode="External"/><Relationship Id="rId246" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1494/indicacao_n_213_2025.pdf" TargetMode="External"/><Relationship Id="rId247" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1495/indicacao_n_214_2025.pdf" TargetMode="External"/><Relationship Id="rId248" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1496/indicacao_n_215_2025.pdf" TargetMode="External"/><Relationship Id="rId249" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1497/indicacao_n_216_2025.pdf" TargetMode="External"/><Relationship Id="rId250" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1498/indicacao_n_217_2025.pdf" TargetMode="External"/><Relationship Id="rId251" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1499/indicacao_v_218_2025.pdf" TargetMode="External"/><Relationship Id="rId252" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1500/indicacao_n_219_2025.pdf" TargetMode="External"/><Relationship Id="rId253" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1501/indicacao_v_220_2025.pdf" TargetMode="External"/><Relationship Id="rId254" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1502/ind1cacao_n_221_2025.pdf" TargetMode="External"/><Relationship Id="rId255" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1503/indicacao_n_222_2025.pdf" TargetMode="External"/><Relationship Id="rId256" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1504/indicacao_n_223_2025.pdf" TargetMode="External"/><Relationship Id="rId257" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1505/indicacao_n_224_2025.pdf" TargetMode="External"/><Relationship Id="rId258" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1506/indicacao_v_225_2025.pdf" TargetMode="External"/><Relationship Id="rId259" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1151/requerimento_n_001_2025.pdf" TargetMode="External"/><Relationship Id="rId260" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1153/requerimento_n_002_2025.pdf" TargetMode="External"/><Relationship Id="rId261" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1154/requerimento_n_003_2025.pdf" TargetMode="External"/><Relationship Id="rId262" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1155/requerimento_n_004_2025.pdf" TargetMode="External"/><Relationship Id="rId263" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1156/requerimento_n_005_2025.pdf" TargetMode="External"/><Relationship Id="rId264" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1157/requerimento_n_006_2025.pdf" TargetMode="External"/><Relationship Id="rId265" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1158/requerimento_n_007_2025.pdf" TargetMode="External"/><Relationship Id="rId266" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1159/requerimento_n_008_2025.pdf" TargetMode="External"/><Relationship Id="rId267" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1160/requerimento_n_009_2025.pdf" TargetMode="External"/><Relationship Id="rId268" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1161/requerimento_n_010_2025.pdf" TargetMode="External"/><Relationship Id="rId269" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId270" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1163/requerimento_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId271" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1164/requerimento_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId272" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1165/requerimento_n_017_25.pdf" TargetMode="External"/><Relationship Id="rId273" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1166/requerimento_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId274" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1167/requerimento_n_016_25.pdf" TargetMode="External"/><Relationship Id="rId275" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1168/requerimento_n_017_25.pdf" TargetMode="External"/><Relationship Id="rId276" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1169/requerimento_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId277" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1170/requerimento_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId278" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1171/requerimento_n_020_25.pdf" TargetMode="External"/><Relationship Id="rId279" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1172/requerimento_n_021_25.pdf" TargetMode="External"/><Relationship Id="rId280" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1184/requerimento_n_022_25.pdf" TargetMode="External"/><Relationship Id="rId281" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId282" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1197/requerimento_n_024_25.pdf" TargetMode="External"/><Relationship Id="rId283" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1223/requerimento_n_026_25.pdf" TargetMode="External"/><Relationship Id="rId284" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1224/requerimento_n_027_25.pdf" TargetMode="External"/><Relationship Id="rId285" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1259/requerimento_n_028_2025.pdf" TargetMode="External"/><Relationship Id="rId286" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1261/requerimento_n_029_2025.pdf" TargetMode="External"/><Relationship Id="rId287" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId288" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1296/requerimento_n_032_25.pdf" TargetMode="External"/><Relationship Id="rId289" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId290" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1305/requerimento_n_034_25.pdf" TargetMode="External"/><Relationship Id="rId291" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1306/requerimento_n_035_25.pdf" TargetMode="External"/><Relationship Id="rId292" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1319/requerimento_n_036_25.pdf" TargetMode="External"/><Relationship Id="rId293" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1320/requerimento_n_037_25.pdf" TargetMode="External"/><Relationship Id="rId294" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId295" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1360/requerimento_n_039_25.pdf" TargetMode="External"/><Relationship Id="rId296" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1361/requerimento_n_040_25.pdf" TargetMode="External"/><Relationship Id="rId297" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1362/requerimento_n_041_25.pdf" TargetMode="External"/><Relationship Id="rId298" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1363/requerimento_n_042_25.pdf" TargetMode="External"/><Relationship Id="rId299" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1384/requerimento_n_043_25.pdf" TargetMode="External"/><Relationship Id="rId300" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1385/requerimento_n_044_25.pdf" TargetMode="External"/><Relationship Id="rId301" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1388/requerimento_n_045_25.pdf" TargetMode="External"/><Relationship Id="rId302" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1386/requerimento_n_046_25.pdf" TargetMode="External"/><Relationship Id="rId303" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1387/requerimento_n_047_25.pdf" TargetMode="External"/><Relationship Id="rId304" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1394/requerimento_n_049_25.pdf" TargetMode="External"/><Relationship Id="rId305" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1395/requerimento_n_050_25.pdf" TargetMode="External"/><Relationship Id="rId306" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1420/requerimento_n_051_25.pdf" TargetMode="External"/><Relationship Id="rId307" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1421/requerimento_n_052_25.pdf" TargetMode="External"/><Relationship Id="rId308" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1436/requerimento_n_053_25.pdf" TargetMode="External"/><Relationship Id="rId309" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1437/requerimento_n_054_25.pdf" TargetMode="External"/><Relationship Id="rId310" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1454/requerimento_n_055_25.pdf" TargetMode="External"/><Relationship Id="rId311" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1455/requerimento_n_056_25.pdf" TargetMode="External"/><Relationship Id="rId312" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1456/requerimento_n_057_25.pdf" TargetMode="External"/><Relationship Id="rId313" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1457/requerimento_n_058_25.pdf" TargetMode="External"/><Relationship Id="rId314" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1459/requerimento_n_060_25.pdf" TargetMode="External"/><Relationship Id="rId315" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1460/requerimento_n_061_25.pdf" TargetMode="External"/><Relationship Id="rId316" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1461/requerimento_n_062_25.pdf" TargetMode="External"/><Relationship Id="rId317" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1462/requerimento_n_063_25.pdf" TargetMode="External"/><Relationship Id="rId318" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1512/requerimento_n_064_25.pdf" TargetMode="External"/><Relationship Id="rId319" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1513/requerimento_n_065_25.pdf" TargetMode="External"/><Relationship Id="rId320" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1514/requerimento_n_066_25.pdf" TargetMode="External"/><Relationship Id="rId321" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1218/14.pdf" TargetMode="External"/><Relationship Id="rId322" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1389/projeto_de_lei_complementar_001_25.pdf" TargetMode="External"/><Relationship Id="rId323" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1422/projeto_de_lei_complementar_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId324" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1423/projeto_de_lei_complementar_n_03_2025.pdf" TargetMode="External"/><Relationship Id="rId325" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1481/untitled.pdf" TargetMode="External"/><Relationship Id="rId326" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1482/plc06.pdf" TargetMode="External"/><Relationship Id="rId327" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1483/plc_07.pdf" TargetMode="External"/><Relationship Id="rId328" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1484/plc08.pdf" TargetMode="External"/><Relationship Id="rId329" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1485/plc_09.pdf" TargetMode="External"/><Relationship Id="rId330" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1486/plc10.pdf" TargetMode="External"/><Relationship Id="rId331" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1488/plc_11.pdf" TargetMode="External"/><Relationship Id="rId332" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1202/projeto_de_lei_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId333" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1210/projeto_de_lei_n_02_2025.pdf" TargetMode="External"/><Relationship Id="rId334" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1219/projeto_de_lei_n_03_2025.pdf" TargetMode="External"/><Relationship Id="rId335" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1211/projeto_de_lei_n_04_2025.pdf" TargetMode="External"/><Relationship Id="rId336" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1212/projeto_de_lei_n_05_2025.pdf" TargetMode="External"/><Relationship Id="rId337" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1390/pl_06_25.pdf" TargetMode="External"/><Relationship Id="rId338" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1442/pl_07.pdf" TargetMode="External"/><Relationship Id="rId339" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1487/pr_02.pdf" TargetMode="External"/><Relationship Id="rId340" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1391/pelo_001_25.pdf" TargetMode="External"/><Relationship Id="rId341" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1209/resolucao_n_01_2025.pdf" TargetMode="External"/><Relationship Id="rId342" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1173/mocao_n001_2025.pdf" TargetMode="External"/><Relationship Id="rId343" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1174/mocao_n002_2025.pdf" TargetMode="External"/><Relationship Id="rId344" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1175/mocao_n003_2025.pdf" TargetMode="External"/><Relationship Id="rId345" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1176/mocao_n004_2025.pdf" TargetMode="External"/><Relationship Id="rId346" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1177/mocao_n005_2025.pdf" TargetMode="External"/><Relationship Id="rId347" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1178/mocao_n006_2025.pdf" TargetMode="External"/><Relationship Id="rId348" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1179/mocao_n_007_25.pdf" TargetMode="External"/><Relationship Id="rId349" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1180/mocao_n_008_25.pdf" TargetMode="External"/><Relationship Id="rId350" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId351" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId352" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1183/mocao_n_011_2025.pdf" TargetMode="External"/><Relationship Id="rId353" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1198/mocao_n_012_2025.pdf" TargetMode="External"/><Relationship Id="rId354" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1199/mocao_n_013_2025.pdf" TargetMode="External"/><Relationship Id="rId355" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1200/mocao_n_014_2025.pdf" TargetMode="External"/><Relationship Id="rId356" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1201/mocao_n_015_2025.pdf" TargetMode="External"/><Relationship Id="rId357" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1226/mocao_n_016_2025.pdf" TargetMode="External"/><Relationship Id="rId358" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1225/mocao_n_017_2025.pdf" TargetMode="External"/><Relationship Id="rId359" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1222/mocao_n_018_2025.pdf" TargetMode="External"/><Relationship Id="rId360" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1260/mocao_n_019_2025.pdf" TargetMode="External"/><Relationship Id="rId361" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1258/mocao_n_021_2025.pdf" TargetMode="External"/><Relationship Id="rId362" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1238/mocao_n_022_2025.pdf" TargetMode="External"/><Relationship Id="rId363" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1237/mocao_n_023_2025.pdf" TargetMode="External"/><Relationship Id="rId364" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1278/mocao_n_024_2025.pdf" TargetMode="External"/><Relationship Id="rId365" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1279/mocao_n_025_2025.pdf" TargetMode="External"/><Relationship Id="rId366" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId367" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId368" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1301/mocao_n_028_25.pdf" TargetMode="External"/><Relationship Id="rId369" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1302/mocao_n_029_25.pdf" TargetMode="External"/><Relationship Id="rId370" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1303/mocao_n_030_25.pdf" TargetMode="External"/><Relationship Id="rId371" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1316/mocao_n_03_125.pdf" TargetMode="External"/><Relationship Id="rId372" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1317/mocao_n_032_25.pdf" TargetMode="External"/><Relationship Id="rId373" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1318/mocao_n_033_25.pdf" TargetMode="External"/><Relationship Id="rId374" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1321/mocao_n_034_25.pdf" TargetMode="External"/><Relationship Id="rId375" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1322/mocao_n_035_25.pdf" TargetMode="External"/><Relationship Id="rId376" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1344/mocao_n_031_25.pdf" TargetMode="External"/><Relationship Id="rId377" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1356/mocao_n_037_25.pdf" TargetMode="External"/><Relationship Id="rId378" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId379" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1358/mocao_n_039_25.pdf" TargetMode="External"/><Relationship Id="rId380" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1359/mocao_n_040_25.pdf" TargetMode="External"/><Relationship Id="rId381" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1378/mocao_n_041_25.pdf" TargetMode="External"/><Relationship Id="rId382" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1379/mocao_n_042_25.pdf" TargetMode="External"/><Relationship Id="rId383" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1380/mocao_n_043_25.pdf" TargetMode="External"/><Relationship Id="rId384" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1381/mocao_n_044_25.pdf" TargetMode="External"/><Relationship Id="rId385" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1382/mocao_n_045_25.pdf" TargetMode="External"/><Relationship Id="rId386" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1383/mocao_n_046_25.pdf" TargetMode="External"/><Relationship Id="rId387" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1411/mocao_n_047_2025.pdf" TargetMode="External"/><Relationship Id="rId388" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1412/mocao_n_048_25.pdf" TargetMode="External"/><Relationship Id="rId389" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1413/mocao_n_049_25.pdf" TargetMode="External"/><Relationship Id="rId390" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1414/mocao_n_050_25.pdf" TargetMode="External"/><Relationship Id="rId391" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1415/mocao_n_051_2025.pdf" TargetMode="External"/><Relationship Id="rId392" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1416/mocao_n_052_2025.pdf" TargetMode="External"/><Relationship Id="rId393" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1417/mocao_n_053_25.pdf" TargetMode="External"/><Relationship Id="rId394" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1418/mocao_n_054_25.pdf" TargetMode="External"/><Relationship Id="rId395" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId396" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1431/mocao_n_056_25.pdf" TargetMode="External"/><Relationship Id="rId397" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1432/mocao_n_057_25.pdf" TargetMode="External"/><Relationship Id="rId398" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1433/mocao_n_058_25.pdf" TargetMode="External"/><Relationship Id="rId399" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1434/mocao_n_059_25.pdf" TargetMode="External"/><Relationship Id="rId400" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1435/mocao_n_060_25.pdf" TargetMode="External"/><Relationship Id="rId401" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1449/mocao_n_061_25.pdf" TargetMode="External"/><Relationship Id="rId402" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1450/mocao_n_062_25.pdf" TargetMode="External"/><Relationship Id="rId403" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1451/mocao_n_063_25.pdf" TargetMode="External"/><Relationship Id="rId404" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1452/mocao_n_064_25.pdf" TargetMode="External"/><Relationship Id="rId405" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/" TargetMode="External"/><Relationship Id="rId406" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1463/mocao_n_069_25.pdf" TargetMode="External"/><Relationship Id="rId407" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1464/mocao_n_070_25.pdf" TargetMode="External"/><Relationship Id="rId408" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1507/mocao_n_071_25.pdf" TargetMode="External"/><Relationship Id="rId409" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1508/mocao_n_072_25.pdf" TargetMode="External"/><Relationship Id="rId410" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1509/mocao_n_073_25.pdf" TargetMode="External"/><Relationship Id="rId411" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1510/mocao_n_074_25.pdf" TargetMode="External"/><Relationship Id="rId412" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1511/mocao_n_075_25.pdf" TargetMode="External"/><Relationship Id="rId413" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/hyperlink" Target="http://sapl.bomretiro.sc.leg.br/media/sapl/public/materialegislativa/2025/1213/projeto_de_decreto_legislativo_n_001_25.pdf" TargetMode="External"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <dimension ref="A1:H414"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="2" width="5" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="8.28515625" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="29.5703125" bestFit="1" customWidth="1"/>
     <col min="5" max="5" width="36" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="68.42578125" bestFit="1" customWidth="1"/>
-    <col min="7" max="7" width="114.5703125" bestFit="1" customWidth="1"/>
+    <col min="7" max="7" width="113.7109375" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="255.7109375" bestFit="1" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:8">
       <c r="A1" t="s">
         <v>0</v>
       </c>
       <c r="B1" t="s">
         <v>1</v>
       </c>
       <c r="C1" t="s">
         <v>2</v>
       </c>
       <c r="D1" t="s">
         <v>3</v>
       </c>
       <c r="E1" t="s">
         <v>4</v>
       </c>
       <c r="F1" t="s">
         <v>5</v>
       </c>
       <c r="G1" t="s">
         <v>6</v>
       </c>